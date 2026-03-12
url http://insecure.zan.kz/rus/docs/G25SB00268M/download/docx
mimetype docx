--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="812240b" w14:textId="812240b">
+    <w:p w14:paraId="e546124" w14:textId="e546124">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1288,62 +1288,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7772"/>
-        <w:gridCol w:w="4228"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7772" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1361,51 +1362,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Аккайынского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4228" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1805,13652 +1806,12373 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Приложение 1 в редакции решения маслихата Аккайынского района Северо-Казахстанской области от 17.10.2025 № 28-15 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1106"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3281"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16585</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8797</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8797</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2659</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы, услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгрцуппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130469,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40437,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 895</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2738</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -10631,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10631,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15479,178 +14201,182 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15660,532 +14386,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10631,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10631,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1502" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4197" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3281" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16551,66 +15235,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Лесного сельского округа Аккайынского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2519"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16639,359 +15324,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72765</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17001,1917 +15665,1777 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14743</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12796</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18921,573 +17445,531 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19497,189 +17979,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19689,7730 +18157,6974 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпрограмма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72765</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27441,164 +25153,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27608,532 +25320,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28499,66 +26169,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Лесного сельского округа Аккайынского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2519"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28587,359 +26258,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28949,1917 +26599,1777 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12698</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30869,573 +28379,531 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31445,189 +28913,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31637,7730 +29091,6974 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпрограмма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39389,164 +36087,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39556,532 +36254,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>