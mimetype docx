--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a98230c" w14:textId="a98230c">
+    <w:p w14:paraId="28f28e3" w14:textId="28f28e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -370,180 +370,180 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 167 020,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 172 453,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 26 223,0 тысяч тенге;</w:t>
+      налоговые поступления – 27 360,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 45,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 140 752,0 тысяч тенге;</w:t>
+      поступления трансфертов – 145 093,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 176 751,0 тысяч тенге;</w:t>
+      2) затраты – 182 234,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,69 +625,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -9 731,0 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -9 781,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 9 731,0 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 9 781,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление займов - 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 9 731,0 тысяч тенге;</w:t>
+      используемые остатки бюджетных средств – 9 781,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-147/VIII</w:t>
+        <w:t>№ 29-201/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,214 +1061,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бахтинского сельского округа района Мақаншы на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-147/VIII</w:t>
+        <w:t>№ 29-201/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1278,116 +1280,117 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1397,147 +1400,149 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1547,3054 +1552,3286 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-167 020,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+172 453,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-26 223,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 360,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17 342,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17 342,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8 786,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 503,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-176,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 251,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7 484,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 687,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-875,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+441,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренные налоги на товары,работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Постуления и использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-140 752,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145 093,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145 093,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -5638,51 +5875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 751,0</w:t>
+182 234,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5847,51 +6084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6056,51 +6293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6265,51 +6502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6474,51 +6711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7560,219 +7797,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-138 443,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7801,187 +8038,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-138 443,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8146,51 +8383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138 443,0</w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8283,332 +8520,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-057</w:t>
-[...71 lines deleted...]
-138 443,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...167 lines deleted...]
-0,0</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8637,187 +8874,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-0,0</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8982,51 +9219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9119,332 +9356,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-042</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...167 lines deleted...]
-50,0</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9573,87 +9810,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты</w:t>
-[...35 lines deleted...]
-50,0</w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9818,51 +10055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9955,328 +10192,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-50,0</w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10296,192 +10537,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10501,196 +10746,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10742,164 +10987,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10983,96 +11228,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11233,51 +11474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11333,156 +11574,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11570,124 +11815,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Поступления от продажи финансовых активов государства </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11807,128 +12056,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--9 731,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12053,87 +12306,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-9 731,0</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12258,51 +12511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления займов</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12358,160 +12611,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления от продажи финансовых активов государства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12599,164 +12848,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит ( профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12840,305 +13085,297 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Погашение займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13203,151 +13440,151 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...99 lines deleted...]
-Погашение займов</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13444,119 +13681,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...67 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13685,87 +13922,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-054</w:t>
-[...35 lines deleted...]
-Возврат, использованных не по целевому назначению кредитов, выданных из районного (города областного значения) бюджета</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13789,192 +14026,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Возврат неиспользованных бюджетных кредитов, выданных из районного (города областного значения) бюджета</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14030,160 +14267,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14239,196 +14476,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14480,164 +14717,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-9 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат, использованных не по целевому назначению кредитов, выданных из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14730,50 +14967,886 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных бюджетных кредитов, выданных из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14802,51 +15875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 731,0</w:t>
+9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -38422,55 +39495,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38796,31 +39869,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>