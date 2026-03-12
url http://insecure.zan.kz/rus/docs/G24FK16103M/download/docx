--- v0 (2025-11-11)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fea6cbc" w14:textId="fea6cbc">
+    <w:p w14:paraId="80319d2" w14:textId="80319d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -370,108 +370,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 173 295,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 178 458,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 772,0 тысяч тенге;</w:t>
+      налоговые поступления – 7 072,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 166 523,0 тысяч тенге;</w:t>
+      поступления трансфертов – 171 386,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 175 306,0 тысяч тенге;</w:t>
+      2) затраты – 180 469,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-150/VIII</w:t>
+        <w:t>№ 29-204/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,216 +1061,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Келдимуратовского сельского округа района Мақаншы на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 30.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Мақаншы области Абай от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-150/VIII</w:t>
+        <w:t>№ 29-204/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1280,117 +1278,116 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1400,149 +1397,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1552,3823 +1547,3585 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-173 295,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178 458,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 772,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-5 440,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-416,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2 632,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 369,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2 312,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+953,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-166 523,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 386,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 386,3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -6412,51 +6169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 306,0</w:t>
+180 469,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6621,51 +6378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6830,51 +6587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7039,51 +6796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7248,51 +7005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7457,51 +7214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7666,51 +7423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7875,51 +7632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8084,51 +7841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 913,0</w:t>
+1 413,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8293,260 +8050,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-688,0</w:t>
+320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-149 765,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8575,187 +8332,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-149 765,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8920,51 +8677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 765,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9057,50 +8814,886 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9129,51 +9722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 765,0</w:t>
+149 343,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43393,55 +43986,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>