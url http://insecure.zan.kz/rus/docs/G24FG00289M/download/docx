--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="abecd6b" w14:textId="abecd6b">
+    <w:p w14:paraId="b9421b3" w14:textId="b9421b3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -347,51 +343,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 56989 тысяч тенге, в том числе:</w:t>
+      1) доходы – 61639,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 12196 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +415,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 44793 тысяч тенге;</w:t>
+      поступления трансфертов – 49443,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 56989 тысяч тенге; </w:t>
+      2) затраты – 63568,8 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -491,174 +487,377 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0 тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 1929 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета –  0 тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1929 тысяч тенге, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      используемые остатки бюджетных средств – 1929 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Предусмотреть объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Зубаирского сельского округа на 2025 год в сумме 16367 тысяч тенге.</w:t>
+      2. Предусмотреть в бюджете Зубаирского сельского округа на 2025 год объем целевых текущих трансфертов из областного бюджета в сумме 6246,8 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Зубаирского сельского округа на 2025 год объем целевых текущих трансфертов из областного бюджета в сумме 184 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Зубаирского сельского округа на 2025 год объем целевых текущих трансфертов из районного бюджета в сумме 26830 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Зубаирского сельского округа на 2025 год объем целевых текущих трансфертов из районного бюджета в сумме 28242 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -666,51 +865,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -869,185 +1068,229 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 28-9-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зубаирского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Бородулихинского районного маслихата области Абай от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4641"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1063,110 +1306,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1182,147 +1439,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1332,3030 +1610,3267 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-56989</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61639,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10048</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44793</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44793</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44793</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1458"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3458"/>
+        <w:gridCol w:w="3227"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4371,110 +4886,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4490,142 +5019,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4641,179 +5191,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4823,3782 +5401,4885 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-56989</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63568,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26277</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26277</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26277</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26277</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1718</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1718</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1718</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1407</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7469,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28994</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28994</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28994</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28994</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1929</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8724,172 +10405,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зубаирского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8905,110 +10592,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9024,147 +10725,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9174,2838 +10896,3069 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13349</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15675</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15675</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12031,173 +13984,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="842"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="2711"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12213,110 +14172,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12332,142 +14305,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12483,179 +14477,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12665,3752 +14687,4165 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16566,172 +19001,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зубаирского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16747,110 +19188,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16866,147 +19321,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17016,2838 +19492,3069 @@
               <w:t>
 Наименование доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29482</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13925</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1691</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19873,173 +22580,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="842"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="2711"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20055,110 +22768,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20174,142 +22901,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20325,179 +23073,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20507,3752 +23283,4165 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29482</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III.Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>