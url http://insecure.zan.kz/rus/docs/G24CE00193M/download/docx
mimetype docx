--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4f3c19" w14:textId="f4f3c19">
+    <w:p w14:paraId="e43adb2" w14:textId="e43adb2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Кызылжарского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Иргизского районного маслихата Актюбинской области от 26 декабря 2024 года № 193</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -273,51 +280,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Кызылжарского сельского округа на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Кызылжарского сельского округа на 2025-2027годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -351,69 +358,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 148 424,1 тысячи тенге, в том числе:</w:t>
+      1) доходы – 149 726,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8 803,6 тысячи тенге;</w:t>
+      налоговые поступления – 10 106,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 40 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -441,51 +448,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 139 240,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 153 612,1 тысячи тенге;</w:t>
+      2) затраты – 154 914,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,51 +520,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге, в том числе;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,51 +592,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -5 188 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 5 188 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 5188 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -639,89 +646,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 5 188 тысяч тенг.</w:t>
+      используемые остатки бюджетных средств – 5188 тысяч тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 258</w:t>
+        <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1160,86 +1167,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234 тысяч тенге - на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Кызылжарского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56 685,4 тысяч тенге - на благоустройство населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1348,70 +1339,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1660,61 +1651,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кызылжарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 258</w:t>
+        <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2438,51 +2429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148 424,1</w:t>
+149 726,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2615,51 +2606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 803,6</w:t>
+10 106,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3146,51 +3137,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 991,6</w:t>
+5626,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3677,51 +3668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 285,6</w:t>
+4 920,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4031,51 +4022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 005</w:t>
+1 672,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4208,51 +4199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 005</w:t>
+1 672,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5440,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 240,8</w:t>
+139 240.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6404,51 +6395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-153 612,1</w:t>
+154 914,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6613,51 +6604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 675,1</w:t>
+49 122,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6822,51 +6813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 675,1</w:t>
+49 122,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7031,51 +7022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 675,1</w:t>
+49 122,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7240,87 +7231,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальные расходы государственного  органа</w:t>
-[...35 lines deleted...]
-48 630,4</w:t>
+Капитальные расходы государственного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 077,9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7503,51 +7512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 294,6</w:t>
+64 149,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7712,51 +7721,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 294,6</w:t>
+64 149,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7921,51 +7930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 294,6</w:t>
+64149,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8130,51 +8139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5715,2</w:t>
+6350,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8548,51 +8557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 360,4</w:t>
+57 580,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8757,51 +8766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 342</w:t>
+40342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8966,51 +8975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 342</w:t>
+40342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9175,51 +9184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 342</w:t>
+40342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9384,51 +9393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 342</w:t>
+40342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10772,51 +10781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IІІ. Чистое бюджетное кредитование Бюджетные кредиты</w:t>
+IІІ. Чистое бюджетное кредитованиеБюджетные кредиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11103,51 +11112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5 188</w:t>
+-5188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11308,51 +11317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 188</w:t>
+5188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -11594,51 +11603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Под-класс</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12268,51 +12277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 188</w:t>
+5188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12477,51 +12486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 188</w:t>
+5188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12686,51 +12695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 188</w:t>
+5188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>