--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e43adb2" w14:textId="e43adb2">
+    <w:p w14:paraId="689612b" w14:textId="689612b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении бюджета Кызылжарского сельского округа на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Иргизского районного маслихата Актюбинской области от 26 декабря 2024 года № 193</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -265,66 +258,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Кызылжарского сельского округа на 2025-2027годы согласно </w:t>
+      1. Утвердить бюджет Кызылжарского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -343,66 +337,67 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 149 726,7 тысяч тенге, в том числе:</w:t>
+      1) доходы – 149 687,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 10 106,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -430,69 +425,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 339,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 139 240,8 тысяч тенге;</w:t>
+      поступления трансфертов – 139 201,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 154 914,7 тысяч тенге;</w:t>
+      2) затраты – 154 875,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -592,51 +587,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -5 188 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 5188 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 5 188 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -646,135 +641,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 5188 тысяч тенге</w:t>
+      используемые остатки бюджетных средств – 5 188 тысяч тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговые поступления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1091,318 +1086,318 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В соответствии с решением районного маслихата от "25" декабря 2024 года "Об утверждении Иргизского районного бюджета на 2025 – 2027 годы" на 2025 год предусмотрена субвенция, передаваемая из районного бюджета в бюджет Кызылжарского сельского округа в сумме 71 912 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Кызылжарского сельского округа на 2025 год поступление текущих целевых трансфертов из республиканского бюджета через районный бюджет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234 тысяч тенге - на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете Кызылжарского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
+      "5. Учесть в бюджете Кызылжарского сельского округа на 2025 год поступление текущих целевых трансфертов из районного бюджета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56 685,4 тысяч тенге - на благоустройство населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3 323 тысячи тенге- на освещение улиц в населенных пунктах;</w:t>
+      3 323 тысячи тенге - на освещение улиц в населенных пунктах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2 565,4 тысяч тенге – на землеустроительные работы.</w:t>
+      2 526,3 тысяч тенге – на землеустроительные работы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4 521 тысяча тенге – на поддержку культурно-досуговой работы на местном уровне.</w:t>
+      4 521 тысяча тенге – на поддержку культурно-досуговой работы на местном уровне."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных сумм трансфертов определяется на основании решения акима сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции решения Иргизского районного маслихата Актюбинской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции решения Иргизского районного маслихата Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 258</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1651,61 +1646,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кызылжарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 07.11.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Иргизского районного маслихата Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2429,51 +2424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 726,7</w:t>
+149 687,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5077,51 +5072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 240,8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5254,51 +5249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 240,8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5431,51 +5426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139 240.8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6359,87 +6354,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІ. Затраты</w:t>
-[...35 lines deleted...]
-154 914,7</w:t>
+ІІ.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 875,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6604,51 +6599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 122,6</w:t>
+49  083,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6813,51 +6808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 122,6</w:t>
+49 083,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7022,51 +7017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 122,6</w:t>
+49 083,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7285,51 +7280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 077,9</w:t>
+49 038,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8139,51 +8134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6350,2</w:t>
+6 350,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8766,51 +8761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8975,51 +8970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9184,51 +9179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9393,51 +9388,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11076,87 +11071,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--5188</w:t>
+V.Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11317,51 +11312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12277,51 +12272,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12486,51 +12481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12695,51 +12690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29433,55 +29428,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>