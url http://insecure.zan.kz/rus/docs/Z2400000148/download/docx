--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aab53de" w14:textId="aab53de">
+    <w:p w14:paraId="460205c" w14:textId="460205c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9115,51 +9115,166 @@
         <w:t>
       дополнить абзацем пятым следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
     <w:bookmarkStart w:name="z256" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "образовательно-оздоровительных услуг несовершеннолетним;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z257" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац десятый подпункта 5) предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9174,3938 +9289,4507 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> слова "дошкольному воспитанию и обучению и" исключить;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z258" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктами 27-1), 117) и 118) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z258" w:id="236"/>
-[...15 lines deleted...]
-      дополнить подпунктами 27-1), 117) и 118) следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z259" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "27-1) разрабатывает и утверждает совместно с уполномоченным органом по труду правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z259" w:id="237"/>
-[...15 lines deleted...]
-      "27-1) разрабатывает и утверждает совместно с уполномоченным органом по труду правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования;";</w:t>
+    <w:bookmarkStart w:name="z260" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "117) разрабатывает и утверждает нормативные правовые акты в области образования в соответствии с основными целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z260" w:id="238"/>
-[...15 lines deleted...]
-      "117) разрабатывает и утверждает нормативные правовые акты в области образования в соответствии с основными целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z261" w:id="239"/>
-[...15 lines deleted...]
-      118) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.";</w:t>
+    <w:bookmarkStart w:name="z262" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 5-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z262" w:id="240"/>
-[...25 lines deleted...]
-        <w:t>статье 5-3</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части второй цифры "16)," исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z265" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z266" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z267" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в подпункте 6) слова ", за исключением государственных организаций образования, реализующих специализированные общеобразовательные и специальные учебные программы" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z268" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слова "государственных", "в государственных предприятиях на праве хозяйственного ведения" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z269" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z270" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в подпункте 5) слова ", технического и профессионального, послесреднего образования, дополнительного образования детей, а также государственные организации образования, реализующие специализированные общеобразовательные и специальные учебные программы" заменить словами "образования и дополнительные образовательные программы для детей, а также по согласованию с уполномоченным органом в области образования государственные организации образования, реализующие образовательные программы технического и профессионального, послесреднего образования, специализированные общеобразовательные и специальные учебные программы, детско-юношеские спортивные школы";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z271" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить подпунктом 7-6) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z272" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7-6) размещает государственный образовательный заказ на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом предложений региональных палат предпринимателей и заинтересованных организаций;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z273" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подпункт 11) изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z274" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам организаций образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее двух процентов от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ и размещение государственного образовательного заказа на среднее образование;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z275" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 2-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z276" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      часть первую дополнить словами ", за исключением случаев субсидирования государством расходов за проживание в составе государственного заказа на обеспечение студентов, магистрантов и докторантов местами в общежитиях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z277" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части второй слова "уполномоченным органом в области образования,", "на срок, превышающий три года, и вступает в силу после его обязательной регистрации в территориальных подразделениях центрального уполномоченного органа по исполнению бюджета" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z278" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 8-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z279" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слов "типовые учебные программы)" дополнить словами ", в том числе для детей с ограниченными возможностями,";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z280" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z281" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Цены на указанные в части первой настоящей статьи товары (работы, услуги), производимые и реализуемые субъектом государственной монополии в области образования, определяются уполномоченным органом в области образования по согласованию с антимонопольным органом.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z282" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z283" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 слова "уполномоченным органом в области образования и (или)" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z284" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 17 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z285" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Образовательные программы технического и профессионального образования содержатся в реестре образовательных программ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z286" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z287" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Образовательные программы послесреднего образования содержатся в реестре образовательных программ."; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z288" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) часть пятую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 21 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z289" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Образовательные программы высшего образования содержатся в реестре образовательных программ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z290" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 22 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z291" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Образовательные программы послевузовского образования содержатся в реестре образовательных программ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z292" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z293" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 2-2 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z294" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-2. Прием на обучение в дошкольные организации, в том числе лиц (детей) с особыми образовательными потребностями, осуществляется по заявлению родителей или иных законных представителей и определяется типовыми правилами приема в организации образования соответствующего типа.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z295" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 8-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z296" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слова "программы" дополнить словами "технического и профессионального, послесреднего и";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z297" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слов "заявления с" дополнить словами "предоставлением государственного образовательного заказа и (или)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z298" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 28 после слова "области" дополнить словами "науки и высшего";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z299" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z300" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z301" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слова "воспитание" дополнить словами "и обучение";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z302" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слово "осуществляется" заменить словом "осуществляются";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z303" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z304" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слова "Дошкольное" дополнить словами "воспитание и";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z305" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слово "осуществляется" заменить словом "осуществляются";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z306" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) в части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 32 слова "и заочного обучения" заменить словами ", заочного обучения и (или) онлайн-обучения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z307" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) в части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слова "и заочного обучения" заменить словами ", заочного обучения и (или) онлайн-обучения"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z308" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 37-2 дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z309" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22) часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 40 после слов "в области образования" дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z310" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 43-1 слово "образования" заменить словами "науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z311" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24) часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 44 дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z312" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 16)</w:t>
-[...58 lines deleted...]
-        <w:t>статье 6</w:t>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z314" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после слова "Обучающиеся" дополнить словами ", принятые на обучение в соответствии с государственным образовательным заказом,";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z315" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить словами ", уполномоченным органом в области науки и высшего образования"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z316" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-[...26 lines deleted...]
-        <w:t>пункте 2</w:t>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z317" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по всему тексту слова "Правительством Республики Казахстан" заменить словами "уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z318" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части первой:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z319" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слово "поступившие" заменить словом "обучившиеся";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z320" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слова "на обучение" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z321" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части второй слова "поступившие на педагогические и медицинские специальности" заменить словами "обучившиеся по педагогическим и медицинским специальностям";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z322" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части четвертой слова "поступившие на обучение в докторантуру" заменить словами "обучившиеся в докторантуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z323" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в части седьмой:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z324" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слово "поступившие" заменить словом "обучившиеся";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z325" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слова "на обучение" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z326" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      абзацы первый и четвертый части восьмой после слов "послевузовского образования" дополнить словами "или научной организации в области здравоохранения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z327" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-[...86 lines deleted...]
-        <w:t>пункте 3</w:t>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после слова "деятельность" дополнить словами "индивидуальных предпринимателей без образования юридического лица, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения,";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слова "образовательные программы начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования," заменить словами "общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего образования,";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z330" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац первый части четвертой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после слов "в области образования" дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z331" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 57-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац второй предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статья 57-1. Уведомление о начале или прекращении осуществления деятельности в сфере дополнительного образования для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац третий предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Деятельность государственных организаций образования и организаций образования с размещенным государственным образовательным заказом, реализующих образовательные программы дополнительного образования для детей, осуществляется в уведомительном порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац четвертый предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Прием уведомлений о начале или прекращении осуществления деятельности в сфере дополнительного образования для детей осуществляется территориальными подразделениями ведомства уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац пятый предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При приостановлении деятельности государственных организаций образования и организаций образования с размещенным государственным образовательным заказом, реализующих образовательные программы дополнительного образования для детей, организации образования не вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z336" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участвовать в конкурсе на размещение государственного образовательного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z337" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять деятельность до устранения нарушений и возобновления деятельности территориальным подразделением ведомства уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац восьмой предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При неустранении нарушений, выявленных в результате проверки государственными организациями образования и организациями образования с размещенным государственным образовательным заказом, реализующими образовательные программы дополнительного образования для детей, территориальное подразделение ведомства уполномоченного органа в области образования исключает организации образования из государственного электронного реестра разрешений и уведомлений по дополнительному образованию для детей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z339" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28) часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 59 после слов "подразделениями ведомства," дополнить словами "уполномоченным органом в области науки и высшего образования, его ведомством,";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z340" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29) часть третью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 62 дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z341" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 64 дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z342" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 65 дополнить словами ", уполномоченным органом в области науки и высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z343" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнить пунктом 2-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z344" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "2-1. Установить, что </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статья 57-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона до 1 января 2027 года действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z345" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статья 57-1. Уведомление о начале или прекращении осуществления деятельности в сфере дошкольного воспитания и обучения и дополнительного образования для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z346" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Деятельность организации образования, реализующей общеобразовательные учебные программы дошкольного воспитания и обучения, осуществляется в уведомительном порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z347" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Деятельность государственных организаций образования и организаций образования с размещенным государственным образовательным заказом, реализующих образовательные программы дополнительного образования для детей, осуществляется в уведомительном порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z348" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Прием уведомлений о начале или прекращении осуществления деятельности в сфере дошкольного воспитания и обучения и дополнительного образования для детей осуществляется территориальными подразделениями ведомства уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z349" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При приостановлении деятельности организаций образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, государственных организаций образования и организаций образования с размещенным государственным образовательным заказом, реализующих образовательные программы дополнительного образования для детей, организации образования не вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z350" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участвовать в конкурсе на размещение государственного образовательного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z351" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять деятельность до устранения нарушений и возобновления деятельности территориальным подразделением ведомства уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z352" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При неустранении нарушений, выявленных в результате проверки и (или) государственной аттестации, организациями образования, реализующими общеобразовательные учебные программы дошкольного воспитания и обучения, государственными организациями образования и организациями образования с размещенным государственным образовательным заказом, реализующими образовательные программы дополнительного образования для детей, территориальное подразделение ведомства уполномоченного органа в области образования исключает организации образования из государственного электронного реестра разрешений и уведомлений по дошкольному воспитанию и обучению и дополнительному образованию для детей.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z353" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z354" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-[...306 lines deleted...]
-        <w:t>статью 11</w:t>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z355" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 3:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z356" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      графу 3 дополнить пунктом 10 следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z357" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Предоставление дошкольного воспитания и обучения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z358" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      графу 4 дополнить словами "Неотчуждаемая; класс 1";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z359" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 88 слова "88. Лицензия на оказание услуг" заменить словами "87-1. Лицензия на оказание услуг";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z360" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-[...26 lines deleted...]
-        <w:t>пунктах 8</w:t>
+    <w:bookmarkStart w:name="z362" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 12-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z363" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12-1. Уведомление о начале или прекращении деятельности в сфере дополнительного образования для детей".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z364" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 декабря 2019 года "О статусе педагога": </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z365" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) дополнить статьей 3-1 следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z366" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статья 3-1. Основные цели, принципы и задачи настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z367" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основными целями настоящего Закона являются достижение и поддержание особых условий педагогов, закрепление их статуса, а также повышение правового положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z368" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящий Закон основывается на принципах гуманизма, справедливости, свободного развития профессиональных качеств педагогов, равенства прав педагогов на занятие профессиональной деятельностью, защиты их прав и законных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z369" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий Закон направлен на выполнение следующих основных задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z370" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение социальных гарантий педагогам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z371" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) установление ограничения на осуществление педагогами несвойственных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z372" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершенствование педагогами своих знаний на основе новейших достижений науки, техники и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z373" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) соблюдение педагогами положений педагогической этики.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z374" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z375" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Порядок педагогической переподготовки определяется уполномоченным органом в области науки и высшего образования.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзаца шестого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 8 статьи 1, который вводится в действие с 31 декабря 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 32)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 7, абзацев третьего и четвертого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 8 статьи 1, которые вводятся в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзацев второго, третьего, четвертого, пятого и шестого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктов 10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-1</w:t>
-[...759 lines deleted...]
-        <w:t>пункты 1</w:t>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, абзаца второго </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктов 14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1817 lines deleted...]
-      2) установление ограничения на осуществление педагогами несвойственных функций;</w:t>
+        <w:t>22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1, абзацев третьего и четвертого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, абзаца второго </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 5 статьи 1, которые вводятся в действие с 1 июля 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z372" w:id="346"/>
-[...15 lines deleted...]
-      3) совершенствование педагогами своих знаний на основе новейших достижений науки, техники и культуры;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзацев пятого, шестого и десятого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, абзацев второго и третьего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 26)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 27)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 7, абзацев второго, третьего, четвертого и пятого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, абзаца второго </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 8 статьи 1, которые вводятся в действие с 1 января 2027 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z373" w:id="347"/>
-[...521 lines deleted...]
-    <w:bookmarkEnd w:id="352"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>