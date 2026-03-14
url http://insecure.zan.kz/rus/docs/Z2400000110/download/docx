--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df94034" w14:textId="df94034">
+    <w:p w14:paraId="4292a00" w14:textId="4292a00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2755,1583 +2755,1677 @@
         <w:t>
       1) разработка и заключение международных договоров Республики Казахстан в сфере противодействия торговле людьми, в том числе по вопросам защиты и реабилитации жертв торговли людьми;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z131" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) взаимодействие с компетентными органами иностранных государств, в том числе через представителей Министерства внутренних дел Республики Казахстан, находящихся за пределами Республики Казахстан, в целях предупреждения, выявления, пресечения, раскрытия и расследования преступлений, связанных с торговлей людьми, а также защиты прав потерпевших;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z132" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совместное создание и развитие информационных систем и средств оперативного оповещения, реагирования и контроля, направленных на повышение эффективности противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обмен опытом, повышение квалификации сотрудников.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z133" w:id="117"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="118"/>
+    <w:bookmarkStart w:name="z134" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Оказание международной правовой помощи по уголовным делам о преступлениях, связанных с торговлей людьми, осуществляется в соответствии с международными договорами, участницей которых является Республика Казахстан, а в случае их отсутствия – на основе принципа взаимности в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уголовно-процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z135" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ПРЕДУПРЕЖДЕНИЕ, ВЫЯВЛЕНИЕ, ПРЕСЕЧЕНИЕ, РАСКРЫТИЕ И РАССЛЕДОВАНИЕ ПРЕСТУПЛЕНИЙ, СВЯЗАННЫХ С ТОРГОВЛЕЙ ЛЮДЬМИ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z135" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Меры по предупреждению торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Меры по предупреждению торговли людьми включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организационные меры – разработка, утверждение и реализация нормативных правовых актов Республики Казахстан, подготовка и распространение информационных материалов, проведение на системной основе мероприятий по профилактике торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) правовые меры – повышение правовой грамотности населения в противодействии торговле людьми, правовая защита потенциальных жертв торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исследовательские меры – поисковые, комплексные, аналитические работы, анализ правоприменительной практики, научные исследования, связанные с изучением проблемы торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z141" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информационные меры – просветительская деятельность по повышению осведомленности граждан Республики Казахстан, кандасов, иностранцев и лиц без гражданства о правах жертв торговли людьми, мерах их защиты и помощи, требованиях законодательства Республики Казахстан, а также противодействии торговле людьми, в том числе несовершеннолетними, их эксплуатации, нетерпимости к проституции и порнографии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) социально-экономические меры – подготовка и реализация социальных проектов, направленных на предупреждение торговли людьми, устранение и сокращение причин и условий, способствующих торговле людьми, а также оказание мер социальной поддержки в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z143" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иные меры, направленные на выявление и устранение причин и условий, способствующих торговле людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Оценка рисков в сфере противодействия торговле людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оценка рисков в сфере противодействия торговле людьми осуществляется уполномоченными государственными органами в целях определения угроз и возможностей решения проблемы торговли людьми, выявления недостатков реализации мер по противодействию торговле людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила проведения оценки рисков в сфере противодействия торговле людьми утверждаются совместным нормативным правовым актом уполномоченных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Результаты оценки рисков в сфере противодействия торговле людьми и выработанные рекомендации, направленные на совершенствование деятельности по выявлению и устранению причин и условий, способствующих возникновению торговли людьми, рассматриваются на заседании межведомственной комиссии по противодействию торговле людьми и доводятся до субъектов противодействия торговле людьми, а также учитываются при разработке плана мероприятий, стратегических, программных и иных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Выявление, пресечение, раскрытие и расследование преступлений, связанных с торговлей людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях выявления и пресечения преступлений, связанных с торговлей людьми, на постоянной основе осуществляются профилактические, оперативно-розыскные и иные мероприятия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z150" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В рамках выявления, пресечения преступлений, связанных с торговлей людьми, осуществляются идентификация жертв торговли людьми и перенаправление для оказания им помощи и предоставления специальных социальных услуг в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z151" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Раскрытие и досудебное расследование преступлений, связанных с торговлей людьми, осуществляются в соответствии с уголовно-процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z152" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. ПРЕДУПРЕЖДЕНИЕ, ВЫЯВЛЕНИЕ, ПРЕСЕЧЕНИЕ, РАСКРЫТИЕ И РАССЛЕДОВАНИЕ ПРЕСТУПЛЕНИЙ, СВЯЗАННЫХ С ТОРГОВЛЕЙ ЛЮДЬМИ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
+        <w:t xml:space="preserve"> Глава 4. ЗАЩИТА ПРАВ ЖЕРТВ ТОРГОВЛИ ЛЮДЬМИ И ОКАЗАНИЕ ИМ ПОМОЩИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 13. Меры по предупреждению торговли людьми</w:t>
-[...141 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
+        <w:t>Статья 16. Идентификация и статус жертвы торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Идентификация потенциальной жертвы торговли людьми осуществляется для присвоения статуса жертвы торговли людьми, оказания необходимой защиты и помощи, а также предотвращения риска повторного вовлечения в торговлю людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z155" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Идентификация жертвы торговли людьми проводится органами внутренних дел совместно с местным исполнительным органом районов, городов областного, республиканского значения, столицы, определяющим направление в сфере социальной защиты и занятости населения, субъектом, предоставляющим специальные социальные услуги жертвам торговли людьми, некоммерческой организацией в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z156" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Присвоение статуса жертвы торговли людьми осуществляется по результатам идентификации жертвы торговли людьми в соответствии с порядком, установленным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Оценка рисков в сфере противодействия торговле людьми</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
+        <w:t>Статья 17. Права и обязанности лица, идентифицированного в качестве жертвы торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Потенциальная жертва торговли людьми имеет право обратиться за прохождением идентификации в качестве жертвы торговли людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лицо, идентифицированное в качестве жертвы торговли людьми, имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z160" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать информацию о правах и обязанностях, защите и помощи, оказываемой субъектами противодействия торговле людьми и субъектами, предоставляющими специальные социальные услуги жертвам торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z161" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на соблюдение конфиденциальности персональных данных и их защиту в соответствии с Законом Республики Казахстан "О персональных данных и их защите";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z162" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обращаться за получением специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z163" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в качестве лица (семьи), нуждающегося (нуждающейся) в специальных социальных услугах, обращаться за социальной помощью, предоставляемой по решениям местных представительных органов, в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z164" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) получать гарантированный объем бесплатной медицинской помощи согласно перечню медицинских услуг, определяемому уполномоченным органом в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z165" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) получать гарантированную государством юридическую помощь в виде правового консультирования, а также принимать комплексную социальную юридическую помощь в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z166" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на государственную защиту при признании органом, обеспечивающим безопасность защищаемых лиц, лицом, подлежащим государственной защите в ходе уголовного процесса, в порядке, предусмотренном Законом Республики Казахстан "О государственной защите лиц, участвующих в уголовном процессе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z167" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на участие педагога и (или) психолога при допросе несовершеннолетнего лица в качестве свидетеля или потерпевшего в рамках досудебного расследования и рассмотрения уголовного дела в суде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z168" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) получать компенсацию в соответствии с законодательством Республики Казахстан о Фонде компенсации потерпевшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z169" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) получать содействие в организации доступа к представительствам и консульствам страны происхождения (страны гражданства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z170" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) на временное проживание на территории Республики Казахстан для получения иностранцем или лицом без гражданства, выявленным и идентифицированным в качестве жертвы торговли людьми на территории Республики Казахстан, гарантированного объема специальных социальных услуг в соответствии с законодательством Республики Казахстан о социальной защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z171" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) на принятие решения об обращении в правоохранительные органы и о сотрудничестве с ними в течение периода предоставления ему специальных социальных услуг в соответствии с законодательством Республики Казахстан о социальной защите, но не менее тридцати календарных дней, как иммигранта, выявленного и идентифицированного в качестве жертвы торговли людьми на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обращаться в органы внутренних дел для получения визы на выезд из Республики Казахстан в страну гражданства иностранца или постоянного проживания лица без гражданства в соответствии с законодательством Республики Казахстан в области миграции населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) на осуществление трудовой деятельности без разрешения местных исполнительных органов на привлечение иностранной рабочей силы до завершения производства по конкретному уголовному делу, связанному с торговлей людьми, в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z174" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) в качестве лица, ищущего убежище, обращаться за присвоением статуса беженца либо лица без гражданства в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z175" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обжаловать административный акт, административное действие (бездействие), связанное с принятием административного акта, в порядке, установленном законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z176" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществлять иные права, предусмотренные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицо, идентифицированное в качестве жертвы торговли людьми, обязано:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан о противодействии торговле людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при взаимодействии с субъектами противодействия торговле людьми для защиты и получения помощи предоставлять полную и достоверную информацию о себе с учетом психологического состояния и состояния здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 15. Выявление, пресечение, раскрытие и расследование преступлений, связанных с торговлей людьми</w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="133"/>
+        <w:t>Статья 18. Перенаправление жертв торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Перенаправление жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг определяет систему сотрудничества, в рамках которой субъекты противодействия торговле людьми в пределах своей компетенции участвуют в выявлении, перенаправлении, защите и оказании помощи жертвам торговли людьми, в том числе потенциальным, для обеспечения всесторонней и доступной системы поддержки жертвам торговли людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z182" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок перенаправления жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг утверждается совместным нормативным правовым актом уполномоченных государственных органов по согласованию с иными государственными органами в сфере противодействия торговле людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Возвращение граждан Республики Казахстан, в том числе несовершеннолетних, беженцев, признанных Республикой Казахстан, и лиц без гражданства, постоянно проживающих в Республике Казахстан, ставших жертвами торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Загранучреждения Республики Казахстан сотрудничают с Министерством внутренних дел Республики Казахстан и иными субъектами противодействия торговле людьми в целях выдачи в кратчайшие сроки свидетельства на возвращение в Республику Казахстан и обеспечения возвращения граждан Республики Казахстан, в том числе несовершеннолетних, беженцев, признанных Республикой Казахстан, и лиц без гражданства, постоянно проживающих в Республике Казахстан, ставших жертвами торговли людьми, в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Возвращение иностранцев и лиц без гражданства, идентифицированных в качестве жертв торговли людьми на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Возвращение иностранцев и лиц без гражданства, идентифицированных в качестве жертв торговли людьми на территории Республики Казахстан, осуществляется в страну происхождения (в страну гражданства) добровольно после завершения предоставления специальных социальных услуг и (или) производства по уголовному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z187" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Иностранцам и лицам без гражданства, признанным потерпевшими от преступлений, связанных с торговлей людьми, оказывается содействие в возвращении в страну происхождения (страну гражданства) в рамках специальных социальных услуг в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z188" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При наличии опасения, что возвращение жертв торговли людьми ставит под угрозу их безопасность, они с их согласия не подлежат возвращению и выдворению из Республики Казахстан и могут обратиться за получением статуса беженца либо лица без гражданства в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z189" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. ЗАЩИТА ПРАВ ЖЕРТВ ТОРГОВЛИ ЛЮДЬМИ И ОКАЗАНИЕ ИМ ПОМОЩИ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="133"/>
+        <w:t xml:space="preserve"> Глава 5. ЗАЩИТА ПРАВ НЕСОВЕРШЕННОЛЕТНИХ ЖЕРТВ ТОРГОВЛИ ЛЮДЬМИ И ОКАЗАНИЕ ИМ ПОМОЩИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16. Идентификация и статус жертвы торговли людьми</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+        <w:t>Статья 21. Защита прав несовершеннолетних жертв торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Защита прав несовершеннолетних жертв торговли людьми и оказание им помощи обеспечиваются с учетом их законных интересов и мнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z192" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если возраст жертвы торговли людьми точно не определен и есть основания полагать, что жертва является несовершеннолетним лицом, то действует презумпция, согласно которой это лицо считается несовершеннолетним и подлежит соответствующему обращению до выяснения его возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z193" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Если жертвой торговли людьми является несовершеннолетнее лицо, находящееся без сопровождения, то осуществляются действия в соответствии с брачно-семейным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Права и обязанности лица, идентифицированного в качестве жертвы торговли людьми</w:t>
-[...704 lines deleted...]
-      3. Если жертвой торговли людьми является несовершеннолетнее лицо, находящееся без сопровождения, то осуществляются действия в соответствии с брачно-семейным законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 22. Предупреждение торговли несовершеннолетними</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты противодействия торговле людьми принимают меры по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...32 lines deleted...]
-      Субъекты противодействия торговле людьми принимают меры по:</w:t>
+    <w:bookmarkStart w:name="z196" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профилактической работе с несовершеннолетними и их законными представителями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z196" w:id="170"/>
-[...15 lines deleted...]
-      профилактической работе с несовершеннолетними и их законными представителями;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышению уровня осведомленности о противодействии торговле людьми среди лиц, работающих с несовершеннолетними в области образования, воспитания и развития, организациях отдыха и оздоровления, физической культуры и спорта, медицинского обеспечения, предоставления специальных социальных услуг, культуры и искусства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z197" w:id="171"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z198" w:id="172"/>
+    <w:bookmarkStart w:name="z198" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       разработке и внедрению в организации образования программ по противодействию торговле людьми; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z199" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освещению в информационной сфере вопросов предупреждения торговли людьми или преступлений, связанных с торговлей людьми, а также устранению причин и условий, способствующих торговле несовершеннолетними.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z199" w:id="173"/>
-[...15 lines deleted...]
-      освещению в информационной сфере вопросов предупреждения торговли людьми или преступлений, связанных с торговлей людьми, а также устранению причин и условий, способствующих торговле несовершеннолетними.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Возвращение или определение несовершеннолетней жертвы торговли людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае выявления в Республике Казахстан несовершеннолетней жертвы торговли людьми, являющейся иностранцем или лицом без гражданства, органы опеки и попечительства по месту нахождения ребенка содействуют в получении сведений о наличии и месте проживания родителей (родителя) либо иных законных представителей, при необходимости определяют ребенка в организации, осуществляющие функции по защите прав ребенка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z202" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При решении вопроса о возвращении в страну происхождения (в страну гражданства) или об оставлении несовершеннолетнего в Республике Казахстан решение принимается только с согласия несовершеннолетнего, достигшего возраста десяти лет, данного им в присутствии родителей (родителя) либо иных законных представителей или представителя органа, осуществляющего функции по опеке или попечительству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z203" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Несовершеннолетняя жертва торговли людьми подлежит возвращению в страну происхождения (в страну гражданства) при условии, что родители (родитель) либо иные законные представители или компетентные органы страны происхождения (страны гражданства) несовершеннолетнего согласились взять на себя ответственность за него и предоставить ему надлежащую помощь и защиту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z204" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если такое возвращение ставит под угрозу ее безопасность и не соответствует ее интересам, несовершеннолетняя жертва торговли людьми подлежит определению в организацию, осуществляющую функции по защите прав ребенка, в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z205" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...80 lines deleted...]
-      3. В случае, если такое возвращение ставит под угрозу ее безопасность и не соответствует ее интересам, несовершеннолетняя жертва торговли людьми подлежит определению в организацию, осуществляющую функции по защите прав ребенка, в порядке, установленном законодательством Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z205" w:id="178"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о противодействии торговле людьми</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о противодействии торговле людьми влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о противодействии торговле людьми</w:t>
-[...18 lines deleted...]
-      Нарушение законодательства Республики Казахстан о противодействии торговле людьми влечет ответственность, установленную законами Республики Казахстан.</w:t>
+        <w:t>Статья 25. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>