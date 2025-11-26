--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44fde71" w14:textId="44fde71">
+    <w:p w14:paraId="67ec392" w14:textId="67ec392">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -351,170 +351,700 @@
         <w:t>
       3) необеспеченный цифровой актив – цифровой актив, не соответствующий требованиям, предъявляемым к обеспеченному цифровому активу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) цифровой актив – имущество, созданное в электронно-цифровой форме с присвоением цифрового кода, в том числе с применением средств криптографии и компьютерных вычислений, не являющееся расчетной денежной единицей и (или) законным платежным средством, зарегистрированное и обеспеченное неизменностью информации на основе технологии распределенной платформы данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктом 4-1) в соответствии с Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 5) предусматривается в редакции Закона РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) биржа цифровых активов – цифровая платформа, осуществляющая организационное и техническое обеспечение торгов, выпуска, обращения и хранения цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) уполномоченный орган в сфере цифровых активов (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере цифровых активов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктом 6-1) в соответствии с Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) цифровой майнер – индивидуальный предприниматель или юридическое лицо Республики Казахстан, осуществляющие деятельность по цифровому майнингу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8) предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) цифровой майнинг – процесс проведения вычислительных операций с использованием компьютерных мощностей согласно заданным алгоритмам шифрования и обработки данных, обеспечивающий подтверждение целостности блоков данных посредством блокчейна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) центр обработки данных цифрового майнинга – объект информационно-коммуникационной инфраструктуры, состоящий из аппаратно-программного комплекса для цифрового майнинга и производственного здания, расположенного вне территории жилой зоны, использующий электрическую энергию в соответствии с Законом Республики Казахстан "Об электроэнергетике";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 10) предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) цифровой майнинговый пул – юридическое лицо, аккредитованное в соответствии с законодательством Республики Казахстан о цифровых активах, предоставляющее услугу объединения мощностей аппаратно-программного комплекса для цифрового майнинга цифровых майнеров, осуществляющее распределение между цифровыми майнерами цифровых активов, полученных в результате их совместной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -550,1976 +1080,2152 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2. Законодательство Республики Казахстан о цифровых активах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан о цифровых активах основывается на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, Конституционном законе Республики Казахстан "О Международном финансовом центре "Астана", состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Цель и принципы государственного регулирования общественных отношений в сфере цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целью государственного регулирования в сфере цифровых активов является развитие деятельности по выпуску и обороту цифровых активов, цифровому майнингу в Республике Казахстан для экономического развития и конкурентоспособности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное регулирование в сфере цифровых активов основывается на следующих принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдения прав, свобод и законных интересов физических лиц, а также прав и законных интересов юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) равенства прав физических и юридических лиц на участие в деятельности в сфере цифровых активов и использование ее результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) свободы поиска, формирования и передачи любых электронных информационных ресурсов, доступ к которым не ограничен в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечения безопасности личности, общества и государства при использовании, выпуске цифровых активов и цифровом майнинге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) создания условий для развития сферы выпуска, использования цифровых активов, цифрового майнинга, а также добросовестной конкуренции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Цель и принципы государственного регулирования общественных отношений в сфере цифровых активов</w:t>
-[...98 lines deleted...]
-      3) равенства прав физических и юридических лиц на участие в деятельности в сфере цифровых активов и использование ее результатов;</w:t>
+        <w:t>Статья 4. Компетенция уполномоченных государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      4) свободы поиска, формирования и передачи любых электронных информационных ресурсов, доступ к которым не ограничен в соответствии с законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию государственной политики в сфере цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      5) обеспечения безопасности личности, общества и государства при использовании, выпуске цифровых активов и цифровом майнинге;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет межотраслевую координацию в сфере цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      6) создания условий для развития сферы выпуска, использования цифровых активов, цифрового майнинга, а также добросовестной конкуренции.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдает лицензии на осуществление деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Уполномоченный орган:</w:t>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, утверждает правила представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
-[...15 lines deleted...]
-      1) обеспечивает реализацию государственной политики в сфере цифровых активов;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает правила аккредитации цифровых майнинговых пулов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
-[...15 lines deleted...]
-      2) осуществляет межотраслевую координацию в сфере цифровых активов;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) по согласованию с уполномоченным органом в сфере разрешений и уведомлений утверждает правила лицензирования деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) проводит аккредитацию цифровых майнинговых пулов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждает перечень видов обеспеченных цифровых активов, признаваемых на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет государственный контроль в сфере цифровых активов, а также за соблюдением лицами, осуществляющими выпуск и обращение обеспеченных цифровых активов, законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ведет государственный реестр лиц, осуществляющих деятельность по выпуску обеспеченных цифровых активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ведет реестр аппаратно-программного комплекса для цифрового майнинга;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      8) утверждает перечень видов обеспеченных цифровых активов, признаваемых на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) утверждает правила учета и ведения реестра аппаратно-программного комплекса для цифрового майнинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...129 lines deleted...]
-      10) ведет государственный реестр лиц, осуществляющих деятельность по выпуску обеспеченных цифровых активов;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) утверждает правила оформления решения о выпуске обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...15 lines deleted...]
-      11) ведет реестр аппаратно-программного комплекса для цифрового майнинга;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) выдает разрешения на выпуск и обращение обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      12) утверждает правила учета и ведения реестра аппаратно-программного комплекса для цифрового майнинга;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществляет иные полномочия, предусмотренные настоящим Законом, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      13) утверждает правила оформления решения о выпуске обеспеченных цифровых активов;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный орган, осуществляющий руководство в области электроэнергетики:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      14) выдает разрешения на выпуск и обращение обеспеченных цифровых активов;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет требования к подключению цифровых майнеров к электрическим сетям согласно Закону Республики Казахстан "Об электроэнергетике";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      15) осуществляет иные полномочия, предусмотренные настоящим Законом, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает механизм определения квоты на электрическую энергию для цифровых майнеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      2. Государственный орган, осуществляющий руководство в области электроэнергетики:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z126" w:id="41"/>
+    <w:bookmarkStart w:name="z126" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Национальный Банк Республики Казахстан вводит особый режим регулирования в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 8-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальном Банке Республики Казахстан", в отношении деятельности, связанной с цифровыми активами при их использовании на территории Республики Казахстан в качестве финансового инструмента, финансового актива или при использовании цифровых активов в рамках оказания финансовых (платежных) услуг.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными законами РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 113-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ОБЕСПЕЧЕННЫЕ ЦИФРОВЫЕ АКТИВЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Требования к обеспеченным цифровым активам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обеспеченный цифровой актив должен соответствовать следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверяет право на материальные, интеллектуальные услуги и активы, за исключением денег и ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. ОБЕСПЕЧЕННЫЕ ЦИФРОВЫЕ АКТИВЫ</w:t>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеет решение о выпуске обеспеченного цифрового актива;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Обеспеченный цифровой актив должен соответствовать следующим требованиям:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не является расчетной денежной единицей, законным платежным средством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
-[...15 lines deleted...]
-      1) удостоверяет право на материальные, интеллектуальные услуги и активы, за исключением денег и ценных бумаг;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не признается финансовым инструментом или финансовым активом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
-[...15 lines deleted...]
-      2) имеет решение о выпуске обеспеченного цифрового актива;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содержит данные о лице, выпустившем обеспеченный цифровой актив;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...15 lines deleted...]
-      3) не является расчетной денежной единицей, законным платежным средством;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) имеет подтверждение имущественных и (или) интеллектуальных прав на актив до его образования в качестве обеспеченного цифрового актива;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...15 lines deleted...]
-      4) не признается финансовым инструментом или финансовым активом;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) имеет запись в сети блокчейн о перемещении актива и (или) права на имущество.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Цифровой актив, не соответствующий требованиям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, не относится к обеспеченным цифровым активам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Выпуск и обращение обеспеченных цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицом, осуществляющим выпуск и обращение обеспеченных цифровых активов, является индивидуальный предприниматель, юридическое лицо Республики Казахстан, осуществляющие эксплуатацию цифровой платформы по хранению и обмену обеспеченными цифровыми активами и имеющие разрешение на выпуск и обращение обеспеченных цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Разрешение на осуществление деятельности по выпуску и обращению обеспеченных цифровых активов выдается уполномоченным органом в сфере цифровых активов в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лица, осуществляющие выпуск и обращение обеспеченных цифровых активов, являются субъектами финансового мониторинга в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лица, осуществляющие выпуск и обращение обеспеченных цифровых активов, обязаны уведомлять физических и юридических лиц о рисках, связанных с покупкой, владением и совершением операций с обеспеченными цифровыми активами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Лицом, инициирующим выпуск обеспеченных цифровых активов, является собственник имущества или лицо, которому принадлежат права, удостоверяемые обеспеченным цифровым активом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Права, удостоверенные обеспеченными цифровыми активами, возникают с момента размещения записи о передаче цифровых активов указанному лицу на цифровой платформе по хранению и обмену обеспеченными цифровыми активами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Вид и объем прав, которые удостоверяют выпускаемые обеспеченные цифровые активы, определяются решением о выпуске обеспеченных цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Выпуск обеспеченного цифрового актива осуществляется путем размещения записи на цифровой платформе по хранению и обмену обеспеченными цифровыми активами лицом, осуществляющим выпуск и обращение цифровых активов, только после проверки наличия его обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменением, внесенным Законом РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 6. Выпуск и обращение обеспеченных цифровых активов</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+        <w:t>Статья 7. Решение о выпуске обеспеченных цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Решение о выпуске обеспеченных цифровых активов публикуется на интернет-ресурсе лица, осуществляющего выпуск и обращение обеспеченных цифровых активов, и должно находиться в открытом доступе до полного исполнения обязательств лица, инициировавшего выпуск обеспеченных цифровых активов, перед всеми обладателями обеспеченных цифровых активов, выпущенных на основании соответствующего решения о выпуске обеспеченных цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила оформления решения о выпуске обеспеченных цифровых активов утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ЦИФРОВОЙ МАЙНИНГ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Деятельность по цифровому майнингу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность по цифровому майнингу осуществляется цифровым майнером через цифровой майнинговый пул с использованием центра обработки данных цифрового майнинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цифровые майнеры осуществляют свою деятельность в соответствии с лицензиями на осуществление деятельности по цифровому майнингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Собственником необеспеченных цифровых активов, возникших в результате цифрового майнинга, является цифровой майнер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 19.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 219-VIII</w:t>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается исключить Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Лица, осуществляющие выпуск и обращение обеспеченных цифровых активов, являются субъектами финансового мониторинга в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
-[...101 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
+      4. В случае реализации цифровых активов, полученных в результате цифрового майнинга на территории Республики Казахстан, такие цифровые активы подлежат обязательной продаже через биржи цифровых активов, имеющие лицензию Международного финансового центра "Астана", в размере не менее семидесяти пяти процентов в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осуществление деятельности по цифровому майнингу на территории Республики Казахстан разрешается индивидуальным предпринимателям, юридическим лицам Республики Казахстан и не относится к выпуску и обороту необеспеченных цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается исключить Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Запрещаются осуществление иной деятельности, не относящейся к деятельности по цифровому майнингу, а также приобретение долей участия в уставных капиталах или акций юридических лиц, создание и участие в деятельности некоммерческих организаций, за исключением членства в саморегулируемой организации и Национальной палате предпринимателей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7. Решение о выпуске обеспеченных цифровых активов</w:t>
-[...113 lines deleted...]
-      2. Цифровые майнеры осуществляют свою деятельность в соответствии с лицензиями на осуществление деятельности по цифровому майнингу.</w:t>
+        <w:t>Статья 9. Лицензирование деятельности по цифровому майнингу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность по цифровому майнингу осуществляется на основании лицензии на осуществление деятельности по цифровому майнингу, выдаваемой заявителю сроком на три года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
-[...15 lines deleted...]
-      3. Собственником необеспеченных цифровых активов, возникших в результате цифрового майнинга, является цифровой майнер.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензия на осуществление деятельности по цифровому майнингу выдается по следующим подвидам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
-[...15 lines deleted...]
-      4. В случае реализации цифровых активов, полученных в результате цифрового майнинга на территории Республики Казахстан, такие цифровые активы подлежат обязательной продаже через биржи цифровых активов, имеющие лицензию Международного финансового центра "Астана", в размере не менее семидесяти пяти процентов в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I подвид – цифровому майнеру, имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
-[...15 lines deleted...]
-      5. Осуществление деятельности по цифровому майнингу на территории Республики Казахстан разрешается индивидуальным предпринимателям, юридическим лицам Республики Казахстан и не относится к выпуску и обороту необеспеченных цифровых активов.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II подвид – цифровому майнеру, не имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга и осуществляющему цифровой майнинг с использованием принадлежащего ему на праве собственности аппаратно-программного комплекса для цифрового майнинга, размещенного в центре обработки данных цифрового майнинга.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
-[...15 lines deleted...]
-      6. Запрещаются осуществление иной деятельности, не относящейся к деятельности по цифровому майнингу, а также приобретение долей участия в уставных капиталах или акций юридических лиц, создание и участие в деятельности некоммерческих организаций, за исключением членства в саморегулируемой организации и Национальной палате предпринимателей Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лицензии на осуществление деятельности по цифровому майнингу выдаются в соответствии с требованиями законодательства Республики Казахстан и правилами лицензирования деятельности по цифровому майнингу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Деятельность по цифровому майнингу осуществляется на основании лицензии на осуществление деятельности по цифровому майнингу, выдаваемой заявителю сроком на три года.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Размер, порядок исчисления и уплаты лицензионного сбора определяются Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
-[...15 lines deleted...]
-      Лицензия на осуществление деятельности по цифровому майнингу выдается по следующим подвидам:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Приостановление действия лицензии на осуществление деятельности по цифровому майнингу осуществляется решением уполномоченного органа сроком от одного до шести месяцев в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
-[...15 lines deleted...]
-      I подвид – цифровому майнеру, имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявления недостоверных сведений при получении лицензии на осуществление деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
-[...15 lines deleted...]
-      II подвид – цифровому майнеру, не имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга и осуществляющему цифровой майнинг с использованием принадлежащего ему на праве собственности аппаратно-программного комплекса для цифрового майнинга, размещенного в центре обработки данных цифрового майнинга.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоблюдения цифровым майнером требований, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
-[...15 lines deleted...]
-      2. Лицензии на осуществление деятельности по цифровому майнингу выдаются в соответствии с требованиями законодательства Республики Казахстан и правилами лицензирования деятельности по цифровому майнингу.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неустранения нарушений в установленный срок по результатам внеплановой проверки уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
-[...15 lines deleted...]
-      3. Размер, порядок исчисления и уплаты лицензионного сбора определяются Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
+    <w:bookmarkStart w:name="z119" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) непредоставления цифровым майнером в уполномоченный орган информации об изменении сведений в сроки, установленные законодательством Республики Казахстан о цифровых активах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z115" w:id="74"/>
-[...15 lines deleted...]
-      4. Приостановление действия лицензии на осуществление деятельности по цифровому майнингу осуществляется решением уполномоченного органа сроком от одного до шести месяцев в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z120" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) добровольного обращения цифрового майнера в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z116" w:id="75"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="80"/>
+    <w:bookmarkStart w:name="z121" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) в иных случаях, предусмотренных законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z122" w:id="81"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z122" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В решении о приостановлении действия лицензии на осуществление деятельности по цифровому майнингу должны быть указаны причины и срок приостановления действия лицензии на осуществление деятельности по цифровому майнингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z123" w:id="82"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z123" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановление действия лицензии на осуществление деятельности по цифровому майнингу влечет запрет на совершение деятельности по цифровому майнингу на период приостановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z124" w:id="83"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z124" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Возобновление действия лицензии на осуществление деятельности по цифровому майнингу осуществляется по обращению цифрового майнера в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2534,71 +3240,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 45 Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z125" w:id="84"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z125" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Лишение лицензии на осуществление деятельности по цифровому майнингу осуществляется судом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2634,742 +3340,1270 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Деятельность цифровых майнинговых пулов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аккредитация цифрового майнингового пула является процедурой, в результате которой цифровым майнинговым пулом приобретается официальное признание соответствия его деятельности требованиям, установленным законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредитация цифровых майнинговых пулов осуществляется за счет их собственных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязательными условиями для аккредитации цифрового майнингового пула являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) физическое местонахождение аппаратно-программного комплекса цифрового майнингового пула на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие протоколов испытаний с положительными результатами испытаний на соответствие требованиям информационной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соответствие иным требованиям, определенным правилами аккредитации цифровых майнинговых пулов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
-[...15 lines deleted...]
-      Аккредитация цифровых майнинговых пулов осуществляется за счет их собственных средств.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цифровой майнинговый пул предоставляет в уполномоченный орган и уполномоченный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, информацию в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z92" w:id="87"/>
-[...15 lines deleted...]
-      2. Обязательными условиями для аккредитации цифрового майнингового пула являются:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 4 предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Распределение цифровыми майнинговыми пулами между цифровыми майнерами цифровых активов, полученных в результате их деятельности, не относится к выпуску и обороту цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменением, внесенным Законом РК от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Биржи цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Требования к биржам цифровых активов и порядок их лицензирования в Международном финансовом центре "Астана" определяются актами Международного финансового центра "Астана".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z93" w:id="88"/>
-[...15 lines deleted...]
-      1) физическое местонахождение аппаратно-программного комплекса цифрового майнингового пула на территории Республики Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить частью второй в соответствии с Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Банк второго уровня Республики Казахстан открывает банковские счета в соответствии с законодательством Республики Казахстан бирже цифровых активов, а также участнику Международного финансового центра "Астана", имеющему соответствующую лицензию на осуществление деятельности, связанной с цифровыми активами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Биржи цифровых активов обязаны уведомлять физических и юридических лиц о рисках, связанных с покупкой, владением и совершением операций с необеспеченными цифровыми активами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z94" w:id="89"/>
-[...15 lines deleted...]
-      2) наличие протоколов испытаний с положительными результатами испытаний на соответствие требованиям информационной безопасности;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. На территории Республики Казахстан необеспеченные цифровые активы не признаются финансовыми инструментами или финансовыми активами, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z95" w:id="90"/>
-[...15 lines deleted...]
-      3) соответствие иным требованиям, определенным правилами аккредитации цифровых майнинговых пулов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. На территории Республики Казахстан запрещаются выпуск и оборот необеспеченных цифровых активов, а также деятельность бирж цифровых активов по необеспеченным цифровым активам, за исключением территории Международного финансового центра "Астана" и особого режима регулирования Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Порядок и механизмы взаимодействия биржи цифровых активов и субъектов, указанных в пункте 2 настоящей статьи, с банком второго уровня Республики Казахстан определяются актом Международного финансового центра "Астана" по согласованию с Национальным Банком Республики Казахстан и уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z96" w:id="91"/>
-[...15 lines deleted...]
-      3. Цифровой майнинговый пул предоставляет в уполномоченный орган и уполномоченный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, информацию в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Перечень, сроки и порядок представления отчетности бирж цифровых активов определяются актом Международного финансового центра "Астана" по согласованию с Национальным Банком Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z97" w:id="92"/>
-[...15 lines deleted...]
-      4. Распределение цифровыми майнинговыми пулами между цифровыми майнерами цифровых активов, полученных в результате их деятельности, не относится к выпуску и обороту цифровых активов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Государственный контроль в сфере цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль в сфере цифровых активов осуществляется в форме проверок в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 10 с изменением, внесенным Законом РК от 11.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 44-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-      1. Требования к биржам цифровых активов и порядок их лицензирования в Международном финансовом центре "Астана" определяются актами Международного финансового центра "Астана".</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
-[...15 lines deleted...]
-      2. Банк второго уровня Республики Казахстан открывает банковские счета в соответствии с законодательством Республики Казахстан бирже цифровых активов, а также участнику Международного финансового центра "Астана", имеющему соответствующую лицензию на осуществление деятельности, связанной с цифровыми активами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Ответственность за нарушение законодательства Республики Казахстан в сфере цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о цифровых активах влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
-[...180 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12. Государственный контроль в сфере цифровых активов</w:t>
-[...57 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t>Статья 14. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-      <w:r>
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="103"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие с 1 апреля 2023 года, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8, который вводится в действие с 1 января 2024 года, установив, что данный пункт с 1 января 2024 года до 1 января 2025 года действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац второй предусматривается исключить Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. В случае реализации цифровых активов, полученных в результате деятельности по цифровому майнингу на территории Республики Казахстан, такие цифровые активы подлежат обязательной продаже через биржи цифровых активов, имеющие лицензию Международного финансового центра "Астана", в размере не менее пятидесяти процентов в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>