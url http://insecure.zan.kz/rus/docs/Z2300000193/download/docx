--- v1 (2025-11-26)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="67ec392" w14:textId="67ec392">
+    <w:p w14:paraId="1563ae2" w14:textId="1563ae2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -291,1533 +291,1345 @@
         <w:t>
       В настоящем Законе используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспеченный цифровой актив – цифровой актив, зарегистрированный посредством цифровой платформы по хранению и обмену обеспеченными цифровыми активами, соответствующий требованиям, предъявляемым к обеспеченному цифровому активу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цифровая платформа по хранению и обмену обеспеченными цифровыми активами – совокупность информационно-коммуникационных технологий, построенных на основе распределенной платформы данных, реализующих определенные информационные взаимодействия и предназначенных для решения конкретных функциональных задач, предоставляющих возможность информационного обмена;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) необеспеченный цифровой актив – цифровой актив, не соответствующий требованиям, предъявляемым к обеспеченному цифровому активу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
-[...15 lines deleted...]
-      3) необеспеченный цифровой актив – цифровой актив, не соответствующий требованиям, предъявляемым к обеспеченному цифровому активу;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) цифровой актив – имущество, созданное в электронно-цифровой форме с присвоением цифрового кода, в том числе с применением средств криптографии и компьютерных вычислений, не являющееся расчетной денежной единицей и (или) законным платежным средством, зарегистрированное и обеспеченное неизменностью информации на основе технологии распределенной платформы данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
-[...15 lines deleted...]
-      4) цифровой актив – имущество, созданное в электронно-цифровой форме с присвоением цифрового кода, в том числе с применением средств криптографии и компьютерных вычислений, не являющееся расчетной денежной единицей и (или) законным платежным средством, зарегистрированное и обеспеченное неизменностью информации на основе технологии распределенной платформы данных;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) оборот цифрового актива – совершение гражданско-правовых сделок с цифровым активом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) биржи цифровых активов – юридические лица, осуществляющие организационное и техническое обеспечение торгов, выпуск, расчеты и хранение цифровых активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган в сфере цифровых активов (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере цифровых активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z128" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) выпуск цифрового актива – действие, направленное на возникновение цифрового актива в качестве объекта гражданских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) цифровой майнер – индивидуальный предприниматель или юридическое лицо Республики Казахстан, осуществляющие деятельность по цифровому майнингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) цифровой майнинг – процесс проведения вычислительных операций с использованием компьютерных мощностей согласно заданным алгоритмам шифрования, обеспечивающий подтверждение целостности блоков данных посредством блокчейна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктом 4-1) в соответствии с Законом РК от 17.11.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) центр обработки данных цифрового майнинга – объект информационно-коммуникационной инфраструктуры, состоящий из аппаратно-программного комплекса для цифрового майнинга, обеспечивающий функционирование вычислительных мощностей, расположенный вне территории жилой зоны, использующий электрическую энергию в соответствии с Законом Республики Казахстан "Об электроэнергетике";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) цифровой майнинговый пул – юридическое лицо, аккредитованное в соответствии с законодательством Республики Казахстан о цифровых активах, предоставляющее услугу объединения мощностей аппаратно-программного комплекса для цифрового майнинга цифровых майнеров, осуществляющее распределение между цифровыми майнерами цифровых активов, возникших (созданных) в результате их совместной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...624 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2. Законодательство Республики Казахстан о цифровых активах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан о цифровых активах основывается на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, Конституционном законе Республики Казахстан "О Международном финансовом центре "Астана", состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 3. Цель и принципы государственного регулирования общественных отношений в сфере цифровых активов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Целью государственного регулирования в сфере цифровых активов является развитие деятельности по выпуску и обороту цифровых активов, цифровому майнингу в Республике Казахстан для экономического развития и конкурентоспособности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное регулирование в сфере цифровых активов основывается на следующих принципах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) законности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соблюдения прав, свобод и законных интересов физических лиц, а также прав и законных интересов юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) равенства прав физических и юридических лиц на участие в деятельности в сфере цифровых активов и использование ее результатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) свободы поиска, формирования и передачи любых электронных информационных ресурсов, доступ к которым не ограничен в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечения безопасности личности, общества и государства при использовании, выпуске цифровых активов и цифровом майнинге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) создания условий для развития сферы выпуска, использования цифровых активов, цифрового майнинга, а также добросовестной конкуренции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Компетенция уполномоченных государственных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает реализацию государственной политики в сфере цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет межотраслевую координацию в сфере цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выдает лицензии на осуществление деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, утверждает правила представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) утверждает правила аккредитации цифровых майнинговых пулов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) по согласованию с уполномоченным органом в сфере разрешений и уведомлений утверждает правила лицензирования деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) проводит аккредитацию цифровых майнинговых пулов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает перечень видов обеспеченных цифровых активов, признаваемых на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет государственный контроль в сфере цифровых активов, а также за соблюдением лицами, осуществляющими выпуск и обращение обеспеченных цифровых активов, законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) ведет государственный реестр лиц, осуществляющих деятельность по выпуску обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) ведет реестр аппаратно-программного комплекса для цифрового майнинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) утверждает правила учета и ведения реестра аппаратно-программного комплекса для цифрового майнинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) утверждает правила оформления решения о выпуске обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) выдает разрешения на выпуск и обращение обеспеченных цифровых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществляет иные полномочия, предусмотренные настоящим Законом, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственный орган, осуществляющий руководство в области электроэнергетики:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет требования к подключению цифровых майнеров к электрическим сетям согласно Закону Республики Казахстан "Об электроэнергетике";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждает механизм определения квоты на электрическую энергию для цифровых майнеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z126" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z126" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Национальный Банк Республики Казахстан вводит особый режим регулирования в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 8-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальном Банке Республики Казахстан", в отношении деятельности, связанной с цифровыми активами при их использовании на территории Республики Казахстан в качестве финансового инструмента, финансового актива или при использовании цифровых активов в рамках оказания финансовых (платежных) услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1896,462 +1708,462 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. ОБЕСПЕЧЕННЫЕ ЦИФРОВЫЕ АКТИВЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Требования к обеспеченным цифровым активам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обеспеченный цифровой актив должен соответствовать следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) удостоверяет право на материальные, интеллектуальные услуги и активы, за исключением денег и ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет решение о выпуске обеспеченного цифрового актива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не является расчетной денежной единицей, законным платежным средством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не признается финансовым инструментом или финансовым активом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) содержит данные о лице, выпустившем обеспеченный цифровой актив;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) имеет подтверждение имущественных и (или) интеллектуальных прав на актив до его образования в качестве обеспеченного цифрового актива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) имеет запись в сети блокчейн о перемещении актива и (или) права на имущество.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Цифровой актив, не соответствующий требованиям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, не относится к обеспеченным цифровым активам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Выпуск и обращение обеспеченных цифровых активов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицом, осуществляющим выпуск и обращение обеспеченных цифровых активов, является индивидуальный предприниматель, юридическое лицо Республики Казахстан, осуществляющие эксплуатацию цифровой платформы по хранению и обмену обеспеченными цифровыми активами и имеющие разрешение на выпуск и обращение обеспеченных цифровых активов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Разрешение на осуществление деятельности по выпуску и обращению обеспеченных цифровых активов выдается уполномоченным органом в сфере цифровых активов в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, осуществляющие выпуск и обращение обеспеченных цифровых активов, являются субъектами финансового мониторинга в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Лица, осуществляющие выпуск и обращение обеспеченных цифровых активов, обязаны уведомлять физических и юридических лиц о рисках, связанных с покупкой, владением и совершением операций с обеспеченными цифровыми активами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Лицом, инициирующим выпуск обеспеченных цифровых активов, является собственник имущества или лицо, которому принадлежат права, удостоверяемые обеспеченным цифровым активом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Права, удостоверенные обеспеченными цифровыми активами, возникают с момента размещения записи о передаче цифровых активов указанному лицу на цифровой платформе по хранению и обмену обеспеченными цифровыми активами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Вид и объем прав, которые удостоверяют выпускаемые обеспеченные цифровые активы, определяются решением о выпуске обеспеченных цифровых активов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Выпуск обеспеченного цифрового актива осуществляется путем размещения записи на цифровой платформе по хранению и обмену обеспеченными цифровыми активами лицом, осуществляющим выпуск и обращение цифровых активов, только после проверки наличия его обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2387,845 +2199,711 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Решение о выпуске обеспеченных цифровых активов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение о выпуске обеспеченных цифровых активов публикуется на интернет-ресурсе лица, осуществляющего выпуск и обращение обеспеченных цифровых активов, и должно находиться в открытом доступе до полного исполнения обязательств лица, инициировавшего выпуск обеспеченных цифровых активов, перед всеми обладателями обеспеченных цифровых активов, выпущенных на основании соответствующего решения о выпуске обеспеченных цифровых активов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила оформления решения о выпуске обеспеченных цифровых активов утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. ЦИФРОВОЙ МАЙНИНГ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Деятельность по цифровому майнингу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность по цифровому майнингу осуществляется цифровым майнером через цифровой майнинговый пул с использованием центра обработки данных цифрового майнинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цифровые майнеры осуществляют свою деятельность в соответствии с лицензиями на осуществление деятельности по цифровому майнингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Собственником необеспеченных цифровых активов, возникших в результате цифрового майнинга, является цифровой майнер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осуществление деятельности по цифровому майнингу на территории Республики Казахстан разрешается индивидуальным предпринимателям, юридическим лицам Республики Казахстан и не относится к организации оборота цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...208 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Лицензирование деятельности по цифровому майнингу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность по цифровому майнингу осуществляется на основании лицензии на осуществление деятельности по цифровому майнингу, выдаваемой заявителю сроком на три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензия на осуществление деятельности по цифровому майнингу выдается по следующим подвидам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I подвид – цифровому майнеру, имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       II подвид – цифровому майнеру, не имеющему на праве собственности или других законных основаниях центр обработки данных цифрового майнинга и осуществляющему цифровой майнинг с использованием принадлежащего ему на праве собственности аппаратно-программного комплекса для цифрового майнинга, размещенного в центре обработки данных цифрового майнинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лицензии на осуществление деятельности по цифровому майнингу выдаются в соответствии с требованиями законодательства Республики Казахстан и правилами лицензирования деятельности по цифровому майнингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Размер, порядок исчисления и уплаты лицензионного сбора определяются Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z115" w:id="69"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z115" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Приостановление действия лицензии на осуществление деятельности по цифровому майнингу осуществляется решением уполномоченного органа сроком от одного до шести месяцев в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z116" w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z116" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявления недостоверных сведений при получении лицензии на осуществление деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z117" w:id="71"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z117" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоблюдения цифровым майнером требований, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z118" w:id="72"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z118" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неустранения нарушений в установленный срок по результатам внеплановой проверки уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z119" w:id="73"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z119" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) непредоставления цифровым майнером в уполномоченный орган информации об изменении сведений в сроки, установленные законодательством Республики Казахстан о цифровых активах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z120" w:id="74"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z120" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) добровольного обращения цифрового майнера в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z121" w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z121" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) в иных случаях, предусмотренных законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z122" w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z122" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В решении о приостановлении действия лицензии на осуществление деятельности по цифровому майнингу должны быть указаны причины и срок приостановления действия лицензии на осуществление деятельности по цифровому майнингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z123" w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z123" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановление действия лицензии на осуществление деятельности по цифровому майнингу влечет запрет на совершение деятельности по цифровому майнингу на период приостановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z124" w:id="78"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z124" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Возобновление действия лицензии на осуществление деятельности по цифровому майнингу осуществляется по обращению цифрового майнера в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3240,71 +2918,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 45 Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z125" w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z125" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Лишение лицензии на осуществление деятельности по цифровому майнингу осуществляется судом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3340,1268 +3018,916 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Деятельность цифровых майнинговых пулов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аккредитация цифрового майнингового пула является процедурой, в результате которой цифровым майнинговым пулом приобретается официальное признание соответствия его деятельности требованиям, установленным законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аккредитация цифровых майнинговых пулов осуществляется за счет их собственных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обязательными условиями для аккредитации цифрового майнингового пула являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) физическое местонахождение аппаратно-программного комплекса цифрового майнингового пула на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие протоколов испытаний с положительными результатами испытаний на соответствие требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соответствие иным требованиям, определенным правилами аккредитации цифровых майнинговых пулов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цифровой майнинговый пул предоставляет в уполномоченный орган и уполномоченный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, информацию в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Распределение цифровыми майнинговыми пулами между цифровыми майнерами цифровых активов, возникших (созданных) в результате их деятельности, не относится к организации оборота цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Биржи цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Требования к биржам цифровых активов и порядок их лицензирования в Международном финансовом центре "Астана" определяются актами Международного финансового центра "Астана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z129" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность по организации оборота цифровых активов осуществляется биржами цифровых активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Банк второго уровня Республики Казахстан, Национальный оператор почты Республики Казахстан открывают банковские счета в соответствии с законодательством Республики Казахстан бирже цифровых активов, а также участнику Международного финансового центра "Астана", имеющему соответствующую лицензию на осуществление деятельности, связанной с цифровыми активами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Биржи цифровых активов обязаны уведомлять физических и юридических лиц о рисках, связанных с покупкой, владением и совершением операций с необеспеченными цифровыми активами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. На территории Республики Казахстан необеспеченные цифровые активы не признаются финансовыми инструментами или финансовыми активами, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Запрещается организация оборота цифровых активов без соответствующей лицензии или разрешения на осуществление деятельности, связанной с цифровыми активами, выданных в соответствии с действующим правом Международного финансового центра "Астана" или законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Порядок и механизмы взаимодействия биржи цифровых активов и субъектов, указанных в пункте 2 настоящей статьи, с банком второго уровня Республики Казахстан определяются актом Международного финансового центра "Астана" по согласованию с Национальным Банком Республики Казахстан и уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Перечень, сроки и порядок представления отчетности бирж цифровых активов определяются актом Международного финансового центра "Астана" по согласованию с Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Государственный контроль в сфере цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль в сфере цифровых активов осуществляется в форме проверок в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 10 с изменением, внесенным Законом РК от 11.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 44-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Ответственность за нарушение законодательства Республики Казахстан в сфере цифровых активов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о цифровых активах влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие с 1 апреля 2023 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...823 lines deleted...]
-      "4. В случае реализации цифровых активов, полученных в результате деятельности по цифровому майнингу на территории Республики Казахстан, такие цифровые активы подлежат обязательной продаже через биржи цифровых активов, имеющие лицензию Международного финансового центра "Астана", в размере не менее пятидесяти процентов в соответствии с правилами представления сведений о доходах цифровых майнеров и цифровых майнинговых пулов в целях налогообложения.".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4778,55 +4104,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>