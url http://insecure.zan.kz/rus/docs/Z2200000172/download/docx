--- v0 (2025-10-01)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4497aa" w14:textId="f4497aa">
+    <w:p w14:paraId="fc9b3bf" w14:textId="fc9b3bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5251,2150 +5251,2714 @@
         <w:t>
       1) нарочно – с отметкой о получении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
     <w:bookmarkStart w:name="z230" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z231" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.1 подпункта 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки на электронный адрес субъекта государственного контроля, указанный в ранее представленном субъектом государственного контроля заявлении на получение разрешения, либо с даты отправки в личный кабинет субъекта государственного контроля на веб-портале "электронного правительства".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z232" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Началом проведения государственного контроля считается следующий рабочий день после получения запроса субъектом государственного контроля.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z232" w:id="187"/>
-[...15 lines deleted...]
-      Началом проведения государственного контроля считается следующий рабочий день после получения запроса субъектом государственного контроля.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.3 подпункта 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган получает документы и (или) информацию от субъектов государственного контроля и государственных органов Республики Казахстан в порядке, указанном в запросе, в срок не более десяти календарных дней посредством государственных электронных информационных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Срок осуществления государственного контроля составляет не более тридцати рабочих дней со дня начала его проведения. В случае необходимости проведения исследований, испытаний и специальных экспертиз срок осуществления государственного контроля может быть продлен руководителем уполномоченного органа на двадцать рабочих дней либо приостановлен на период обжалования действий (бездействия) должностного лица или до получения документов и (или) информации в случае непредоставления их субъектом государственного контроля в установленный срок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z233" w:id="188"/>
-[...15 lines deleted...]
-      Уполномоченный орган получает документы и (или) информацию от субъектов государственного контроля и государственных органов Республики Казахстан в порядке, указанном в запросе, в срок не более десяти календарных дней посредством государственных электронных информационных ресурсов.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностное лицо уполномоченного органа при осуществлении государственного контроля имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z234" w:id="189"/>
-[...15 lines deleted...]
-      7. Срок осуществления государственного контроля составляет не более тридцати рабочих дней со дня начала его проведения. В случае необходимости проведения исследований, испытаний и специальных экспертиз срок осуществления государственного контроля может быть продлен руководителем уполномоченного органа на двадцать рабочих дней либо приостановлен на период обжалования действий (бездействия) должностного лица или до получения документов и (или) информации в случае непредоставления их субъектом государственного контроля в установленный срок.</w:t>
+    <w:bookmarkStart w:name="z236" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлять субъекту государственного контроля запрос о предоставлении документов и (или) информации, относящихся к предмету государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z235" w:id="190"/>
-[...15 lines deleted...]
-      8. Должностное лицо уполномоченного органа при осуществлении государственного контроля имеет право:</w:t>
+    <w:bookmarkStart w:name="z237" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать от субъекта государственного контроля документы и (или) информацию, относящиеся к предмету государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z236" w:id="191"/>
-[...15 lines deleted...]
-      1) направлять субъекту государственного контроля запрос о предоставлении документов и (или) информации, относящихся к предмету государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлекать государственные органы Республики Казахстан, организации, экспертов и специалистов в соответствии с предметом государственного контроля и назначением объекта контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z237" w:id="192"/>
-[...15 lines deleted...]
-      2) получать от субъекта государственного контроля документы и (или) информацию, относящиеся к предмету государственного контроля;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получать доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом государственного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При осуществлении государственного контроля должностное лицо уполномоченного органа не вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z238" w:id="193"/>
-[...15 lines deleted...]
-      3) привлекать государственные органы Республики Казахстан, организации, экспертов и специалистов в соответствии с предметом государственного контроля и назначением объекта контроля;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверять выполнение требований, не установленных законодательством Республики Казахстан в сфере контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z239" w:id="194"/>
-[...15 lines deleted...]
-      4) получать доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом государственного контроля.</w:t>
+    <w:bookmarkStart w:name="z242" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать предоставления документов и (или) информации, не относящихся к предмету государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z240" w:id="195"/>
-[...15 lines deleted...]
-      9. При осуществлении государственного контроля должностное лицо уполномоченного органа не вправе:</w:t>
+    <w:bookmarkStart w:name="z243" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) превышать установленные настоящим Законом сроки проведения государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z241" w:id="196"/>
-[...15 lines deleted...]
-      1) проверять выполнение требований, не установленных законодательством Республики Казахстан в сфере контроля специфических товаров;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разглашать и (или) распространять информацию, полученную в результате проведения государственного контроля, составляющую государственные секреты и иную охраняемую законом тайну, за исключением случаев, предусмотренных настоящим Законом или законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z242" w:id="197"/>
-[...15 lines deleted...]
-      2) требовать предоставления документов и (или) информации, не относящихся к предмету государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Должностное лицо уполномоченного органа при осуществлении государственного контроля обязано:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z243" w:id="198"/>
-[...15 lines deleted...]
-      3) превышать установленные настоящим Законом сроки проведения государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z244" w:id="199"/>
-[...15 lines deleted...]
-      4) разглашать и (или) распространять информацию, полученную в результате проведения государственного контроля, составляющую государственные секреты и иную охраняемую законом тайну, за исключением случаев, предусмотренных настоящим Законом или законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить государственный контроль на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z245" w:id="200"/>
-[...15 lines deleted...]
-      10. Должностное лицо уполномоченного органа при осуществлении государственного контроля обязано:</w:t>
+    <w:bookmarkStart w:name="z248" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не препятствовать установленному режиму работы субъекта государственного контроля в период осуществления государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z246" w:id="201"/>
-[...15 lines deleted...]
-      1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не препятствовать субъекту государственного контроля либо его уполномоченному представителю давать разъяснения по вопросам, относящимся к предмету государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z247" w:id="202"/>
-[...15 lines deleted...]
-      2) проводить государственный контроль на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять субъекту государственного контроля необходимую информацию, относящуюся к предмету государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z248" w:id="203"/>
-[...15 lines deleted...]
-      3) не препятствовать установленному режиму работы субъекта государственного контроля в период осуществления государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечить сохранность документов и (или) информации, полученных в результате осуществления государственного контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z249" w:id="204"/>
-[...15 lines deleted...]
-      4) не препятствовать субъекту государственного контроля либо его уполномоченному представителю давать разъяснения по вопросам, относящимся к предмету государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Субъект государственного контроля при осуществлении государственного контроля вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z250" w:id="205"/>
-[...15 lines deleted...]
-      5) предоставлять субъекту государственного контроля необходимую информацию, относящуюся к предмету государственного контроля;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обжаловать акт о результатах государственного контроля и действия (бездействие) должностного лица уполномоченного органа в порядке, установленном законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z251" w:id="206"/>
-[...15 lines deleted...]
-      6) обеспечить сохранность документов и (или) информации, полученных в результате осуществления государственного контроля.</w:t>
+    <w:bookmarkStart w:name="z254" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не исполнять требования должностного лица уполномоченного органа, не относящиеся к предмету проведения государственного контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z252" w:id="207"/>
-[...15 lines deleted...]
-      11. Субъект государственного контроля при осуществлении государственного контроля вправе:</w:t>
+    <w:bookmarkStart w:name="z255" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Субъект государственного контроля при осуществлении государственного контроля обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z253" w:id="208"/>
-[...15 lines deleted...]
-      1) обжаловать акт о результатах государственного контроля и действия (бездействие) должностного лица уполномоченного органа в порядке, установленном законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в семидневный срок с момента получения запроса представить должностному лицу уполномоченного органа документы и (или) информацию, относящиеся к предмету проведения государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z254" w:id="209"/>
-[...15 lines deleted...]
-      2) не исполнять требования должностного лица уполномоченного органа, не относящиеся к предмету проведения государственного контроля.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не допускать внесения изменений и дополнений в документы и (или) информацию, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящихся к предмету государственного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Если в результате осуществления государственного контроля будет выявлен факт нарушения законодательства Республики Казахстан в сфере контроля специфических товаров, должностное лицо уполномоченного органа в пределах полномочий обязано принять предусмотренные законами Республики Казахстан меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z255" w:id="210"/>
-[...15 lines deleted...]
-      12. Субъект государственного контроля при осуществлении государственного контроля обязан:</w:t>
+    <w:bookmarkStart w:name="z259" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. КОНТРОЛЬ ЗА ПЕРЕМЕЩЕНИЕМ СПЕЦИФИЧЕСКИХ ТОВАРОВ ЧЕРЕЗ ГОСУДАРСТВЕННУЮ ГРАНИЦУ РЕСПУБЛИКИ КАЗАХСТАН С ГОСУДАРСТВАМИ – ЧЛЕНАМИ ЕВРАЗИЙСКОГО ЭКОНОМИЧЕСКОГО СОЮЗА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z256" w:id="211"/>
-[...15 lines deleted...]
-      1) в семидневный срок с момента получения запроса представить должностному лицу уполномоченного органа документы и (или) информацию, относящиеся к предмету проведения государственного контроля;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Компетенция органов государственных доходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контроль за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза осуществляется органами государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z257" w:id="212"/>
-[...15 lines deleted...]
-      2) не допускать внесения изменений и дополнений в документы и (или) информацию, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящихся к предмету государственного контроля.</w:t>
+    <w:bookmarkStart w:name="z262" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях предупреждения и пресечения незаконного перемещения специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза органы государственных доходов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z258" w:id="213"/>
-[...15 lines deleted...]
-      13. Если в результате осуществления государственного контроля будет выявлен факт нарушения законодательства Республики Казахстан в сфере контроля специфических товаров, должностное лицо уполномоченного органа в пределах полномочий обязано принять предусмотренные законами Республики Казахстан меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z263" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрашивают и получают от физических и юридических лиц, осуществляющих перемещение товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза, документы и сведения, касающиеся перемещаемых товаров, установленные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z259" w:id="214"/>
+    <w:bookmarkStart w:name="z264" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) привлекают государственные органы Республики Казахстан, организации, экспертов и специалистов для исследования вопросов, требующих специальных знаний и навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z265" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) останавливают транспортные средства, проводят их осмотр, досмотр в пунктах пропуска на Государственной границе Республики Казахстан с государствами – членами Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разрабатывают, создают, приобретают и эксплуатируют информационные системы, системы связи, системы передачи данных, а также средства защиты информации в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) приобретают, эксплуатируют технические средства контроля специфических товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z268" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) производят документирование, видео- и аудиозапись, кино- и фотосъемку фактов и событий в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z269" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Виды контроля за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контроль за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза осуществляется посредством следующих видов контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z272" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перемещения через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза специфических товаров при экспорте, импорте, транзите, в отношении которых имеются разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z273" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проверка документов и сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z274" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осмотр или досмотр, в том числе с применением технических средств контроля специфических товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z275" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае выявления специфических товаров, перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза без разрешения, орган государственных доходов принимает решение о запрете экспорта, импорта или транзита специфических товаров и доводит свое решение до сведения физических лиц или представителей юридического лица, обладающих полномочиями в отношении специфических товаров, перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза, а при их отсутствии – физических лиц, управляющих транспортным средством, на котором перевозятся специфические товары, путем проставления отметок на транспортном (перевозочном) документе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z276" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечень и порядок применения технических средств контроля специфических товаров утверждаются государственным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 26. Компетенция органов государственных доходов</w:t>
-[...186 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Статья 28. Формы контроля за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z278" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Формами контроля за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z279" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверка документов и сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z280" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осмотр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z281" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) досмотр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z282" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формы контроля – осмотр, досмотр применяются исходя из рекомендаций профилей риска, разрабатываемых и утверждаемых органами государственных доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z283" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под профилем риска понимается совокупность сведений об области риска, индикаторах риска и о мерах по минимизации рисков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Проверка документов и сведений является формой контроля, заключающейся в сопоставлении сведений, содержащихся в транспортных (перевозочных) и коммерческих документах, со сведениями, полученными из информационных систем, используемых органами государственных доходов, а также способами, не запрещенными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осмотр является формой контроля, заключающейся в визуальном исследовании транспортного средства и товаров, перевозимых этим транспортным средством, без вскрытия грузовых помещений (отсеков), емкостей транспортных средств, без вскрытия упаковки товаров, разборки, демонтажа, нарушения целостности обследуемых объектов и их частей, иными способами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z286" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основаниями для проведения осмотра являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z287" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) визуальное обнаружение специфических товаров, на которые при перемещении через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза не были представлены разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z288" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации профилей риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z289" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Досмотр является формой контроля, заключающейся в обследовании транспортных средств и багажа физических лиц со вскрытием упаковки товаров, грузовых помещений (отсеков) транспортных средств, емкостей, контейнеров или иных мест, в которых находятся или могут находиться специфические товары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z290" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основаниями для проведения досмотра являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z291" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие информации от государственных органов Республики Казахстан о потенциальном риске перемещения специфических товаров без разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z292" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации профилей риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z293" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Осмотр и (или) досмотр проводятся в местах перемещения товаров и транспортных средств через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z294" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Физические лица, управляющие транспортными средствами, перемещающие через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товары, обязаны присутствовать при проведении осмотра и (или) досмотра и оказывать должностным лицам органов государственных доходов необходимое содействие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z295" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Органы государственных доходов вправе проводить осмотр и (или) досмотр в отсутствие физических лиц, управляющих транспортными средствами, перемещающих через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товары, в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z296" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отказа указанных лиц от присутствия при проведении осмотра и (или) досмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z297" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия угрозы национальной безопасности Республики Казахстан, жизни и здоровью человека, окружающей среде и наступления иных обстоятельств, не терпящих отлагательства, в том числе наличия признаков, указывающих на то, что товары являются легковоспламеняющимися веществами, взрывоопасными предметами, взрывчатыми, отравляющими, опасными химическими и биологическими веществами, ядовитыми, токсичными, радиоактивными веществами, ядерными материалами и другими подобными товарами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z298" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осмотр и (или) досмотр в вышеуказанных случаях проводятся в присутствии двух понятых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z299" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Результаты проведения осмотра и (или) досмотра оформляются путем составления акта осмотра и (или) досмотра незамедлительно после их завершения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z300" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формы актов осмотра и (или) досмотра утверждаются государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z301" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В актах осмотра и (или) досмотра указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z302" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о должностных лицах органа государственных доходов, проводивших осмотр и (или) досмотр, и лицах, присутствовавших при проведении осмотра и (или) досмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z303" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) причины проведения осмотра и (или) досмотра в отсутствие физических лиц, управляющих транспортными средствами, перемещающих через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z304" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты осмотра и (или) досмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z305" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные сведения, предусмотренные формами актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z306" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акты осмотра и (или) досмотра составляются в двух экземплярах, один из которых вручается физическим лицам или представителям юридического лица, обладающим полномочиями в отношении товаров, перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза, а при их отсутствии – физическим лицам, управляющим транспортным средством, на котором перевозятся специфические товары, перемещаемые через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z307" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Порядок осуществления проверки документов и сведений, осмотра и (или) досмотра перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товаров утверждается государственным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z308" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...123 lines deleted...]
-    <w:bookmarkEnd w:id="229"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ИНФОРМИРОВАНИЕ В СФЕРЕ КОНТРОЛЯ СПЕЦИФИЧЕСКИХ ТОВАРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 28. Формы контроля за перемещением специфических товаров через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза</w:t>
-[...518 lines deleted...]
-      2) причины проведения осмотра и (или) досмотра в отсутствие физических лиц, управляющих транспортными средствами, перемещающих через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товары;</w:t>
+        <w:t>Статья 29. Обязательство по предоставлению и распространению документов и (или) информации в сфере контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган, государственные органы системы контроля специфических товаров вправе запрашивать и получать от государственных органов Республики Казахстан, а также физических и юридических лиц Республики Казахстан, осуществляющих экспорт, реэкспорт, импорт, транзит специфических товаров, оказывающих экстерриториальные посреднические услуги или техническую помощь, иностранных лиц, осуществляющих экстерриториальный реэкспорт или транзит специфических товаров, необходимые документы и (или) информацию, относящиеся к сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z304" w:id="256"/>
-[...15 lines deleted...]
-      3) результаты осмотра и (или) досмотра;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Физические и юридические лица Республики Казахстан, осуществляющие экспорт, реэкспорт, импорт, транзит специфических товаров, оказывающие экстерриториальные посреднические услуги или техническую помощь, а также иностранные лица, осуществляющие экстерриториальный реэкспорт, транзит специфических товаров, обязаны по требованию уполномоченного органа, государственных органов системы контроля специфических товаров предоставлять документы и (или) информацию, необходимые для выполнения указанными государственными органами функций, предусмотренных настоящим Законом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z305" w:id="257"/>
-[...15 lines deleted...]
-      4) иные сведения, предусмотренные формами актов.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача документов и (или) информации, относящихся к сфере контроля специфических товаров, уполномоченному органу, государственным органам системы контроля специфических товаров не является разглашением служебной, коммерческой, банковской или иной охраняемой законом тайны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z306" w:id="258"/>
-[...15 lines deleted...]
-      Акты осмотра и (или) досмотра составляются в двух экземплярах, один из которых вручается физическим лицам или представителям юридического лица, обладающим полномочиями в отношении товаров, перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза, а при их отсутствии – физическим лицам, управляющим транспортным средством, на котором перевозятся специфические товары, перемещаемые через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза.</w:t>
+    <w:bookmarkStart w:name="z313" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лица, указанные в пункте 2 настоящей статьи, несут ответственность за достоверность предоставленных документов и (или) информации в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z307" w:id="259"/>
-[...15 lines deleted...]
-      11. Порядок осуществления проверки документов и сведений, осмотра и (или) досмотра перемещаемых через Государственную границу Республики Казахстан с государствами – членами Евразийского экономического союза товаров утверждается государственным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
+    <w:bookmarkStart w:name="z314" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уполномоченный орган размещает на своем интернет-ресурсе список физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги и техническую помощь, списки физических и юридических лиц Республики Казахстан и иностранных лиц, допустивших нарушения законодательства Республики Казахстан в сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z308" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Использование предоставленных документов и (или) информации в сфере контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z316" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Документы и (или) информация, предоставленные в соответствии с пунктом 2 статьи 29 настоящего Закона, используются в порядке, определенном настоящим Законом и законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z317" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Представление и использование сведений, составляющих государственные секреты или иную охраняемую законом тайну, и другой информации, содержащейся в предоставленных документах и (или) информации, распространение и (или) предоставление которой ограничено в соответствии с законами Республики Казахстан, осуществляются с соблюдением требований законодательства Республики Казахстан, устанавливающего порядок обращения с такой информацией и меры ее защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z318" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. ИНФОРМИРОВАНИЕ В СФЕРЕ КОНТРОЛЯ СПЕЦИФИЧЕСКИХ ТОВАРОВ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="260"/>
+        <w:t xml:space="preserve"> Глава 6. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В СФЕРЕ КОНТРОЛЯ СПЕЦИФИЧЕСКИХ ТОВАРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 29. Обязательство по предоставлению и распространению документов и (или) информации в сфере контроля специфических товаров</w:t>
-[...58 lines deleted...]
-      Передача документов и (или) информации, относящихся к сфере контроля специфических товаров, уполномоченному органу, государственным органам системы контроля специфических товаров не является разглашением служебной, коммерческой, банковской или иной охраняемой законом тайны.</w:t>
+        <w:t>Статья 31. Участие Республики Казахстан в международных санкциях, связанных с контролем специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соблюдение Республикой Казахстан санкций Совета Безопасности Организации Объединенных Наций, связанных с контролем специфических товаров, в отношении одного иностранного государства или ряда иностранных государств и введение этих санкций в действие определяются законодательством Республики Казахстан на основании решений Организации Объединенных Наций или других международных организаций. В отдельных случаях такие санкции могут применяться Республикой Казахстан в одностороннем порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z313" w:id="264"/>
-[...15 lines deleted...]
-      3. Лица, указанные в пункте 2 настоящей статьи, несут ответственность за достоверность предоставленных документов и (или) информации в соответствии с законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32. Международное сотрудничество Республики Казахстан в сфере контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z322" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Международное сотрудничество Республики Казахстан в сфере контроля специфических товаров осуществляется в целях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z314" w:id="265"/>
-[...15 lines deleted...]
-      4. Уполномоченный орган размещает на своем интернет-ресурсе список физических и юридических лиц Республики Казахстан, оказывающих экстерриториальные посреднические услуги и техническую помощь, списки физических и юридических лиц Республики Казахстан и иностранных лиц, допустивших нарушения законодательства Республики Казахстан в сфере контроля специфических товаров.</w:t>
+    <w:bookmarkStart w:name="z323" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координации усилий и взаимодействия с иностранными государствами и международными организациями по предотвращению распространения оружия массового уничтожения и средств его доставки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z324" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) содействия формированию стабильной и безопасной системы международных отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z325" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) активизации участия Республики Казахстан в международном обмене специфическими товарами, результатами интеллектуальной творческой деятельности, в том числе правами на результаты интеллектуальной творческой деятельности, расширения возможностей для доступа физических и юридических лиц Республики Казахстан на мировые рынки высоких технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z326" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) совершенствования международных и внутригосударственных процедур контроля специфических товаров, выявления фактов нарушения законодательства Республики Казахстан в сфере контроля специфических товаров и совершивших их лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 30. Использование предоставленных документов и (или) информации в сфере контроля специфических товаров</w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z318" w:id="268"/>
+        <w:t>Статья 33. Формы международного сотрудничества Республики Казахстан в сфере контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z328" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Международное сотрудничество Республики Казахстан в сфере контроля специфических товаров осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z329" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участия Республики Казахстан в международных режимах экспортного контроля и международных форумах, проведения переговоров и консультаций с иностранными государствами и международными организациями, взаимного обмена информацией, а также реализации совместных программ и мероприятий на двусторонней и многосторонней основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z330" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействия в сфере контроля специфических товаров с международными организациями, государственными органами и неправительственными организациями иностранных государств в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z331" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) содействия физическим и юридическим лицам Республики Казахстан в развитии контактов и обмене информацией с иностранными неправительственными организациями для эффективного функционирования внутригосударственных процедур контроля специфических товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z332" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В СФЕРЕ КОНТРОЛЯ СПЕЦИФИЧЕСКИХ ТОВАРОВ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="268"/>
+        <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 31. Участие Республики Казахстан в международных санкциях, связанных с контролем специфических товаров</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="269"/>
+        <w:t>Статья 34. Ответственность за нарушение законодательства Республики Казахстан в сфере контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z334" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан в сфере контроля специфических товаров влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 32. Международное сотрудничество Республики Казахстан в сфере контроля специфических товаров</w:t>
-[...101 lines deleted...]
-    <w:bookmarkEnd w:id="274"/>
+        <w:t>Статья 35. Обжалование решений и действий (бездействия) должностных лиц уполномоченного органа и государственных органов системы контроля специфических товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z336" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решения и действия (бездействие) должностных лиц уполномоченного органа и государственных органов системы контроля специфических товаров могут быть обжалованы в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 33. Формы международного сотрудничества Республики Казахстан в сфере контроля специфических товаров</w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t>Статья 36. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="282"/>
+    <w:bookmarkStart w:name="z338" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7409,91 +7973,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25, который вводится в действие после дня введения в действие соответствующих изменений и дополнений в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z339" w:id="283"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z339" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 21 июля 2007 года "Об экспортном контроле".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -7637,55 +8201,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>