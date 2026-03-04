--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4ca0c2" w14:textId="a4ca0c2">
+    <w:p w14:paraId="7f5da9b" w14:textId="7f5da9b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1626,2475 +1626,2921 @@
         <w:t>
       1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет мониторинг масс-медиа на предмет соблюдения требований настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, в масс-медиа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в области связи и информатизации в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
-[...15 lines deleted...]
-      2. Уполномоченный орган в области связи и информатизации в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, в сетях телекоммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в области образования в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
-[...15 lines deleted...]
-      1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
-[...15 lines deleted...]
-      2) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Органы внутренних дел в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
-[...15 lines deleted...]
-      4. Органы внутренних дел в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализуют государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
-[...15 lines deleted...]
-      1) реализуют государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, при распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
-[...15 lines deleted...]
-      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, при распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
-[...15 lines deleted...]
-      3) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Местные исполнительные органы областей в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
-[...15 lines deleted...]
-      5. Местные исполнительные органы областей в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают реализацию государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Местные исполнительные органы городов республиканского значения и столицы, районов, городов областного значения в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивают реализацию государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
-[...15 lines deleted...]
-      1) обеспечивают реализацию государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, на соответствующей административно-территориальной единице, за исключением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
-[...15 lines deleted...]
-      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, на соответствующей административно-территориальной единице, за исключением:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      масс-медиа, а также информации, распространяемой посредством сетей телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       распространения несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
-[...15 lines deleted...]
-      3) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными Законом РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Общественный контроль и участие в сфере защиты детей   от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общественный контроль за соблюдением требований настоящего Закона осуществляется физическими лицами и некоммерческими организациями в соответствии с их уставами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Физические лица и некоммерческие организации вправе: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять мониторинг распространения информационной продукции и доступа детей к информации, в том числе посредством создания и поддержания "горячих линий", применения технических, аппаратных и иных форм мониторинга и выявления информации, информационной продукции и действий лиц, причиняющих вред здоровью и развитию детей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
-[...15 lines deleted...]
-      1) осуществлять мониторинг распространения информационной продукции и доступа детей к информации, в том числе посредством создания и поддержания "горячих линий", применения технических, аппаратных и иных форм мониторинга и выявления информации, информационной продукции и действий лиц, причиняющих вред здоровью и развитию детей;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять сведения о нарушениях настоящего Закона в государственные органы и местные исполнительные органы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
-[...15 lines deleted...]
-      2) представлять сведения о нарушениях настоящего Закона в государственные органы и местные исполнительные органы;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводить мероприятия, направленные на повышение уровня информированности детей о возможностях, потенциале, риске и угрозах распространяемой информации, а также по обучению родителей навыкам контроля за несовершеннолетним при получении и использовании им информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z80" w:id="67"/>
-[...15 lines deleted...]
-      3) проводить мероприятия, направленные на повышение уровня информированности детей о возможностях, потенциале, риске и угрозах распространяемой информации, а также по обучению родителей навыкам контроля за несовершеннолетним при получении и использовании им информации;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проводить анализ информационной грамотности среди детей и родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z81" w:id="68"/>
-[...15 lines deleted...]
-      4) проводить анализ информационной грамотности среди детей и родителей;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять иные действия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
-[...15 lines deleted...]
-      5) осуществлять иные действия в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ВОЗРАСТНАЯ КЛАССИФИКАЦИЯ, ВОЗРАСТНАЯ КАТЕГОРИЯ И ЗНАК ВОЗРАСТНОЙ КАТЕГОРИИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Возрастная классификация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Возрастная классификация осуществляется до начала распространения информационной продукции на территории Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) собственником на информационную продукцию, произведенную и (или) изготовленную в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) собственником или распространителем на информационную продукцию, ввозимую (доставленную) на территорию Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нормы настоящего пункта не распространяются на осуществление возрастной классификации фильмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При осуществлении возрастной классификации оценке подлежат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тематика, жанр, содержание и художественное оформление информационной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) особенности восприятия детьми определенной возрастной категории информации, содержащейся в информационной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вероятность причинения вреда здоровью и развитию ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Возрастная классификация осуществляется с присвоением информационной продукции следующих возрастных категорий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "до 6 лет" – информационная продукция для детей, не достигших шести лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "с 6 лет" – информационная продукция для детей, достигших шести лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "с 12 лет" – информационная продукция для детей, достигших двенадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "с 14 лет" – информационная продукция для детей, достигших четырнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "с 16 лет" – информационная продукция для детей, достигших шестнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "с 18 лет" – информационная продукция, содержащая информацию, запрещенную для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Возрастная классификация фильмов осуществляется в соответствии с требованиями настоящего Закона и Закона Республики Казахстан "О кинематографии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными Законом РК от 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Информационная продукция возрастной категории "до 6 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "до 6 лет" относится информационная продукция, содержащая оправданные жанром и (или) сюжетом эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений физического и (или) психического, и (или) психологического насилия, при условии, что в информационной продукции содержатся идея торжества добра над злом, сострадание к жертве и (или) осуждение насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Возрастная классификация</w:t>
-[...383 lines deleted...]
-    </w:p>
+        <w:t>Статья 11. Информационная продукция   возрастной категории "с 6 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 6 лет" относятся информационная продукция, предусмотренная статьей 10 настоящего Закона, а также информационная продукция, не содержащая описания и (или) изображения несчастных случаев, аварий, катастроф, смерти и их последствий, вызывающих у детей страх, панику или ужас, а также унижающих человеческое достоинство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10. Информационная продукция возрастной категории "до 6 лет"</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
+        <w:t>Статья 12. Информационная продукция   возрастной категории "с 12 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 12 лет" относятся информационная продукция, предусмотренная статьей 11 настоящего Закона, а также информационная продукция, содержащая описания и (или) изображения несчастных случаев, аварий, катастроф, ненасильственной смерти без описания и (или) изображения их последствий, которые могут вызвать у детей страх, панику или ужас.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 11. Информационная продукция   возрастной категории "с 6 лет"</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
+        <w:t>Статья 13. Информационная продукция   возрастной категории "с 14 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 14 лет" относятся информационная продукция, предусмотренная статьей 12 настоящего Закона, а также информационная продукция, содержащая оправданные жанром и (или) сюжетом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z109" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) эпизодические описания и (или) изображения наркотических средств, психотропных веществ, их аналогов и прекурсоров, табачных изделий, алкогольной продукции с напоминанием об опасности их потребления, порицающие влечение к ним как провоцирующие антиобщественные и противоправные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений смерти человека вследствие применения силы на пути защиты прав человека и законных интересов общества и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12. Информационная продукция   возрастной категории "с 12 лет"</w:t>
-[...95 lines deleted...]
-      2) эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений смерти человека вследствие применения силы на пути защиты прав человека и законных интересов общества и государства.</w:t>
+        <w:t>Статья 14. Информационная продукция возрастной категории "с 16 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 16 лет" относятся информационная продукция, предусмотренная статьей 13 настоящего Закона, а также информационная продукция, содержащая оправданные жанром и (или) сюжетом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="94"/>
+    <w:bookmarkStart w:name="z113" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) эпизодические описания и (или) изображения сюжетов самоубийства и (или) убийства человека, которые вызывают чувство сострадания к жертвам и осуждение жестокости и насилия; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z114" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эпизодические описания и (или) изображения сексуальных отношений людей, за исключением описания и (или) изображения действий сексуального характера.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z114" w:id="95"/>
-[...15 lines deleted...]
-      2) эпизодические описания и (или) изображения сексуальных отношений людей, за исключением описания и (или) изображения действий сексуального характера.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Знак возрастной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Знак возрастной категории наносится на информационную продукцию или указывается на ней распространителем путем обозначения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "до 6 лет" – знака "6–" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, не достигших шести лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "с 6 лет" – знака "6+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших шести лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z119" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "с 12 лет" – знака "12+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших двенадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z120" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "с 14 лет" – знака "14+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших четырнадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z121" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "с 16 лет" – знака "16+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших шестнадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z122" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "с 18 лет" – знака "18+" в ромбе и (или) текстового предупреждения в виде словосочетания "запрещено для детей".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z123" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Распространение информационной продукции без знака возрастной категории на территории Республики Казахстан не допускается, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z124" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационных, развлекательных и спортивных теле-, радиопрограмм, транслируемых в прямом эфире;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z125" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) периодических печатных изданий, специализирующихся на распространении информации общественно-политического характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) новостных, информационно-аналитических, общественно-политических телепрограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информационной продукции, распространяемой посредством радиовещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z128" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рекламы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) интернет-ресурсов, кроме сетевых изданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Знак возрастной категории может наноситься на перечисленную в части первой настоящего пункта информационную продукцию или указываться на ней на добровольной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z161" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Знак возрастной категории при распространении информационной продукции на телеканалах наносится на весь период ее трансляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае распространения информационной продукции, состоящей из нескольких частей, относящихся к разным возрастным категориям, знак возрастной категории должен соответствовать информационной продукции для детей старшей возрастной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текстовое предупреждение о возрастной категории должно соответствовать языку, на котором распространяется информационная продукция.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...340 lines deleted...]
-      3. В случае распространения информационной продукции, состоящей из нескольких частей, относящихся к разным возрастным категориям, знак возрастной категории должен соответствовать информационной продукции для детей старшей возрастной категории.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ТРЕБОВАНИЯ К РАСПРОСТРАНЕНИЮ ИНФОРМАЦИОННОЙ ПРОДУКЦИИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z132" w:id="113"/>
-[...15 lines deleted...]
-      4. Текстовое предупреждение о возрастной категории должно соответствовать языку, на котором распространяется информационная продукция.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Общие требования к информации и   информационной продукции для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К информации, причиняющей вред здоровью и развитию детей, относится информация:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрещенная Конституцией и законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрещенная для детей настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ограниченная для детей определенных возрастных групп законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К запрещенной для детей информации относится информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) побуждающая детей к совершению действий, представляющих угрозу их жизни и (или) здоровью, в том числе к самоубийству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) провоцирующая детей на антиобщественные и противоправные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) содержащая специальный сексуально-эротический характер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содержащая описание и (или) изображение сексуального насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z144" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содержащая ненормативную лексику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z145" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) распространение которой среди детей запрещено иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 7) в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 3 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Не допускается распространение несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей, за исключением информационной продукции, распространяемой посредством сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей, посредством сети Интернет применяются административные, технические, программные средства или иные способы ограничения доступа детей к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z148" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Распространение информационной продукции, содержащей информацию, ограниченную для распространения среди детей определенных возрастных групп, допускается в соответствии с требованиями статей 10 – 14 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Особые требования к информационной продукции, распространяемой посредством телерадиовещания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информационная продукция, содержащая информацию, отнесенную настоящим Законом к возрастной категории "с 18 лет", не подлежит распространению посредством телерадиовещания с 6.00 часов до 22.00 часов по местному времени, за исключением информационной продукции, распространяемой на платной основе с применением декодирующих технических устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z151" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Распространение информационной продукции посредством радиовещания, за исключением радиопрограмм, транслируемых в прямом эфире, сопровождается сообщением о возрастной категории радиопрограммы в начале ее трансляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z152" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При распространении информационной продукции, соответствующей статьям 10 – 14 настоящего Закона, посредством телерадиовещания в начале теле-, радиопрограммы, а также при каждом возобновлении после ее прерывания указывается знак возрастной категории или сообщается возрастная категория.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 18 предусматриваются изменения Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Особые требования к информационной продукции, распространяемой посредством сетей телекоммуникаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность по предоставлению доступа детям к информации, распространяемой посредством сетей телекоммуникаций, в том числе сети Интернет, предоставляемого лицом во временное пользование посредством аппаратно-программного комплекса и (или) технологий, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z155" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...345 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Особые требования к информационной продукции, распространяемой посредством телерадиовещания</w:t>
-[...58 lines deleted...]
-      3. При распространении информационной продукции, соответствующей статьям 10 – 14 настоящего Закона, посредством телерадиовещания в начале теле-, радиопрограммы, а также при каждом возобновлении после ее прерывания указывается знак возрастной категории или сообщается возрастная категория.</w:t>
+        <w:t>Статья 19. Ответственность за нарушение законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 18. Особые требования к информационной продукции, распространяемой посредством сетей телекоммуникаций</w:t>
-[...18 lines deleted...]
-      Деятельность по предоставлению доступа детям к информации, распространяемой посредством сетей телекоммуникаций, в том числе сети Интернет, предоставляемого лицом во временное пользование посредством аппаратно-программного комплекса и (или) технологий, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 20. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие по истечении шести месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z155" w:id="133"/>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>