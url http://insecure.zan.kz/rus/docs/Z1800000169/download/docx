--- v1 (2026-03-04)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f5da9b" w14:textId="7f5da9b">
+    <w:p w14:paraId="9ed7328" w14:textId="9ed7328">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -415,382 +415,570 @@
         <w:t xml:space="preserve">
       4) производитель информационной продукции – физическое или юридическое лицо, осуществляющее материально-техническое и (или) организационное обеспечение производства и (или) изготовления информационной продукции; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информационная продукция для детей – информационная продукция, соответствующая по направленности, тематике, содержанию и оформлению возрастной категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) защита детей от информации, причиняющей вред их здоровью и развитию, – совокупность правовых, организационных, технических и других мер, проводимых в целях информационной безопасности детей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уполномоченный орган в сфере защиты детей от информации, причиняющей вред их здоровью и развитию (далее – уполномоченный орган), – центральный исполнительный орган, осуществляющий руководство в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      7) уполномоченный орган в сфере защиты детей от информации, причиняющей вред их здоровью и развитию (далее – уполномоченный орган), – центральный исполнительный орган, осуществляющий руководство в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) доступ детей к информации – право детей свободно получать и распространять информационную продукцию для детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      8) доступ детей к информации – право детей свободно получать и распространять информационную продукцию для детей;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) информационная безопасность детей – обеспечение защиты прав и законных интересов детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) возрастная категория – категория, присваиваемая информационной продукции в порядке, определенном настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      9) информационная безопасность детей – обеспечение защиты прав и законных интересов детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) знак возрастной категории – графическое и (или) текстовое обозначения возрастной категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      10) возрастная категория – категория, присваиваемая информационной продукции в порядке, определенном настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) возрастная классификация – процесс присвоения информационной продукции возрастной категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      11) знак возрастной категории – графическое и (или) текстовое обозначения возрастной категории;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) натуралистические описание и (или) изображение – описание и (или) изображение человека, животного, предмета, события, явления, действия (бездействия) и их последствий, фиксирующие внимание человека на деталях, анатомических подробностях и (или) физиологических либо технических процессах объекта изображения (описания);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      12) возрастная классификация – процесс присвоения информационной продукции возрастной категории;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) информация, содержащая ненормативную лексику, – информация, содержащая бранные, вульгарные, нецензурные слова, речевые обороты и выражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      13) натуралистические описание и (или) изображение – описание и (или) изображение человека, животного, предмета, события, явления, действия (бездействия) и их последствий, фиксирующие внимание человека на деталях, анатомических подробностях и (или) физиологических либо технических процессах объекта изображения (описания);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие настоящего Закона не распространяется на отношения, связанные с распространением информационной продукции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      14) информация, содержащая ненормативную лексику, – информация, содержащая бранные, вульгарные, нецензурные слова, речевые обороты и выражения.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) содержащей научную, научно-методическую, учебную, учебно-методическую, статистическую информацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) относящейся к культурным ценностям в соответствии с законодательством Республики Казахстан о культуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
-[...38 lines deleted...]
-      1) содержащей научную, научно-методическую, учебную, учебно-методическую, статистическую информацию;</w:t>
+        <w:t>Статья 3. Законодательство Республики Казахстан о защите детей от информации, причиняющей вред   их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Законодательство Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      2) относящейся к культурным ценностям в соответствии с законодательством Республики Казахстан о культуре.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-      1. Законодательство Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ОСНОВНЫЕ ЦЕЛЬ, ЗАДАЧИ И ПРИНЦИПЫ НАСТОЯЩЕГО ЗАКОНА, ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ, ОБЩЕСТВЕННЫЙ КОНТРОЛЬ И УЧАСТИЕ В СФЕРЕ ЗАЩИТЫ ДЕТЕЙ ОТ ИНФОРМАЦИИ, ПРИЧИНЯЮЩЕЙ ВРЕД ИХ ЗДОРОВЬЮ И РАЗВИТИЮ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 с изменением, внесенным Законом РК от 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -822,1388 +1010,1482 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Основные цель, задачи и принципы настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="22"/>
+    <w:bookmarkStart w:name="z162" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основной целью настоящего Закона является регулирование общественных отношений, возникающих в связи с реализацией прав детей на получение и распространение информации, направленных на защиту детей от информации, причиняющей вред их здоровью и развитию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z163" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z163" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основными задачами настоящего Закона являются: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z164" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение защиты прав и законных интересов детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z165" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) международное сотрудничество в сфере защиты детей от информации, причиняющей вред их здоровью и развитию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z164" w:id="24"/>
-[...15 lines deleted...]
-      1) обеспечение защиты прав и законных интересов детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными принципами настоящего Закона являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z165" w:id="25"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z167" w:id="27"/>
+    <w:bookmarkStart w:name="z167" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечение государством защиты прав и законных интересов детей с учетом психовозрастных особенностей, уязвимости от негативного влияния информационной среды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z168" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) системность и комплексность государственных мер по обеспечению защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z169" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) учет исторических и иных традиций, культурных ценностей общества и государства в целях надлежащего воспитания и полноценного развития детей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z168" w:id="28"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="30"/>
+    <w:bookmarkStart w:name="z170" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) допустимость ограничения законами Республики Казахстан прав детей свободно получать и распространять информацию, причиняющую вред их здоровью и развитию. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 - в редакции Закона РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан разрабатывает основные направления государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию, и организует их осуществление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 - в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...242 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществляет межотраслевую координацию в сфере защиты детей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает правила и методику присвоения информационной продукции возрастной классификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z171" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает требования к знаку возрастной категории;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z172" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) разрабатывает и утверждает нормативные правовые акты в сфере защиты детей от информации, причиняющей вред их здоровью и развитию, в соответствии с целью, задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Компетенция государственных органов и местных исполнительных органов в сфере защиты детей от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в области масс-медиа в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет мониторинг масс-медиа на предмет соблюдения требований настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) исключен Законом РК от 10.01.2025 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...85 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...255 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, в масс-медиа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в области связи и информатизации в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, в сетях телекоммуникаций;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
-[...15 lines deleted...]
-      2. Уполномоченный орган в области связи и информатизации в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в области образования в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
-[...15 lines deleted...]
-      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
-[...15 lines deleted...]
-      3. Уполномоченный орган в области образования в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Органы внутренних дел в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
-[...15 lines deleted...]
-      1) реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализуют государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
-[...15 lines deleted...]
-      2) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, при распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
-[...15 lines deleted...]
-      4. Органы внутренних дел в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
-[...15 lines deleted...]
-      1) реализуют государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Местные исполнительные органы областей в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
-[...15 lines deleted...]
-      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, при распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают реализацию государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
-[...15 lines deleted...]
-      3) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
-[...15 lines deleted...]
-      5. Местные исполнительные органы областей в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Местные исполнительные органы городов республиканского значения и столицы, районов, городов областного значения в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивают реализацию государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
-[...15 lines deleted...]
-      2) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, на соответствующей административно-территориальной единице, за исключением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
-[...15 lines deleted...]
-      6. Местные исполнительные органы городов республиканского значения и столицы, районов, городов областного значения в пределах своей компетенции:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      масс-медиа, а также информации, распространяемой посредством сетей телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       распространения несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2239,1271 +2521,1850 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Общественный контроль и участие в сфере защиты детей   от информации, причиняющей вред их здоровью и развитию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общественный контроль за соблюдением требований настоящего Закона осуществляется физическими лицами и некоммерческими организациями в соответствии с их уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Физические лица и некоммерческие организации вправе: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять мониторинг распространения информационной продукции и доступа детей к информации, в том числе посредством создания и поддержания "горячих линий", применения технических, аппаратных и иных форм мониторинга и выявления информации, информационной продукции и действий лиц, причиняющих вред здоровью и развитию детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять сведения о нарушениях настоящего Закона в государственные органы и местные исполнительные органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводить мероприятия, направленные на повышение уровня информированности детей о возможностях, потенциале, риске и угрозах распространяемой информации, а также по обучению родителей навыкам контроля за несовершеннолетним при получении и использовании им информации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
-[...15 lines deleted...]
-      1) осуществлять мониторинг распространения информационной продукции и доступа детей к информации, в том числе посредством создания и поддержания "горячих линий", применения технических, аппаратных и иных форм мониторинга и выявления информации, информационной продукции и действий лиц, причиняющих вред здоровью и развитию детей;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проводить анализ информационной грамотности среди детей и родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
-[...15 lines deleted...]
-      2) представлять сведения о нарушениях настоящего Закона в государственные органы и местные исполнительные органы;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять иные действия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
-[...15 lines deleted...]
-      3) проводить мероприятия, направленные на повышение уровня информированности детей о возможностях, потенциале, риске и угрозах распространяемой информации, а также по обучению родителей навыкам контроля за несовершеннолетним при получении и использовании им информации;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ВОЗРАСТНАЯ КЛАССИФИКАЦИЯ, ВОЗРАСТНАЯ КАТЕГОРИЯ И ЗНАК ВОЗРАСТНОЙ КАТЕГОРИИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
-[...15 lines deleted...]
-      4) проводить анализ информационной грамотности среди детей и родителей;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Возрастная классификация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Возрастная классификация осуществляется до начала распространения информационной продукции на территории Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
-[...15 lines deleted...]
-      5) осуществлять иные действия в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) собственником на информационную продукцию, произведенную и (или) изготовленную в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) собственником или распространителем на информационную продукцию, ввозимую (доставленную) на территорию Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нормы настоящего пункта не распространяются на осуществление возрастной классификации фильмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При осуществлении возрастной классификации оценке подлежат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тематика, жанр, содержание и художественное оформление информационной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) особенности восприятия детьми определенной возрастной категории информации, содержащейся в информационной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вероятность причинения вреда здоровью и развитию ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Возрастная классификация осуществляется с присвоением информационной продукции следующих возрастных категорий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z94" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "до 6 лет" – информационная продукция для детей, не достигших шести лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z95" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "с 6 лет" – информационная продукция для детей, достигших шести лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "с 12 лет" – информационная продукция для детей, достигших двенадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "с 14 лет" – информационная продукция для детей, достигших четырнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "с 16 лет" – информационная продукция для детей, достигших шестнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "с 18 лет" – информационная продукция, содержащая информацию, запрещенную для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Возрастная классификация фильмов осуществляется в соответствии с требованиями настоящего Закона и Закона Республики Казахстан "О кинематографии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными Законом РК от 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Информационная продукция возрастной категории "до 6 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "до 6 лет" относится информационная продукция, содержащая оправданные жанром и (или) сюжетом эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений физического и (или) психического, и (или) психологического насилия, при условии, что в информационной продукции содержатся идея торжества добра над злом, сострадание к жертве и (или) осуждение насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Возрастная классификация</w:t>
-[...298 lines deleted...]
-      6) "с 18 лет" – информационная продукция, содержащая информацию, запрещенную для детей.</w:t>
+        <w:t>Статья 11. Информационная продукция   возрастной категории "с 6 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 6 лет" относятся информационная продукция, предусмотренная статьей 10 настоящего Закона, а также информационная продукция, не содержащая описания и (или) изображения несчастных случаев, аварий, катастроф, смерти и их последствий, вызывающих у детей страх, панику или ужас, а также унижающих человеческое достоинство.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
-[...15 lines deleted...]
-      4. Возрастная классификация фильмов осуществляется в соответствии с требованиями настоящего Закона и Закона Республики Казахстан "О кинематографии".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Информационная продукция   возрастной категории "с 12 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 12 лет" относятся информационная продукция, предусмотренная статьей 11 настоящего Закона, а также информационная продукция, содержащая описания и (или) изображения несчастных случаев, аварий, катастроф, ненасильственной смерти без описания и (или) изображения их последствий, которые могут вызвать у детей страх, панику или ужас.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...60 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10. Информационная продукция возрастной категории "до 6 лет"</w:t>
-[...18 lines deleted...]
-      К информационной продукции возрастной категории "до 6 лет" относится информационная продукция, содержащая оправданные жанром и (или) сюжетом эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений физического и (или) психического, и (или) психологического насилия, при условии, что в информационной продукции содержатся идея торжества добра над злом, сострадание к жертве и (или) осуждение насилия.</w:t>
+        <w:t>Статья 13. Информационная продукция   возрастной категории "с 14 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 14 лет" относятся информационная продукция, предусмотренная статьей 12 настоящего Закона, а также информационная продукция, содержащая оправданные жанром и (или) сюжетом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) эпизодические описания и (или) изображения наркотических средств, психотропных веществ, их аналогов и прекурсоров, табачных изделий, алкогольной продукции с напоминанием об опасности их потребления, порицающие влечение к ним как провоцирующие антиобщественные и противоправные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эпизодические описания и (или) изображения без натуралистических описаний и (или) изображений смерти человека вследствие применения силы на пути защиты прав человека и законных интересов общества и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 11. Информационная продукция   возрастной категории "с 6 лет"</w:t>
-[...92 lines deleted...]
-      К информационной продукции возрастной категории "с 14 лет" относятся информационная продукция, предусмотренная статьей 12 настоящего Закона, а также информационная продукция, содержащая оправданные жанром и (или) сюжетом:</w:t>
+        <w:t>Статья 14. Информационная продукция возрастной категории "с 16 лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К информационной продукции возрастной категории "с 16 лет" относятся информационная продукция, предусмотренная статьей 13 настоящего Закона, а также информационная продукция, содержащая оправданные жанром и (или) сюжетом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z109" w:id="90"/>
-[...76 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="93"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) эпизодические описания и (или) изображения сюжетов самоубийства и (или) убийства человека, которые вызывают чувство сострадания к жертвам и осуждение жестокости и насилия; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эпизодические описания и (или) изображения сексуальных отношений людей, за исключением описания и (или) изображения действий сексуального характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Знак возрастной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Знак возрастной категории наносится на информационную продукцию или указывается на ней распространителем путем обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z117" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "до 6 лет" – знака "6–" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, не достигших шести лет";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z114" w:id="94"/>
-[...15 lines deleted...]
-      2) эпизодические описания и (или) изображения сексуальных отношений людей, за исключением описания и (или) изображения действий сексуального характера.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "с 6 лет" – знака "6+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших шести лет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z119" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "с 12 лет" – знака "12+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших двенадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z120" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "с 14 лет" – знака "14+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших четырнадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z121" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "с 16 лет" – знака "16+" в ромбе и (или) текстового предупреждения в виде словосочетания "для детей, достигших шестнадцати лет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z122" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "с 18 лет" – знака "18+" в ромбе и (или) текстового предупреждения в виде словосочетания "запрещено для детей".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z123" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Распространение информационной продукции без знака возрастной категории на территории Республики Казахстан не допускается, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z124" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационных, развлекательных и спортивных теле-, радиопрограмм, транслируемых в прямом эфире;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z125" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) периодических печатных изданий, специализирующихся на распространении информации общественно-политического характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z126" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) новостных, информационно-аналитических, общественно-политических телепрограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z127" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информационной продукции, распространяемой посредством радиовещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z128" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рекламы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) интернет-ресурсов, кроме сетевых изданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Знак возрастной категории может наноситься на перечисленную в части первой настоящего пункта информационную продукцию или указываться на ней на добровольной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z161" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Знак возрастной категории при распространении информационной продукции на телеканалах наносится на весь период ее трансляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z131" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае распространения информационной продукции, состоящей из нескольких частей, относящихся к разным возрастным категориям, знак возрастной категории должен соответствовать информационной продукции для детей старшей возрастной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z132" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текстовое предупреждение о возрастной категории должно соответствовать языку, на котором распространяется информационная продукция.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z133" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...263 lines deleted...]
-    <w:bookmarkEnd w:id="107"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ТРЕБОВАНИЯ К РАСПРОСТРАНЕНИЮ ИНФОРМАЦИОННОЙ ПРОДУКЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Общие требования к информации и   информационной продукции для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К информации, причиняющей вред здоровью и развитию детей, относится информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z136" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрещенная Конституцией и законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z137" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрещенная для детей настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z138" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ограниченная для детей определенных возрастных групп законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z139" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К запрещенной для детей информации относится информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z140" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) побуждающая детей к совершению действий, представляющих угрозу их жизни и (или) здоровью, в том числе к самоубийству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z141" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) провоцирующая детей на антиобщественные и противоправные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z142" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) содержащая специальный сексуально-эротический характер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z143" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содержащая описание и (или) изображение сексуального насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z144" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содержащая ненормативную лексику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z145" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) распространение которой среди детей запрещено иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 7) в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+        <w:t xml:space="preserve">      В часть 1 пункта 3 предусматривается изменение Законом РК от 30.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 248-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3511,1036 +4372,457 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) интернет-ресурсов, кроме сетевых изданий.</w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
+      3. Не допускается распространение несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей, за исключением информационной продукции, распространяемой посредством сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей, посредством сети Интернет применяются административные, технические, программные средства или иные способы ограничения доступа детей к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z148" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Распространение информационной продукции, содержащей информацию, ограниченную для распространения среди детей определенных возрастных групп, допускается в соответствии с требованиями статей 10 – 14 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Особые требования к информационной продукции, распространяемой посредством телерадиовещания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информационная продукция, содержащая информацию, отнесенную настоящим Законом к возрастной категории "с 18 лет", не подлежит распространению посредством телерадиовещания с 6.00 часов до 22.00 часов по местному времени, за исключением информационной продукции, распространяемой на платной основе с применением декодирующих технических устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z151" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Распространение информационной продукции посредством радиовещания, за исключением радиопрограмм, транслируемых в прямом эфире, сопровождается сообщением о возрастной категории радиопрограммы в начале ее трансляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z152" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При распространении информационной продукции, соответствующей статьям 10 – 14 настоящего Закона, посредством телерадиовещания в начале теле-, радиопрограммы, а также при каждом возобновлении после ее прерывания указывается знак возрастной категории или сообщается возрастная категория.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 18 предусматриваются изменения Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Особые требования к информационной продукции, распространяемой посредством сетей телекоммуникаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность по предоставлению доступа детям к информации, распространяемой посредством сетей телекоммуникаций, в том числе сети Интернет, предоставляемого лицом во временное пользование посредством аппаратно-программного комплекса и (или) технологий, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z155" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...507 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Особые требования к информационной продукции, распространяемой посредством телерадиовещания</w:t>
-[...58 lines deleted...]
-      3. При распространении информационной продукции, соответствующей статьям 10 – 14 настоящего Закона, посредством телерадиовещания в начале теле-, радиопрограммы, а также при каждом возобновлении после ее прерывания указывается знак возрастной категории или сообщается возрастная категория.</w:t>
+        <w:t>Статья 19. Ответственность за нарушение законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...94 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 18. Особые требования к информационной продукции, распространяемой посредством сетей телекоммуникаций</w:t>
-[...18 lines deleted...]
-      Деятельность по предоставлению доступа детям к информации, распространяемой посредством сетей телекоммуникаций, в том числе сети Интернет, предоставляемого лицом во временное пользование посредством аппаратно-программного комплекса и (или) технологий, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 20. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие по истечении шести месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z155" w:id="130"/>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>