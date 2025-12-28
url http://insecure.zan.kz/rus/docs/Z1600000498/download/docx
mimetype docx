--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3894eb8" w14:textId="3894eb8">
+    <w:p w14:paraId="d27ed80" w14:textId="d27ed80">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5257,366 +5257,334 @@
         </w:rPr>
         <w:t>Статья 13. Почтовый перевод денег</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z72" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Почтовый перевод денег является регистрируемым почтовым отправлением. Порядок и требования к почтовому переводу денег, а также формы бланка почтового отправления устанавливаются правилами предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z73" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сумма почтового перевода денег, пересылаемого внутри Республики Казахстан, не ограничивается, если иное не предусмотрено законодательством Республики Казахстан в области противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения. Почтовые переводы денег принимаются в национальной валюте Республики Казахстан и других валютах в соответствии с валютным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении почтовых переводов денег в иностранной валюте отправитель (получатель) представляет дополнительные сведения и документы в соответствии с требованиями валютного законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прием денег для осуществления почтовых переводов производится наличным и безналичным способами. Почтовый перевод денег при безналичном способе производится после поступления денег и суммы комиссионного вознаграждения на банковский счет оператора почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменением, внесенным Законом РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="129"/>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Распространение периодических печатных изданий по подписке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z75" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z75" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предоставление пользователям услуг оператора почты услуги по распространению периодических печатных изданий по подписке осуществляется после заключения оператором почты договора с собственником средств массовой информации или его представителем по включению периодического печатного издания в подписной каталог оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор почты ведет единый подписной каталог на бумажном носителе или в электронной форме, который должен содержать в себе разделы по республиканским, местным и иностранным периодическим печатным изданиям, в зависимости от территории распространения периодического печатного издания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="131"/>
+    <w:bookmarkStart w:name="z76" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Распространение периодических печатных изданий по подписке состоит из следующих этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заключение договора с собственником средств массовой информации или его представителем на распространение периодических печатных изданий, а также прием заказа от пользователя услуг оператора почты и оформление подписки, в том числе с использованием интернет-ресурса и обработки информации по принятой подписке оператором почты на периодические печатные издания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прием, обработка, перевозка, доставка периодического печатного издания пользователю услуг оператора почты оператором почты либо пересылка периодического печатного издания в электронной форме на электронный абонентский почтовый ящик пользователя услуг оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="132"/>
+    <w:bookmarkStart w:name="z77" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Подписка на республиканские, местные и иностранные периодические печатные издания осуществляется оператором почты или пользователем услуг оператора почты через производственные объекты или интернет-ресурсы. Распространение республиканских периодических печатных изданий по подписке осуществляется на всей территории Республики Казахстан в соответствии с документом, выдаваемым уполномоченным органом в области масс-медиа, а распространение местных периодических печатных изданий осуществляется на территории области, города республиканского значения, столицы, указанной в соответствующем документе, выдаваемом местными исполнительными органами областей, городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z78" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z78" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Распространение иностранных периодических печатных изданий по подписке осуществляется на территории, указанной в документе об учете иностранных периодических печатных изданий, распространяемых в Республике Казахстан, выдаваемом уполномоченным органом в области масс-медиа, местными исполнительными органами областей, городов республиканского значения, столицы в соответствии с Законом Республики Казахстан "О масс-медиа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5635,120 +5603,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="134"/>
+    <w:bookmarkStart w:name="z15" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Розничная продажа периодических печатных изданий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z79" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z79" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предоставление пользователям услуг оператора почты услуги по розничной продаже периодических печатных изданий осуществляется оператором почты на основании договора, заключенного с собственником средств массовой информации или его представителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z80" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z80" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Розничная продажа иностранных периодических печатных изданий осуществляется оператором почты на территории, указанной в документе об учете иностранных периодических печатных изданий, распространяемых в Республике Казахстан, выдаваемом уполномоченным органом в области масс-медиа, местными исполнительными органами областей, городов республиканского значения, столицы в соответствии с Законом Республики Казахстан "О масс-медиа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5767,390 +5735,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="137"/>
+    <w:bookmarkStart w:name="z16" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Реализация знаков почтовой оплаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z81" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z81" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Знаки почтовой оплаты предназначены для подтверждения оплаты услуг оператора почты по пересылке письменной корреспонденции согласно действующим тарифам. Применение знаков почтовой оплаты осуществляется только к отправлениям письменной корреспонденции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z82" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z82" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оператор почты использует знаки почтовой оплаты, согласованные с уполномоченным органом, за исключением государственных знаков почтовой оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z83" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z83" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Операторы почты на территории Республики Казахстан осуществляют пересылку внутренней и международной письменной корреспонденции только при наличии знаков почтовой оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z84" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z84" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Проданные знаки почтовой оплаты, в том числе государственные, возврату и обмену не подлежат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z85" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z85" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При отсутствии на почтовом отправлении знаков почтовой оплаты или частичной уплате установленного тарифа оператор почты возвращает такое почтовое отправление отправителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z86" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z86" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Загрязненные, поврежденные, использованные (погашенные), изъятые из обращения знаки почтовой оплаты, а также знаки почтовой оплаты других государств для оплаты услуг почтовой связи не принимаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z87" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z87" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Приобретенные знаки почтовой оплаты, подтверждающие оплату услуг почтовой связи, должны использоваться у оператора почты, выпустившего в обращение данный знак почтовой оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z88" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z88" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В целях идентификации знаков почтовой оплаты по принадлежности к операторам почты знаки почтовой оплаты, кроме государственных знаков почтовой оплаты, должны содержать на лицевой стороне наименование оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z17" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z17" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Государственные знаки почтовой оплаты и филателистическая продукция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z89" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z89" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган осуществляет ввод в обращение государственных знаков почтовой оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z90" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z90" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Требования к государственным знакам почтовой оплаты определяются уполномоченным органом в соответствии с актами Всемирного почтового союза. Порядок утверждения видов и объемов государственных знаков почтовой оплаты, ввод в почтовое обращение и снятие их из обращения, а также организация изготовления, выпуска и реализации определяются правилами выпуска, реализации государственных знаков почтовой оплаты и филателистической продукции, утверждаемыми уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z91" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z91" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Организация изготовления, выпуска и реализации государственных знаков почтовой оплаты осуществляется Национальным оператором почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z92" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z92" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В целях защиты от оборота незаконно выпущенных государственных знаков почтовой оплаты Национальный оператор почты направляет в адрес Всемирного почтового союза по три почтовые марки каждого нового выпуска и каждого номинала в сопровождении необходимой информации (дата выпуска, техническое описание и другие необходимые данные) для включения в реестр подлинных марок стран-членов Всемирного почтового союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z93" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z93" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган по предложению Национального оператора почты осуществляет снятие с почтового обращения государственных знаков почтовой оплаты в целях использования в качестве филателистической продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z94" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z94" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Почтовое обращение государственного знака почтовой оплаты осуществляется не менее двух лет после даты ввода его в обращение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6169,180 +6137,180 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="153"/>
+    <w:bookmarkStart w:name="z18" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Услуги по пересылке гибридного отправления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z95" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z95" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оказание оператором почты услуги по пересылке гибридного отправления осуществляется путем пересылки отправления на первоначальном этапе в форме электронного письма (сообщения) посредством использования информационных систем, интернет-ресурсов и других электронных носителей, доставляемого на последующем этапе в виде письма (почтовой карточки) либо пересылки на первоначальном этапе письма (почтовой карточки), доставляемого на последующем этапе в форме электронного письма (сообщения) путем использования информационных систем, интернет-ресурсов на электронную почту или электронный абонентский почтовый ящик.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z96" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z96" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Прием или доставка электронных писем (сообщений) от отправителей осуществляется путем передачи информации из используемых информационных систем, которые на основании договора интегрированы с информационной системой оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z97" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z97" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В целях приема или доставки электронных писем (сообщений) операторы почты используют собственные информационные системы и сети телекоммуникаций или информационные системы и сети телекоммуникаций третьих лиц на основании договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z98" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z98" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оператор почты вправе привлекать третье лицо на основании договора, которое производит распечатывание и конвертирование полученных электронных писем (сообщений).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z99" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z99" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пересылка электронного письма (сообщения) в виде почтового отправления производится в соответствии с требованиями, установленными настоящим Законом и правилами предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18-1. Услуги электронной, гибридной почты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6468,313 +6436,313 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="159"/>
+    <w:bookmarkStart w:name="z19" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Оплата услуг оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z101" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z101" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оплата услуг оператора почты производится в порядке, установленном правилами предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z102" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z102" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оплата услуг оператора почты производится следующими способами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) с использованием наличных денег;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в безналичном порядке, в том числе электронными деньгами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="162"/>
+    <w:bookmarkStart w:name="z103" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При заключении договора на оказываемые услуги пользователям услуг оператора почты оператором почты предусматриваются в условиях договора один или несколько способов оплаты услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z104" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z104" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оператор почты по поручению отправителя обязуется получить с адресата при вручении ему почтового отправления сумму наложенного платежа, оговоренную отправителем, и выслать ее по указанному отправителем адресу. Почтовые отправления с наложенным платежом принимаются для пересылки по всей территории Республики Казахстан и в те страны, с операторами почты которых заключены соответствующие договоры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z105" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z105" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае отказа адресата от почтового отправления, в том числе с наложенным платежом, оператор почты возвращает почтовое отправление отправителю, который обязан при получении почтового отправления оплатить сумму за обратную пересылку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Извещение, уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z820" w:id="165"/>
+    <w:bookmarkStart w:name="z820" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Извещение о поступлении регистрируемого почтового отправления по месту назначения направляется электронным способом на электронный абонентский почтовый ящик получателя почтового отправления, в случае отсутствия электронного абонентского почтового ящика извещение направляется на абонентский номер сотовой связи при его наличии либо доставляется на бумажном носителе до абонентского почтового ящика и (или) абонементного ящика. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z821" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z821" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уведомление о вручении почтового отправления является дополнительной услугой почтовой связи, за которую взимается плата с отправителя при приеме регистрируемого почтового отправления, и направляется обратно отправителю при вручении получателю регистрируемого почтового отправления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z822" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z822" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Оформление и пересылка уведомления о получении регистрируемого почтового отправления осуществляются на бумажном носителе либо в электронной форме с использованием электронного абонентского почтового ящика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z823" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z823" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тариф за уведомление о вручении почтового отправления оплачивается отправителем предварительно с получением квитанции оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6813,100 +6781,100 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="169"/>
+    <w:bookmarkStart w:name="z21" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Возврат почтового отправления, изменение или исправление адреса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z109" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z109" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отправитель обращается к оператору почты с требованием о возврате почтового отправления, изменении или исправлении адреса в случаях, когда почтовое отправление:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не выдано адресату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6917,278 +6885,278 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не конфисковано или не уничтожено за предметы и вещества, запрещенные к пересылке;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не изъято на основании законодательства страны назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="171"/>
+    <w:bookmarkStart w:name="z110" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Возврат почтового отправления, изменение и исправление адреса осуществляются при дополнительной оплате отправителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z22" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z22" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Операторы почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z111" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z111" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы почты должны располагать необходимой материально-технической базой и квалифицированными кадрами, средствами механизации, предоставлять для пользователей услуг оператора почты информацию о тарифах, сроках пересылки почтовых отправлений внутри Казахстана и за его пределы, а также иную информацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z112" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z112" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Деятельность операторов почты по предоставлению услуг почтовой связи осуществляется в соответствии с правилами предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z113" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z113" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Операторы почты обязаны обеспечить сохранность принятых от пользователей услуг оператора почты почтовых отправлений и почтовых переводов денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z114" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z114" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Операторы почты предоставляют сведения о почтовых отправлениях, почтовых переводах денег, отправителях и адресатах только отправителям и адресатам либо их законным представителям или поверенным на основании доверенности. Предоставление указанных сведений иным физическим и юридическим лицам осуществляется только в случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z115" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z115" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Операторы почты оказывают услуги почтовой связи через производственные объекты, почтоматы, почтальонов или курьеров, а также при оказании услуг используют собственные знаки почтовой оплаты в соответствии с требованиями, установленными настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Через абонентские почтовые ящики операторы почты доставляют почтовые отправления, перечень которых устанавливается правилами предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="178"/>
+    <w:bookmarkStart w:name="z116" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Взаимодействие между операторами почты осуществляется на договорной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z117" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z117" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Оператором почты не может выступать физическое или юридическое лицо, учредителем или участником которого является физическое лицо, имеющее непогашенную или неснятую судимость за преступления, предусмотренные статьями 216 и 217 Уголовного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z118" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z118" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Операторы почты осуществляют деятельность в порядке, установленном настоящим Законом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7207,198 +7175,198 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="181"/>
+    <w:bookmarkStart w:name="z23" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Национальный оператор почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z119" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z119" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Национальный оператор почты несет следующие обязательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставляет универсальные услуги почтовой связи в соответствии с показателями качества универсальных услуг почтовой связи, утвержденными уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z824" w:id="183"/>
+    <w:bookmarkStart w:name="z824" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) оказывает в сельских населенных пунктах услуги, предусмотренные статьей 23-1 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z261" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z261" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) оказывает услуги специальной почтовой связи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О связи";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z811" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z811" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет присвоение объектам недвижимости почтовых индексов в соответствии с правилами по присвоению почтовых индексов в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7463,168 +7431,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивает работников службы специальной почтовой связи форменной одеждой, а также своих работников – форменной одеждой (без погон);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организует выпуск и реализацию государственных знаков почтовой оплаты Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z825" w:id="186"/>
+    <w:bookmarkStart w:name="z825" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) создает единую систему электронных абонентских почтовых ящиков и обеспечивает ее функционирование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z120" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z120" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Национальный оператор почты вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказывать услуги, предусмотренные подпунктами 2), 3), 4), 5), 7) и 9) пункта 2 и пунктом 3 статьи 9 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="188"/>
+    <w:bookmarkStart w:name="z262" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществлять брокерскую, дилерскую и трансфер-агентскую деятельность в порядке, установленном уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z815" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z815" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) оказывать услуги без взимания платы за прием наличных и безналичных денег от физических лиц и представителей государственных учреждений в уплату налогов и других обязательных платежей в бюджет по перечню доходов, утвержденному центральным уполномоченным органом по исполнению бюджета, с правом получения вознаграждения за оказанные услуги из бюджета на основании заключенного договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z809" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z809" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществлять без лицензии отдельные виды банковских операций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прием депозитов, открытие и ведение банковских счетов юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7689,943 +7657,741 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инкассацию банкнот, монет и ценностей, в том числе драгоценных металлов, драгоценных камней и изделий из них;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обменные операции с иностранной валютой, включая обменные операции с наличной иностранной валютой;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z817" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       открытие и ведение банковского счета физического лица, включенного в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, в целях проведения операций с деньгами и (или) иным имуществом, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z810" w:id="191"/>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z810" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществлять выпуск, реализацию и распространение платежных карточек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z849" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z849" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществлять транспортировку и хранение лекарственных средств и медицинских изделий согласно требованиям, установленным законодательством Республики Казахстан в области здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z121" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z121" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Деятельность Национального оператора почты по приему депозитов, открытию и ведению банковских счетов физических лиц регулируется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций, в том числе путем установления отдельных пруденциальных нормативов и выдачи лицензий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z816" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z816" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный оператор почты представляет финансовую и иную отчетность в Национальный Банк Республики Казахстан в соответствии с нормативным правовым актом Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z813" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z813" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сохранность вкладов населения, привлекаемых Национальным оператором почты на срочные депозиты, обеспечивается им путем размещения их в государственные ценные бумаги и иные ликвидные финансовые инструменты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z263" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций осуществляет контроль и надзор за соблюдением Национальным оператором почты законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения при осуществлении им финансовой деятельности и предоставлении финансовых услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z814" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган осуществляет контроль за соблюдением Национальным оператором почты законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения при осуществлении им услуг почтовой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z122" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Национальный оператор почты запрашивает и получает сведения либо получает доступ к информационной системе "Адресный регистр" в целях реализации возложенных на него государством обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z123" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Национальный оператор почты присваивает почтовый индекс каждому объекту недвижимости, который имеет адрес местонахождения и включен в информационную систему "Адресный регистр". Ведение единой базы почтовых индексов на территории Республики Казахстан осуществляет Национальный оператор почты в соответствии с правилами по присвоению почтовых индексов в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z124" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Взаимодействие Национального оператора почты с другими операторами почты осуществляется на договорной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23-1. Возмещение затрат Национального оператора почты, связанных с обеспечением доступа к государственным услугам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z827" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Доступ населения, проживающего в сельских населенных пунктах, к государственным услугам обеспечивается Национальным оператором почты в отделениях почтовой связи в соответствии с реестром государственных услуг, утверждаемым уполномоченным органом в сфере оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z828" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Затраты Национального оператора почты, связанные с созданием и обеспечением доступа населению, проживающему в сельских населенных пунктах, к государственным услугам, возмещаются в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z863" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Затраты (расходы) Национального оператора почты по доставке наличных денег в сельские населенные пункты Республики Казахстан возмещаются в порядке и на условиях, которые определяются Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z864" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие затраты возмещаются при условии, если сто процентов пакета акций Национального оператора почты прямо или косвенно принадлежат государству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 23-1 в соответствии с Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...532 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="201"/>
+    <w:bookmarkStart w:name="z24" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Правила предоставления услуг почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Правила предоставления услуг почтовой связи должны содержать порядок:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8860,230 +8626,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="202"/>
+    <w:bookmarkStart w:name="z25" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Ограничения и запреты при предоставлении услуг почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z125" w:id="203"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z125" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ограниченные и запрещенные к пересылке предметы и вещества, обнаруженные в почтовых отправлениях, задерживаются и изымаются на месте обнаружения в порядке, установленном настоящим Законом и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уголовно-процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z126" w:id="204"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z126" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осмотр и выемка почтовых отправлений допускаются в случаях, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z26" w:id="205"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z26" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Использование языков в деятельности операторов почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z127" w:id="206"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z127" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории Республики Казахстан служебное делопроизводство операторов почты осуществляется на казахском и (или) русском языках. Назначенный оператор ведет переписку с назначенными операторами стран-членов Всемирного почтового союза и Всемирным почтовым союзом на языке, определенном актами Всемирного почтового союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z128" w:id="207"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z128" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Адреса отправителя и получателя почтовых отправлений, пересылаемых в пределах Республики Казахстан, должны оформляться по желанию отправителя на казахском или русском языках, а за пределы Республики Казахстан на языке страны назначения или языке, установленном актами Всемирного почтового союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z129" w:id="208"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z129" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Информационные, справочные и другие сведения, касающиеся деятельности операторов почты, а также образцы документов размещаются на казахском и русском языках в соответствии с требованиями Закона Республики Казахстан "О языках в Республике Казахстан" в местах, доступных для пользователей услуг оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9102,493 +8868,493 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="209"/>
+    <w:bookmarkStart w:name="z27" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Применение местного времени в области почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z130" w:id="210"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z130" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При осуществлении деятельности в области почты в технологических процессах пересылки почтовых отправлений операторами почты в зависимости от места их расположения на территории Республики Казахстан применяется местное время.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z131" w:id="211"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z131" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Информирование пользователей услуг оператора почты о времени предоставления услуг производится по местному времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z400" w:id="212"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z400" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПОЧТОВАЯ СЕТЬ И СРЕДСТВА ПОЧТОВОЙ СВЯЗИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Почтовые сети в Республике Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="213"/>
+    <w:bookmarkStart w:name="z132" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории Республики Казахстан действуют национальная почтовая сеть, создаваемая Национальным оператором почты, и почтовые сети, формируемые операторами почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z133" w:id="214"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z133" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Национальная почтовая сеть является стратегическим объектом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z134" w:id="215"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z134" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Операторы почты самостоятельно формируют почтовые сети, за исключением случаев, прямо установленных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z29" w:id="216"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z29" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Планирование и развитие почтовых сетей операторов почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z135" w:id="217"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z135" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы почты самостоятельно планируют и осуществляют развитие почтовых сетей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Развитие почтовых сетей, обеспечивающих предоставление пользователям услуг оператора почты универсальных услуг почтовой связи, осуществляется в соответствии с показателями качества универсальных услуг почтовой связи, утверждаемыми уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="218"/>
+    <w:bookmarkStart w:name="z136" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При строительстве жилых домов заказчик строительства несет обязательства по проектированию и установке абонентских почтовых ящиков за счет собственных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z30" w:id="219"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z30" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Отделения почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z137" w:id="220"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z137" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отделения почтовой связи являются производственными объектами, через которые пользователям услуг оператора почты оказываются услуги в области почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z850" w:id="221"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z850" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Необходимость открытия и содержания отделений почтовой связи устанавливается оператором почты на основе показателей качества универсальных услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z851" w:id="222"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z851" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При принятии решения о закрытии отделения почтовой связи оператор почты информирует об этом местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов за три месяца до предполагаемой даты закрытия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z138" w:id="223"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z138" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Национальный оператор почты обеспечивает функционирование следующих видов отделений почтовой связи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z852" w:id="224"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z852" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стационарные отделения почтовой связи, размещение которых осуществляется в соответствии с показателями качества универсальных услуг почтовой связи, утверждаемыми уполномоченным органом, предназначенные для обслуживания пользователей услуг оператора почты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z853" w:id="225"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z853" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) передвижные отделения почтовой связи, создаваемые на базе транспортных средств, в том числе по договорам с физическими и юридическими лицами, для оказания пользователям услуг оператора почты услуг в области почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z139" w:id="226"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z139" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Обслуживание пользователей услуг оператора почты с помощью передвижных отделений почтовой связи осуществляется в центральной части населенного пункта. Нормативы обеспечения пользователей услуг оператора почты услугами, оказываемыми с помощью передвижных отделений почтовой связи, определяются оператором почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z140" w:id="227"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z140" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Операторы почты самостоятельно определяют и используют необходимые виды отделений почтовой связи в своей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9607,277 +9373,277 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="228"/>
+    <w:bookmarkStart w:name="z31" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Почтовые маршруты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z141" w:id="229"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z141" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Почтовые маршруты операторов почты являются составной частью почтовой сети и представляют собой схему перевозки и доставки почтовых отправлений с использованием транспортных средств и (или) почтальонов, курьеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z142" w:id="230"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z142" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Почтовые маршруты планируются оператором почты, исходя из существующих междугородных межобластных, межрайонных (междугородных внутриобластных), внутрирайонных, пригородных, городских (сельских) маршрутов, а также соединяющих населенные пункты с районными или областными центрами, городами республиканского значения, столицей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z143" w:id="231"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z143" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Составление почтового маршрута и расписания движения транспорта производится операторами почты в соответствии с действующими показателями качества универсальных услуг почтовой связи, внутренними нормативами и сроками обработки, перевозки и доставки почтовых отправлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z144" w:id="232"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z144" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сведения о почтовых маршрутах являются конфиденциальной информацией. Такая информация раскрывается третьим лицам с соблюдением требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Почтоматы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="233"/>
+    <w:bookmarkStart w:name="z145" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Почтоматы могут размещаться в зданиях и сооружениях либо многоквартирных жилых домах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z854" w:id="234"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z854" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственники зданий и сооружений либо их доверенные лица могут предоставлять площади операторам почты на основании договора для размещения ими почтоматов в целях предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z855" w:id="235"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z855" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Собственники квартир, нежилых помещений многоквартирного жилого дома в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О жилищных отношениях" принимают на собрании решение о передаче части имущества объекта кондоминиума в имущественный наем операторам почты для размещения ими почтоматов в целях предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9896,256 +9662,256 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="236"/>
+    <w:bookmarkStart w:name="z33" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 33. Абонентские почтовые ящики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z149" w:id="237"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z149" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Абонентские почтовые ящики находятся в жилых и нежилых зданиях, индивидуальных жилых домах в местах, доступных для пользователей услуг оператора почты и почтальонов операторов почты, и принадлежат их собственникам, которые обеспечивают размещение и содержание в надлежащем состоянии абонентских почтовых ящиков согласно требованиям, установленным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z150" w:id="238"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z150" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственники жилых и нежилых зданий, индивидуальных жилых домов обязаны обеспечить почтальонам, курьерам беспрепятственный доступ к абонентским почтовым ящикам. В случаях отсутствия или неисправности абонентского почтового ящика оператор почты осуществляет выдачу почтового отправления из производственного объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z151" w:id="239"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z151" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По решению собственников жилых и нежилых зданий, индивидуальных жилых домов обязательства по обеспечению установки, содержания и сохранности абонентских почтовых ящиков могут передаваться органу управления объекта кондоминиума по договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z152" w:id="240"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z152" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Операторы почты при пересылке электронных писем (сообщений), документов и (или) гибридных отправлений используют электронные абонентские почтовые ящики. Создание и использование электронных абонентских почтовых ящиков операторами почты осуществляются самостоятельно. Электронные абонентские почтовые ящики предоставляются пользователям услуг оператора почты на основании пользовательского соглашения с оператором почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Операторы почты обеспечивают безопасность и конфиденциальность использования пользователями услуг оператора почты электронных абонентских почтовых ящиков, а также тайну личной переписки пользователя услуг оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="241"/>
+    <w:bookmarkStart w:name="z153" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Национальный оператор почты создает любому пользователю услуг оператора почты при его обращении личный электронный абонентский почтовый ящик на безвозмездной основе и обеспечивает надлежащее его функционирование, а также тайну личной переписки пользователя услуг оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z154" w:id="242"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z154" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Единая система электронных абонентских почтовых ящиков является общедоступной информационной системой Национального оператора почты, обеспечивающей пересылку почтовых отправлений в электронной форме, в том числе в рамках электронного документооборота, на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Создание, функционирование и развитие единой системы электронных абонентских почтовых ящиков на всей территории Республики Казахстан обеспечиваются Национальным оператором почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z829" w:id="243"/>
+    <w:bookmarkStart w:name="z829" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Идентификация пользователей услуг оператора почты происходит согласно их персональным данным (индивидуальный идентификационный номер), юридических лиц – по бизнес-идентификационному номеру. В целях подтверждения данных пользователей услуг оператора почты Национальный оператор почты получает доступ к государственным базам данных физических и юридических лиц государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Интеграция информационных систем между Национальным оператором почты и государственными органами осуществляется в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10260,140 +10026,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="244"/>
+    <w:bookmarkStart w:name="z34" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 34. Именные устройства операторов почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z155" w:id="245"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z155" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы почты обеспечивают производственные объекты именными устройствами, которые применяются в процессах пересылки почтовых отправлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z156" w:id="246"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z156" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Именные устройства операторов почты должны отличаться от установленных для производственных объектов Национального оператора почты именных устройств путем указания наименования данного оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z157" w:id="247"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z157" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок использования именных устройств определяется операторами почты самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10412,158 +10178,158 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="248"/>
+    <w:bookmarkStart w:name="z35" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Использование транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z158" w:id="249"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z158" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторам почты предоставляется право на договорных условиях перевозить почтовые отправления по всем маршрутам и линиям железнодорожного, морского, внутреннего водного, воздушного и автомобильного транспорта в сопровождении работников оператора почты, а также передавать почтовые отправления для перевозки в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z159" w:id="250"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z159" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Проезд автомобильного транспорта и других механических транспортных средств оператора почты, предоставляющего универсальные услуги почтовой связи и другие услуги, к грузовым и багажным комплексам, расположенным на территориях автомобильных дорог, автомобильных, железнодорожных, водных станций и вокзалов, аэропортов, а также для обмена всех видов почтовых отправлений с почтовыми вагонами на перронах и платформах железнодорожных станций и вокзалов осуществляется в первоочередном порядке и без оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче железнодорожных составов на железнодорожные станции (железнодорожные пути) для своевременного обмена почты должен быть обеспечен свободный проезд к почтовому вагону автомобильного транспорта и других механических транспортных средств оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="251"/>
+    <w:bookmarkStart w:name="z160" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Транспортные средства, принадлежащие Национальному оператору почты, имеют специальную символику и без его согласия не используются для предоставления услуг и выполнения работ, не относящихся к деятельности в области почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10582,165 +10348,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z500" w:id="252"/>
+    <w:bookmarkStart w:name="z500" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ПОЛЬЗОВАТЕЛИ УСЛУГ ОПЕРАТОРА ПОЧТЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 36. Качество услуг операторов почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="253"/>
+    <w:bookmarkStart w:name="z161" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы почты обязаны предоставлять услуги пользователям услуг оператора почты, соответствующие по качеству и нормам, установленным настоящим Законом и правилами предоставления услуг почтовой связи, а также условиям заключенного договора на предоставление услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z162" w:id="254"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z162" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Операторами почты услуги почтовой связи оказываются на равных условиях всем пользователям услуг оператора почты в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z830" w:id="255"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z830" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Почтовое отправление принадлежит отправителю до момента доставки и (или) вручения его оператором почты адресату или его законному представителю, или поверенному, действующему на основании доверенности, либо третьим лицам путем получения согласия адресата или отправителя через процесс подтверждения права посредством ввода пароля (пин-кода) или сканирования штрих-кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Почтовый перевод денег принадлежит отправителю до момента доставки и (или) вручения его оператором почты адресату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10833,140 +10599,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="256"/>
+    <w:bookmarkStart w:name="z37" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 37. Особенности обслуживания пользователей услуг оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z163" w:id="257"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z163" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователи услуг оператора почты осуществляют сдачу и получение почтовых отправлений с соблюдением требований законодательства Республики Казахстан, устанавливающих правила оформления адреса на почтовых отправлениях, почтовых переводах денег, а также к содержанию почтовых отправлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z164" w:id="258"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z164" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае приобретения у оператора почты знаков почтовой оплаты пользователь услуг оператора почты обязан сдать почтовое отправление оператору почты через операционное окно, у которого были приобретены указанные знаки почтовой оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z831" w:id="259"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z831" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При наличии информационной системы операторы почты вправе оказывать услуги в области почты посредством автоматизированных (электронных) устройств, оборудования, информационных систем, а также использовать их для автоматизации и оптимизации процессов оказания услуг в области почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обслуживание пользователей услуг оператора почты возможно посредством использования абонентского устройства сотовой связи.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11023,140 +10789,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="260"/>
+    <w:bookmarkStart w:name="z38" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 38. Защита прав пользователей услуг оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z165" w:id="261"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z165" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Защита прав пользователей услуг оператора почты на предоставление им операторами почты услуг надлежащего качества, получение информации об оказании услуг, а также механизм реализации таких прав регулируются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О защите прав потребителей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z166" w:id="262"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z166" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оператор почты при оказании услуг почтовой связи осуществляет сбор, накопление, использование и хранение персональных данных пользователя услуг оператора почты согласно единому перечню персональных данных пользователей услуг оператора почты, необходимому и достаточному для оказания услуг оператором почты, утверждаемому уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Операторы почты перед приемом или вручением почтового отправления обязаны получить заявление (согласие) пользователя услуг оператора почты на сбор, накопление, использование и хранение персональных данных. Такое согласие отбирается в электронном виде с использованием электронной цифровой подписи или иным способом, которым подтверждает получение согласия, с использованием автоматизированных (электронных) устройств, оборудования или посредством информационных систем через государственный сервис контроля доступа к персональным данным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11169,148 +10935,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите" либо на бумажном носителе под роспись.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании оператором почты универсальной услуги почтовой связи сбор, накопление, использование и хранение персональных данных производятся без согласия пользователя услуг оператора почты или его законного представителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="263"/>
+    <w:bookmarkStart w:name="z167" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отправка пользователем услуг оператора почты регистрируемых почтовых отправлений производится лично либо его представителем путем предъявления документа, удостоверяющего личность отправителя, в пункте приема почтовых отправлений оператора почты, либо через почтальона или курьера оператора почты. В случае отказа отправителя от предоставления согласия на сбор, накопление, использование и хранение персональных данных оператор почты обязан отказать пользователю услуг оператора почты в отправке почтового отправления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z168" w:id="264"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z168" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оператор почты при приеме регистрируемого почтового отправления осуществляет сбор, накопление, использование и хранение персональных данных получателя без его согласия. При вручении оператором почты регистрируемого почтового отправления пользователю услуг оператора почты получатель предъявляет документ, удостоверяющий личность, и дает согласие оператору почты на сбор, накопление, использование и хранение персональных данных. В случае отказа получателя от предоставления согласия на сбор, накопление, использование и хранение персональных данных, оператор почты не вручает почтовое отправление получателю и обязан направить обратно отправителю почтовое отправление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласие на сбор, накопление, использование и хранение персональных данных отбирается в электронном виде с использованием электронной цифровой подписи или иным способом, которым подтверждает получение согласия, с использованием автоматизированных (электронных) устройств, оборудования или посредством информационных систем через государственный сервис контроля доступа к персональным данным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите" либо на бумажном носителе под роспись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="265"/>
+    <w:bookmarkStart w:name="z169" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Операторы почты и органы, осуществляющие оперативно-розыскную, контрразведывательную деятельность, получающие доступ к персональным данным, обеспечивают конфиденциальность путем соблюдения требований не допускать их распространения без согласия субъекта или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11369,105 +11135,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z600" w:id="266"/>
+    <w:bookmarkStart w:name="z600" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ОБЕСПЕЧЕНИЕ БЕЗОПАСНОСТИ В ОБЛАСТИ ПОЧТОВОЙ СВЯЗИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 39. Меры по обеспечению безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="267"/>
+    <w:bookmarkStart w:name="z170" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При оказании услуг почтовой связи операторы почты в пределах своей компетенции принимают меры для обеспечения безопасности здоровья и жизни пользователей услуг оператора почты и работников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11706,70 +11472,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях выявления запрещенных предметов и веществ в почтовых отправлениях операторы почты используют технические средства, оборудование и системы видеофиксации, позволяющие выявить запрещенные предметы и вещества в почтовых отправлениях без их вскрытия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обнаружения во время пересылки почтовых отправлений предметов и веществ, запрещенных в соответствии с правилами предоставления услуг почтовой связи, операторы почты обязаны сообщить в правоохранительные и специальные государственные органы. Вскрытие почтовых отправлений осуществляется представителями уполномоченных органов на месте обнаружения и в присутствии работников оператора почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="268"/>
+    <w:bookmarkStart w:name="z173" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отправитель почтового отправления несет ответственность в соответствии с законами Республики Казахстан за нарушение запретов, установленных для пересылки предметов и веществ в почтовых отправлениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11788,281 +11554,281 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="269"/>
+    <w:bookmarkStart w:name="z40" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40. Система почтовой безопасности Национального оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z174" w:id="270"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z174" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Система почтовой безопасности Национального оператора почты направлена на обеспечение почтовой, банковской, служебной и коммерческой тайны, защиты почтовых отправлений от несанкционированного доступа, мер по предотвращению случаев утраты и хищений почтовых отправлений и денег, соблюдения запретов по пересылке предметов и веществ в почтовых отправлениях, а также безопасности используемых информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z175" w:id="271"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z175" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Режим безопасности поддерживается частной охранной организацией, которая привлекается на договорной основе, или охранной организацией, учрежденной Национальным оператором почты, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об охранной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частные охранные организации или охранная организация, учрежденная Национальным оператором почты, обеспечивают безопасность и защиту объектов инфраструктуры почтовой связи, почтового транспорта, работников и пользователей услуг оператора почты при оказании услуг, защиту почтовых отправлений от несанкционированного доступа к ним, а также предотвращают хищения почтовых отправлений и денег сторонними лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z700" w:id="272"/>
+    <w:bookmarkStart w:name="z700" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. МЕЖДУНАРОДНАЯ ДЕЯТЕЛЬНОСТЬ В ОБЛАСТИ ПОЧТОВОЙ СВЯЗИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 41. Международное сотрудничество</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международное сотрудничество в области почтовой связи осуществляется на основе международных договоров, актов Всемирного почтового союза и настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="273"/>
+    <w:bookmarkStart w:name="z42" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42. Назначенный оператор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z176" w:id="274"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z176" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в соответствии с правилами назначения и отзыва полномочий назначенного оператора осуществляет назначение оператора почты назначенным оператором в целях обеспечения им эксплуатации почтовых служб и выполнения относящихся к ним обязательств, вытекающих из актов Всемирного почтового союза, на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z177" w:id="275"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z177" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Назначенный оператор обязан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказание на постоянной основе услуг почтовой связи во всех населенных пунктах на территории Республики Казахстан, в том числе на территории специальной экономической зоны, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза, для всех пользователей услуг оператора почты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12127,110 +11893,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) прием к оплате международного ответного купона;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) транзит международных почтовых отправлений назначенных операторов других стран-членов Всемирного почтового союза через территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="276"/>
+    <w:bookmarkStart w:name="z178" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Назначенный оператор осуществляет услуги почтовой связи в соответствии с актами Всемирного почтового союза и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z179" w:id="277"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z179" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При невыполнении назначенным оператором обязательств, вытекающих из актов Всемирного почтового союза и пункта 1 настоящей статьи, уполномоченный орган отзывает полномочия назначенного оператора у оператора почты в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z180" w:id="278"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z180" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Назначенный оператор в целях обеспечения вытекающих из актов Всемирного почтового союза обязательств на территории Республики Казахстан, в том числе на территории специальной экономической зоны, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза, создает места международного почтового обмена. Назначенный оператор определяет необходимое количество мест международного почтового обмена, а также порядок их работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Назначенный оператор вправе создавать места обмена и обработки международных почтовых отправлений за пределами территории Республики Казахстан и осуществляет такую деятельность на условиях, предусмотренных в актах Всемирного почтового союза и законодательстве иностранного государства, в котором создается место обмена и обработки международных почтовых отправлений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12267,562 +12033,562 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="279"/>
+    <w:bookmarkStart w:name="z43" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 43. Международный почтовый обмен и международный почтовый транзит</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z181" w:id="280"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z181" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Международный почтовый обмен и международный почтовый транзит осуществляются в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z182" w:id="281"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z182" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Назначенный оператор обязан осуществить официальную регистрацию мест международного почтового обмена в органах Всемирного почтового союза согласно актам Всемирного почтового союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z183" w:id="282"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z183" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Международный почтовый обмен и международный почтовый транзит со стороны Республики Казахстан осуществляет назначенный оператор в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z184" w:id="283"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z184" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Международный почтовый обмен и транзит осуществляются в местах международного почтового обмена, создаваемых назначенным оператором за счет собственных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z185" w:id="284"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z185" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Создание мест обмена и обработки международных почтовых отправлений другими назначенными операторами иностранных государств, являющимися членами Всемирного почтового союза, на территории Республики Казахстан осуществляется с разрешения уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z800" w:id="285"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z800" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z44" w:id="286"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z44" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 44. Ответственность за нарушение обязательств при предоставлении услуг почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z186" w:id="287"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z186" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оператор почты обязан обеспечить сохранность почтового отправления с момента его приема от отправителя до момента выдачи получателю или его законному представителю, или поверенному, действующему на основании доверенности, либо третьим лицам путем получения согласия адресата или отправителя через процесс подтверждения права посредством ввода пароля (пин-кода) или сканирования штрих-кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z187" w:id="288"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z187" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оператор почты несет ответственность в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) утраты, повреждения (порчи) регистрируемого почтового отправления или недостачи вещей, предметов или товара внутри регистрируемого почтового отправления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нарушения сроков пересылки почтового отправления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="289"/>
+    <w:bookmarkStart w:name="z188" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. За утрату, повреждение (порчу) регистрируемого почтового отправления или недостачу вещей, предметов или товара внутри регистрируемого почтового отправления оператор почты несет ответственность в следующих размерах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z857" w:id="290"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z857" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) за утрату или полное повреждение (порчу) почтового отправления с объявленной ценностью – в размере стоимости объявленной ценности и оплаченного тарифа за пересылку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z858" w:id="291"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z858" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке с описью вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере стоимости объявленной ценности недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара, указанной отправителем в описи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z859" w:id="292"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z859" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке без описи вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере части стоимости объявленной ценности регистрируемого почтового отправления, определяемой пропорционально отношению массы недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара к массе пересылавшегося регистрируемого почтового отправления (без массы оболочки почтового отправления), независимо от ее фактической стоимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z860" w:id="293"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z860" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) за утрату или полное повреждение (порчу) иного регистрируемого почтового отправления – в размере двукратной суммы оплаченного тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z861" w:id="294"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z861" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) за недостачу вещей, предметов или товара или утрату части вещей, предметов или товара, или за повреждение части вещей, предметов или товара иного регистрируемого почтового отправления – в размере суммы оплаченного тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z862" w:id="295"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z862" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) за утрату почтового перевода денег – в размере суммы почтового перевода денег и оплаченного тарифа за пересылку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z856" w:id="296"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z856" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Оператор почты несет ответственность за почтовое отправление с объявленной ценностью при условии оплаты тарифа за объявленную ценность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z189" w:id="297"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z189" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. За нарушение сроков пересылки почтового отправления и почтового перевода денег пользователей услуг оператора почты оператор почты уплачивает неустойку в размере трех процентов от оплаченного тарифа за каждый день задержки, но не более суммы оплаченного тарифа за предоставленную услугу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За нарушение сроков пересылки почтового отправления воздушным транспортом оператор почты выплачивает пользователю услуг оператора почты разницу тарифов между оплатой за пересылку воздушным и наземным транспортом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="298"/>
+    <w:bookmarkStart w:name="z190" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Оператор почты освобождается от ответственности за утрату, повреждение (порчу) регистрируемого почтового отправления или недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, нарушение сроков пересылки почтового отправления и почтового перевода денег пользователей услуг оператора почты, если будет доказано, что неисполнение или ненадлежащее исполнение обязательств оказалось невозможным вследствие непреодолимой силы или особых свойств вещей, предметов или товаров в почтовом отправлении и по иным основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, настоящим Законом и международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z191" w:id="299"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z191" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Пользователи услуг оператора почты несут ответственность за ущерб, причиненный оператору почты, возникший:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вследствие обнаружения в почтовых отправлениях предметов и веществ, в силу их особых свойств запрещенных или ограниченных к пересылке по почтовым сетям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12877,175 +12643,175 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="300"/>
+    <w:bookmarkStart w:name="z45" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 45. Ответственность за нарушение законодательства Республики Казахстан о почте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, виновные в нарушении законодательства Республики Казахстан о почте, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="301"/>
+    <w:bookmarkStart w:name="z192" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением части третьей пункта 1 статьи 7, пунктов 2 и 3 статьи 39, которые вводятся в действие с 1 января 2019 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z193" w:id="302"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z193" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 8 февраля 2003 года "О почте" (Ведомости Парламента Республики Казахстан, 2003 г., № 3, ст. 17; № 15, ст. 139; 2004 г., № 23, ст. 142; 2005 г., № 14, ст. 55; № 23, ст. 104; 2006 г., № 1, ст. 5; № 16, ст. 99; 2009 г., № 2-3, ст. 18; 2010 г., № 15, ст. 71; 2011 г., № 11, ст. 102; № 12, ст. 111; 2012 г., № 5, ст. 35; № 13, ст. 91; 2013 г., № 10-11, ст. 56; № 14, ст. 75; 2014 г., № 11, ст. 61; № 14, ст. 87; № 19-I, 19-II, ст. 96; № 21, ст. 122; 2015 г., № 16, cт. 79).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>