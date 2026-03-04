--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d27ed80" w14:textId="d27ed80">
+    <w:p w14:paraId="295cde2" w14:textId="295cde2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -228,50 +228,126 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационных систем", "информационной системе", "информационной системой", "информационные системы", "информационную систему" предусматриваются заменить соответственно словами "цифровых систем", "цифровой системе", "цифровой системой", "цифровые системы", "цифровую систему" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z47" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон устанавливает правовые основы деятельности и регулирует общественные отношения в области почты на территории Республики Казахстан, определяет права и обязанности субъектов почтовой деятельности, компетенцию государственных органов в области почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z100" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8156,130 +8232,214 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Возмещение затрат Национального оператора почты, связанных с обеспечением доступа к государственным услугам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z827" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Доступ населения, проживающего в сельских населенных пунктах, к государственным услугам обеспечивается Национальным оператором почты в отделениях почтовой связи в соответствии с реестром государственных услуг, утверждаемым уполномоченным органом в сфере оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z828" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Затраты Национального оператора почты, связанные с созданием и обеспечением доступа населению, проживающему в сельских населенных пунктах, к государственным услугам, возмещаются в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z828" w:id="204"/>
-[...15 lines deleted...]
-      2. Затраты Национального оператора почты, связанные с созданием и обеспечением доступа населению, проживающему в сельских населенных пунктах, к государственным услугам, возмещаются в порядке, определенном уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z863" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Затраты (расходы) Национального оператора почты по доставке наличных денег в сельские населенные пункты Республики Казахстан возмещаются в порядке и на условиях, которые определяются Национальным Банком Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z863" w:id="205"/>
-[...15 lines deleted...]
-      3. Затраты (расходы) Национального оператора почты по доставке наличных денег в сельские населенные пункты Республики Казахстан возмещаются в порядке и на условиях, которые определяются Национальным Банком Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z864" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие затраты возмещаются при условии, если сто процентов пакета акций Национального оператора почты прямо или косвенно принадлежат государству.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z864" w:id="206"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8318,80 +8478,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="207"/>
+    <w:bookmarkStart w:name="z24" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Правила предоставления услуг почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Правила предоставления услуг почтовой связи должны содержать порядок:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8626,230 +8786,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="208"/>
+    <w:bookmarkStart w:name="z25" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Ограничения и запреты при предоставлении услуг почтовой связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z125" w:id="209"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z125" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ограниченные и запрещенные к пересылке предметы и вещества, обнаруженные в почтовых отправлениях, задерживаются и изымаются на месте обнаружения в порядке, установленном настоящим Законом и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уголовно-процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z126" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осмотр и выемка почтовых отправлений допускаются в случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z126" w:id="210"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="211"/>
+    <w:bookmarkStart w:name="z26" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Использование языков в деятельности операторов почты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z127" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан служебное делопроизводство операторов почты осуществляется на казахском и (или) русском языках. Назначенный оператор ведет переписку с назначенными операторами стран-членов Всемирного почтового союза и Всемирным почтовым союзом на языке, определенном актами Всемирного почтового союза.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z127" w:id="212"/>
-[...15 lines deleted...]
-      1. На территории Республики Казахстан служебное делопроизводство операторов почты осуществляется на казахском и (или) русском языках. Назначенный оператор ведет переписку с назначенными операторами стран-членов Всемирного почтового союза и Всемирным почтовым союзом на языке, определенном актами Всемирного почтового союза.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адреса отправителя и получателя почтовых отправлений, пересылаемых в пределах Республики Казахстан, должны оформляться по желанию отправителя на казахском или русском языках, а за пределы Республики Казахстан на языке страны назначения или языке, установленном актами Всемирного почтового союза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z128" w:id="213"/>
-[...15 lines deleted...]
-      2. Адреса отправителя и получателя почтовых отправлений, пересылаемых в пределах Республики Казахстан, должны оформляться по желанию отправителя на казахском или русском языках, а за пределы Республики Казахстан на языке страны назначения или языке, установленном актами Всемирного почтового союза.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информационные, справочные и другие сведения, касающиеся деятельности операторов почты, а также образцы документов размещаются на казахском и русском языках в соответствии с требованиями Закона Республики Казахстан "О языках в Республике Казахстан" в местах, доступных для пользователей услуг оператора почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z129" w:id="214"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8868,493 +9028,493 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="215"/>
+    <w:bookmarkStart w:name="z27" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Применение местного времени в области почтовой связи</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z130" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При осуществлении деятельности в области почты в технологических процессах пересылки почтовых отправлений операторами почты в зависимости от места их расположения на территории Республики Казахстан применяется местное время.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z130" w:id="216"/>
-[...15 lines deleted...]
-      1. При осуществлении деятельности в области почты в технологических процессах пересылки почтовых отправлений операторами почты в зависимости от места их расположения на территории Республики Казахстан применяется местное время.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информирование пользователей услуг оператора почты о времени предоставления услуг производится по местному времени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z131" w:id="217"/>
-[...15 lines deleted...]
-      2. Информирование пользователей услуг оператора почты о времени предоставления услуг производится по местному времени.</w:t>
+    <w:bookmarkStart w:name="z400" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ПОЧТОВАЯ СЕТЬ И СРЕДСТВА ПОЧТОВОЙ СВЯЗИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z400" w:id="218"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. ПОЧТОВАЯ СЕТЬ И СРЕДСТВА ПОЧТОВОЙ СВЯЗИ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Почтовые сети в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан действуют национальная почтовая сеть, создаваемая Национальным оператором почты, и почтовые сети, формируемые операторами почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:p>
-[...32 lines deleted...]
-      1. На территории Республики Казахстан действуют национальная почтовая сеть, создаваемая Национальным оператором почты, и почтовые сети, формируемые операторами почты.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Национальная почтовая сеть является стратегическим объектом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z133" w:id="220"/>
-[...15 lines deleted...]
-      2. Национальная почтовая сеть является стратегическим объектом Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Операторы почты самостоятельно формируют почтовые сети, за исключением случаев, прямо установленных настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z134" w:id="221"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="222"/>
+    <w:bookmarkStart w:name="z29" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Планирование и развитие почтовых сетей операторов почты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z135" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Операторы почты самостоятельно планируют и осуществляют развитие почтовых сетей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z135" w:id="223"/>
-[...15 lines deleted...]
-      1. Операторы почты самостоятельно планируют и осуществляют развитие почтовых сетей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Развитие почтовых сетей, обеспечивающих предоставление пользователям услуг оператора почты универсальных услуг почтовой связи, осуществляется в соответствии с показателями качества универсальных услуг почтовой связи, утверждаемыми уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При строительстве жилых домов заказчик строительства несет обязательства по проектированию и установке абонентских почтовых ящиков за счет собственных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="225"/>
+    <w:bookmarkStart w:name="z30" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Отделения почтовой связи</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z137" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Отделения почтовой связи являются производственными объектами, через которые пользователям услуг оператора почты оказываются услуги в области почты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z137" w:id="226"/>
-[...15 lines deleted...]
-      1. Отделения почтовой связи являются производственными объектами, через которые пользователям услуг оператора почты оказываются услуги в области почты.</w:t>
+    <w:bookmarkStart w:name="z850" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Необходимость открытия и содержания отделений почтовой связи устанавливается оператором почты на основе показателей качества универсальных услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z850" w:id="227"/>
-[...15 lines deleted...]
-      Необходимость открытия и содержания отделений почтовой связи устанавливается оператором почты на основе показателей качества универсальных услуг почтовой связи.</w:t>
+    <w:bookmarkStart w:name="z851" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При принятии решения о закрытии отделения почтовой связи оператор почты информирует об этом местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов за три месяца до предполагаемой даты закрытия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z851" w:id="228"/>
-[...15 lines deleted...]
-      При принятии решения о закрытии отделения почтовой связи оператор почты информирует об этом местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов за три месяца до предполагаемой даты закрытия.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Национальный оператор почты обеспечивает функционирование следующих видов отделений почтовой связи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z138" w:id="229"/>
-[...15 lines deleted...]
-      2. Национальный оператор почты обеспечивает функционирование следующих видов отделений почтовой связи:</w:t>
+    <w:bookmarkStart w:name="z852" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стационарные отделения почтовой связи, размещение которых осуществляется в соответствии с показателями качества универсальных услуг почтовой связи, утверждаемыми уполномоченным органом, предназначенные для обслуживания пользователей услуг оператора почты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z852" w:id="230"/>
-[...15 lines deleted...]
-      1) стационарные отделения почтовой связи, размещение которых осуществляется в соответствии с показателями качества универсальных услуг почтовой связи, утверждаемыми уполномоченным органом, предназначенные для обслуживания пользователей услуг оператора почты;</w:t>
+    <w:bookmarkStart w:name="z853" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) передвижные отделения почтовой связи, создаваемые на базе транспортных средств, в том числе по договорам с физическими и юридическими лицами, для оказания пользователям услуг оператора почты услуг в области почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z853" w:id="231"/>
-[...15 lines deleted...]
-      2) передвижные отделения почтовой связи, создаваемые на базе транспортных средств, в том числе по договорам с физическими и юридическими лицами, для оказания пользователям услуг оператора почты услуг в области почты.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Обслуживание пользователей услуг оператора почты с помощью передвижных отделений почтовой связи осуществляется в центральной части населенного пункта. Нормативы обеспечения пользователей услуг оператора почты услугами, оказываемыми с помощью передвижных отделений почтовой связи, определяются оператором почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z139" w:id="232"/>
-[...15 lines deleted...]
-      3. Обслуживание пользователей услуг оператора почты с помощью передвижных отделений почтовой связи осуществляется в центральной части населенного пункта. Нормативы обеспечения пользователей услуг оператора почты услугами, оказываемыми с помощью передвижных отделений почтовой связи, определяются оператором почты.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Операторы почты самостоятельно определяют и используют необходимые виды отделений почтовой связи в своей деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z140" w:id="233"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9373,277 +9533,277 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="234"/>
+    <w:bookmarkStart w:name="z31" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Почтовые маршруты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z141" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Почтовые маршруты операторов почты являются составной частью почтовой сети и представляют собой схему перевозки и доставки почтовых отправлений с использованием транспортных средств и (или) почтальонов, курьеров.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z141" w:id="235"/>
-[...15 lines deleted...]
-      1. Почтовые маршруты операторов почты являются составной частью почтовой сети и представляют собой схему перевозки и доставки почтовых отправлений с использованием транспортных средств и (или) почтальонов, курьеров.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Почтовые маршруты планируются оператором почты, исходя из существующих междугородных межобластных, межрайонных (междугородных внутриобластных), внутрирайонных, пригородных, городских (сельских) маршрутов, а также соединяющих населенные пункты с районными или областными центрами, городами республиканского значения, столицей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z142" w:id="236"/>
-[...15 lines deleted...]
-      2. Почтовые маршруты планируются оператором почты, исходя из существующих междугородных межобластных, межрайонных (междугородных внутриобластных), внутрирайонных, пригородных, городских (сельских) маршрутов, а также соединяющих населенные пункты с районными или областными центрами, городами республиканского значения, столицей.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Составление почтового маршрута и расписания движения транспорта производится операторами почты в соответствии с действующими показателями качества универсальных услуг почтовой связи, внутренними нормативами и сроками обработки, перевозки и доставки почтовых отправлений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z143" w:id="237"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="238"/>
+    <w:bookmarkStart w:name="z144" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сведения о почтовых маршрутах являются конфиденциальной информацией. Такая информация раскрывается третьим лицам с соблюдением требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32. Почтоматы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Почтоматы могут размещаться в зданиях и сооружениях либо многоквартирных жилых домах.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Почтоматы могут размещаться в зданиях и сооружениях либо многоквартирных жилых домах.</w:t>
+    <w:bookmarkStart w:name="z854" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственники зданий и сооружений либо их доверенные лица могут предоставлять площади операторам почты на основании договора для размещения ими почтоматов в целях предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z854" w:id="240"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z855" w:id="241"/>
+    <w:bookmarkStart w:name="z855" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Собственники квартир, нежилых помещений многоквартирного жилого дома в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О жилищных отношениях" принимают на собрании решение о передаче части имущества объекта кондоминиума в имущественный наем операторам почты для размещения ими почтоматов в целях предоставления услуг почтовой связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9662,256 +9822,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="242"/>
+    <w:bookmarkStart w:name="z33" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 33. Абонентские почтовые ящики</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z149" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Абонентские почтовые ящики находятся в жилых и нежилых зданиях, индивидуальных жилых домах в местах, доступных для пользователей услуг оператора почты и почтальонов операторов почты, и принадлежат их собственникам, которые обеспечивают размещение и содержание в надлежащем состоянии абонентских почтовых ящиков согласно требованиям, установленным уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z149" w:id="243"/>
-[...15 lines deleted...]
-      1. Абонентские почтовые ящики находятся в жилых и нежилых зданиях, индивидуальных жилых домах в местах, доступных для пользователей услуг оператора почты и почтальонов операторов почты, и принадлежат их собственникам, которые обеспечивают размещение и содержание в надлежащем состоянии абонентских почтовых ящиков согласно требованиям, установленным уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственники жилых и нежилых зданий, индивидуальных жилых домов обязаны обеспечить почтальонам, курьерам беспрепятственный доступ к абонентским почтовым ящикам. В случаях отсутствия или неисправности абонентского почтового ящика оператор почты осуществляет выдачу почтового отправления из производственного объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z150" w:id="244"/>
-[...15 lines deleted...]
-      2. Собственники жилых и нежилых зданий, индивидуальных жилых домов обязаны обеспечить почтальонам, курьерам беспрепятственный доступ к абонентским почтовым ящикам. В случаях отсутствия или неисправности абонентского почтового ящика оператор почты осуществляет выдачу почтового отправления из производственного объекта.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. По решению собственников жилых и нежилых зданий, индивидуальных жилых домов обязательства по обеспечению установки, содержания и сохранности абонентских почтовых ящиков могут передаваться органу управления объекта кондоминиума по договору.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z151" w:id="245"/>
-[...15 lines deleted...]
-      3. По решению собственников жилых и нежилых зданий, индивидуальных жилых домов обязательства по обеспечению установки, содержания и сохранности абонентских почтовых ящиков могут передаваться органу управления объекта кондоминиума по договору.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Операторы почты при пересылке электронных писем (сообщений), документов и (или) гибридных отправлений используют электронные абонентские почтовые ящики. Создание и использование электронных абонентских почтовых ящиков операторами почты осуществляются самостоятельно. Электронные абонентские почтовые ящики предоставляются пользователям услуг оператора почты на основании пользовательского соглашения с оператором почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z152" w:id="246"/>
-[...15 lines deleted...]
-      4. Операторы почты при пересылке электронных писем (сообщений), документов и (или) гибридных отправлений используют электронные абонентские почтовые ящики. Создание и использование электронных абонентских почтовых ящиков операторами почты осуществляются самостоятельно. Электронные абонентские почтовые ящики предоставляются пользователям услуг оператора почты на основании пользовательского соглашения с оператором почты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Операторы почты обеспечивают безопасность и конфиденциальность использования пользователями услуг оператора почты электронных абонентских почтовых ящиков, а также тайну личной переписки пользователя услуг оператора почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Национальный оператор почты создает любому пользователю услуг оператора почты при его обращении личный электронный абонентский почтовый ящик на безвозмездной основе и обеспечивает надлежащее его функционирование, а также тайну личной переписки пользователя услуг оператора почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:p>
-[...33 lines deleted...]
-      5. Национальный оператор почты создает любому пользователю услуг оператора почты при его обращении личный электронный абонентский почтовый ящик на безвозмездной основе и обеспечивает надлежащее его функционирование, а также тайну личной переписки пользователя услуг оператора почты.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Единая система электронных абонентских почтовых ящиков является общедоступной информационной системой Национального оператора почты, обеспечивающей пересылку почтовых отправлений в электронной форме, в том числе в рамках электронного документооборота, на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z154" w:id="248"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Создание, функционирование и развитие единой системы электронных абонентских почтовых ящиков на всей территории Республики Казахстан обеспечиваются Национальным оператором почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z829" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 7 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Идентификация пользователей услуг оператора почты происходит согласно их персональным данным (индивидуальный идентификационный номер), юридических лиц – по бизнес-идентификационному номеру. В целях подтверждения данных пользователей услуг оператора почты Национальный оператор почты получает доступ к государственным базам данных физических и юридических лиц государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Интеграция информационных систем между Национальным оператором почты и государственными органами осуществляется в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10026,140 +10280,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="250"/>
+    <w:bookmarkStart w:name="z34" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 34. Именные устройства операторов почты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z155" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Операторы почты обеспечивают производственные объекты именными устройствами, которые применяются в процессах пересылки почтовых отправлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z156" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Именные устройства операторов почты должны отличаться от установленных для производственных объектов Национального оператора почты именных устройств путем указания наименования данного оператора почты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z155" w:id="251"/>
-[...15 lines deleted...]
-      1. Операторы почты обеспечивают производственные объекты именными устройствами, которые применяются в процессах пересылки почтовых отправлений.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок использования именных устройств определяется операторами почты самостоятельно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z156" w:id="252"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10178,335 +10432,335 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="254"/>
+    <w:bookmarkStart w:name="z35" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Использование транспортных средств</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z158" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Операторам почты предоставляется право на договорных условиях перевозить почтовые отправления по всем маршрутам и линиям железнодорожного, морского, внутреннего водного, воздушного и автомобильного транспорта в сопровождении работников оператора почты, а также передавать почтовые отправления для перевозки в соответствии с гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z159" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Проезд автомобильного транспорта и других механических транспортных средств оператора почты, предоставляющего универсальные услуги почтовой связи и другие услуги, к грузовым и багажным комплексам, расположенным на территориях автомобильных дорог, автомобильных, железнодорожных, водных станций и вокзалов, аэропортов, а также для обмена всех видов почтовых отправлений с почтовыми вагонами на перронах и платформах железнодорожных станций и вокзалов осуществляется в первоочередном порядке и без оплаты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z158" w:id="255"/>
-[...15 lines deleted...]
-      1. Операторам почты предоставляется право на договорных условиях перевозить почтовые отправления по всем маршрутам и линиям железнодорожного, морского, внутреннего водного, воздушного и автомобильного транспорта в сопровождении работников оператора почты, а также передавать почтовые отправления для перевозки в соответствии с гражданским законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче железнодорожных составов на железнодорожные станции (железнодорожные пути) для своевременного обмена почты должен быть обеспечен свободный проезд к почтовому вагону автомобильного транспорта и других механических транспортных средств оператора почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Транспортные средства, принадлежащие Национальному оператору почты, имеют специальную символику и без его согласия не используются для предоставления услуг и выполнения работ, не относящихся к деятельности в области почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z159" w:id="256"/>
-[...15 lines deleted...]
-      2. Проезд автомобильного транспорта и других механических транспортных средств оператора почты, предоставляющего универсальные услуги почтовой связи и другие услуги, к грузовым и багажным комплексам, расположенным на территориях автомобильных дорог, автомобильных, железнодорожных, водных станций и вокзалов, аэропортов, а также для обмена всех видов почтовых отправлений с почтовыми вагонами на перронах и платформах железнодорожных станций и вокзалов осуществляется в первоочередном порядке и без оплаты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 35 с изменением, внесенным Законом РК 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z500" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ПОЛЬЗОВАТЕЛИ УСЛУГ ОПЕРАТОРА ПОЧТЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...24 lines deleted...]
-      3. Транспортные средства, принадлежащие Национальному оператору почты, имеют специальную символику и без его согласия не используются для предоставления услуг и выполнения работ, не относящихся к деятельности в области почты.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 36. Качество услуг операторов почты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Операторы почты обязаны предоставлять услуги пользователям услуг оператора почты, соответствующие по качеству и нормам, установленным настоящим Законом и правилами предоставления услуг почтовой связи, а также условиям заключенного договора на предоставление услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:p>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="260"/>
+    <w:bookmarkStart w:name="z162" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Операторами почты услуги почтовой связи оказываются на равных условиях всем пользователям услуг оператора почты в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z830" w:id="261"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z830" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Почтовое отправление принадлежит отправителю до момента доставки и (или) вручения его оператором почты адресату или его законному представителю, или поверенному, действующему на основании доверенности, либо третьим лицам путем получения согласия адресата или отправителя через процесс подтверждения права посредством ввода пароля (пин-кода) или сканирования штрих-кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Почтовый перевод денег принадлежит отправителю до момента доставки и (или) вручения его оператором почты адресату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10599,140 +10853,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="262"/>
+    <w:bookmarkStart w:name="z37" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 37. Особенности обслуживания пользователей услуг оператора почты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z163" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пользователи услуг оператора почты осуществляют сдачу и получение почтовых отправлений с соблюдением требований законодательства Республики Казахстан, устанавливающих правила оформления адреса на почтовых отправлениях, почтовых переводах денег, а также к содержанию почтовых отправлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z164" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае приобретения у оператора почты знаков почтовой оплаты пользователь услуг оператора почты обязан сдать почтовое отправление оператору почты через операционное окно, у которого были приобретены указанные знаки почтовой оплаты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z163" w:id="263"/>
-[...15 lines deleted...]
-      1. Пользователи услуг оператора почты осуществляют сдачу и получение почтовых отправлений с соблюдением требований законодательства Республики Казахстан, устанавливающих правила оформления адреса на почтовых отправлениях, почтовых переводах денег, а также к содержанию почтовых отправлений.</w:t>
+    <w:bookmarkStart w:name="z831" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При наличии информационной системы операторы почты вправе оказывать услуги в области почты посредством автоматизированных (электронных) устройств, оборудования, информационных систем, а также использовать их для автоматизации и оптимизации процессов оказания услуг в области почты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z164" w:id="264"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обслуживание пользователей услуг оператора почты возможно посредством использования абонентского устройства сотовой связи.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10789,140 +11043,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="266"/>
+    <w:bookmarkStart w:name="z38" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 38. Защита прав пользователей услуг оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z165" w:id="267"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z165" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Защита прав пользователей услуг оператора почты на предоставление им операторами почты услуг надлежащего качества, получение информации об оказании услуг, а также механизм реализации таких прав регулируются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О защите прав потребителей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z166" w:id="268"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z166" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оператор почты при оказании услуг почтовой связи осуществляет сбор, накопление, использование и хранение персональных данных пользователя услуг оператора почты согласно единому перечню персональных данных пользователей услуг оператора почты, необходимому и достаточному для оказания услуг оператором почты, утверждаемому уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Операторы почты перед приемом или вручением почтового отправления обязаны получить заявление (согласие) пользователя услуг оператора почты на сбор, накопление, использование и хранение персональных данных. Такое согласие отбирается в электронном виде с использованием электронной цифровой подписи или иным способом, которым подтверждает получение согласия, с использованием автоматизированных (электронных) устройств, оборудования или посредством информационных систем через государственный сервис контроля доступа к персональным данным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10935,1068 +11189,1068 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите" либо на бумажном носителе под роспись.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании оператором почты универсальной услуги почтовой связи сбор, накопление, использование и хранение персональных данных производятся без согласия пользователя услуг оператора почты или его законного представителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="269"/>
+    <w:bookmarkStart w:name="z167" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отправка пользователем услуг оператора почты регистрируемых почтовых отправлений производится лично либо его представителем путем предъявления документа, удостоверяющего личность отправителя, в пункте приема почтовых отправлений оператора почты, либо через почтальона или курьера оператора почты. В случае отказа отправителя от предоставления согласия на сбор, накопление, использование и хранение персональных данных оператор почты обязан отказать пользователю услуг оператора почты в отправке почтового отправления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z168" w:id="270"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z168" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оператор почты при приеме регистрируемого почтового отправления осуществляет сбор, накопление, использование и хранение персональных данных получателя без его согласия. При вручении оператором почты регистрируемого почтового отправления пользователю услуг оператора почты получатель предъявляет документ, удостоверяющий личность, и дает согласие оператору почты на сбор, накопление, использование и хранение персональных данных. В случае отказа получателя от предоставления согласия на сбор, накопление, использование и хранение персональных данных, оператор почты не вручает почтовое отправление получателю и обязан направить обратно отправителю почтовое отправление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласие на сбор, накопление, использование и хранение персональных данных отбирается в электронном виде с использованием электронной цифровой подписи или иным способом, которым подтверждает получение согласия, с использованием автоматизированных (электронных) устройств, оборудования или посредством информационных систем через государственный сервис контроля доступа к персональным данным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите" либо на бумажном носителе под роспись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="271"/>
+    <w:bookmarkStart w:name="z169" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Операторы почты и органы, осуществляющие оперативно-розыскную, контрразведывательную деятельность, получающие доступ к персональным данным, обеспечивают конфиденциальность путем соблюдения требований не допускать их распространения без согласия субъекта или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными законами РК от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z600" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ОБЕСПЕЧЕНИЕ БЕЗОПАСНОСТИ В ОБЛАСТИ ПОЧТОВОЙ СВЯЗИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 39. Меры по обеспечению безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При оказании услуг почтовой связи операторы почты в пределах своей компетенции принимают меры для обеспечения безопасности здоровья и жизни пользователей услуг оператора почты и работников.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными законами РК от 28.12.2016 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); 10.02.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 вводится в действие с 01.01.2019 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Регистрируемые почтовые отправления физических лиц принимаются к пересылке операторами почты в открытом виде. Операторы почты применяют технические средства, которые позволяют обеспечить идентификацию вещей, предметов и товаров в почтовых отправлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме регистрируемых почтовых отправлений оператор почты обязан идентифицировать отправителя в установленном порядке и зафиксировать его данные. На объектах, оборудованных почтоматами, прием и вручение почтовых отправлений осуществляются с использованием технических средств, позволяющих обеспечить идентификацию пользователя услуг оператора почты, а также исключить несанкционированный доступ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 вводится в действие с 01.01.2019 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Операторы почты принимают меры, направленные на выявление запрещенных предметов и веществ в почтовых отправлениях, в процессе их пересылки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях выявления запрещенных предметов и веществ в почтовых отправлениях операторы почты используют технические средства, оборудование и системы видеофиксации, позволяющие выявить запрещенные предметы и вещества в почтовых отправлениях без их вскрытия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обнаружения во время пересылки почтовых отправлений предметов и веществ, запрещенных в соответствии с правилами предоставления услуг почтовой связи, операторы почты обязаны сообщить в правоохранительные и специальные государственные органы. Вскрытие почтовых отправлений осуществляется представителями уполномоченных органов на месте обнаружения и в присутствии работников оператора почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отправитель почтового отправления несет ответственность в соответствии с законами Республики Казахстан за нарушение запретов, установленных для пересылки предметов и веществ в почтовых отправлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 39 с изменением, внесенным Законом РК 10.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 164-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z600" w:id="272"/>
-[...418 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="275"/>
+    <w:bookmarkStart w:name="z40" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40. Система почтовой безопасности Национального оператора почты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z174" w:id="276"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z174" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Система почтовой безопасности Национального оператора почты направлена на обеспечение почтовой, банковской, служебной и коммерческой тайны, защиты почтовых отправлений от несанкционированного доступа, мер по предотвращению случаев утраты и хищений почтовых отправлений и денег, соблюдения запретов по пересылке предметов и веществ в почтовых отправлениях, а также безопасности используемых информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z175" w:id="277"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z175" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Режим безопасности поддерживается частной охранной организацией, которая привлекается на договорной основе, или охранной организацией, учрежденной Национальным оператором почты, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об охранной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частные охранные организации или охранная организация, учрежденная Национальным оператором почты, обеспечивают безопасность и защиту объектов инфраструктуры почтовой связи, почтового транспорта, работников и пользователей услуг оператора почты при оказании услуг, защиту почтовых отправлений от несанкционированного доступа к ним, а также предотвращают хищения почтовых отправлений и денег сторонними лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z700" w:id="278"/>
+    <w:bookmarkStart w:name="z700" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. МЕЖДУНАРОДНАЯ ДЕЯТЕЛЬНОСТЬ В ОБЛАСТИ ПОЧТОВОЙ СВЯЗИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 41. Международное сотрудничество</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международное сотрудничество в области почтовой связи осуществляется на основе международных договоров, актов Всемирного почтового союза и настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="279"/>
+    <w:bookmarkStart w:name="z42" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42. Назначенный оператор</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z176" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в соответствии с правилами назначения и отзыва полномочий назначенного оператора осуществляет назначение оператора почты назначенным оператором в целях обеспечения им эксплуатации почтовых служб и выполнения относящихся к ним обязательств, вытекающих из актов Всемирного почтового союза, на всей территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z177" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Назначенный оператор обязан обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z176" w:id="280"/>
-[...15 lines deleted...]
-      1. Уполномоченный орган в соответствии с правилами назначения и отзыва полномочий назначенного оператора осуществляет назначение оператора почты назначенным оператором в целях обеспечения им эксплуатации почтовых служб и выполнения относящихся к ним обязательств, вытекающих из актов Всемирного почтового союза, на всей территории Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оказание на постоянной основе услуг почтовой связи во всех населенных пунктах на территории Республики Казахстан, в том числе на территории специальной экономической зоны, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза, для всех пользователей услуг оператора почты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прием, обработку, перевозку и доставку письменной корреспонденции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прием, обработку, перевозку и доставку посылок весом до двадцати килограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возврат международной коммерческой корреспонденции с ответом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) прием к оплате международного ответного купона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) транзит международных почтовых отправлений назначенных операторов других стран-членов Всемирного почтового союза через территорию Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Назначенный оператор осуществляет услуги почтовой связи в соответствии с актами Всемирного почтового союза и настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z177" w:id="281"/>
-[...15 lines deleted...]
-      2. Назначенный оператор обязан обеспечить:</w:t>
+    <w:bookmarkStart w:name="z179" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При невыполнении назначенным оператором обязательств, вытекающих из актов Всемирного почтового союза и пункта 1 настоящей статьи, уполномоченный орган отзывает полномочия назначенного оператора у оператора почты в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:p>
-[...123 lines deleted...]
-      3. Назначенный оператор осуществляет услуги почтовой связи в соответствии с актами Всемирного почтового союза и настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Назначенный оператор в целях обеспечения вытекающих из актов Всемирного почтового союза обязательств на территории Республики Казахстан, в том числе на территории специальной экономической зоны, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза, создает места международного почтового обмена. Назначенный оператор определяет необходимое количество мест международного почтового обмена, а также порядок их работы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z179" w:id="283"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Назначенный оператор вправе создавать места обмена и обработки международных почтовых отправлений за пределами территории Республики Казахстан и осуществляет такую деятельность на условиях, предусмотренных в актах Всемирного почтового союза и законодательстве иностранного государства, в котором создается место обмена и обработки международных почтовых отправлений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12033,562 +12287,562 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="285"/>
+    <w:bookmarkStart w:name="z43" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 43. Международный почтовый обмен и международный почтовый транзит</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z181" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Международный почтовый обмен и международный почтовый транзит осуществляются в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z182" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Назначенный оператор обязан осуществить официальную регистрацию мест международного почтового обмена в органах Всемирного почтового союза согласно актам Всемирного почтового союза.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z181" w:id="286"/>
-[...15 lines deleted...]
-      1. Международный почтовый обмен и международный почтовый транзит осуществляются в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Международный почтовый обмен и международный почтовый транзит со стороны Республики Казахстан осуществляет назначенный оператор в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z182" w:id="287"/>
-[...15 lines deleted...]
-      2. Назначенный оператор обязан осуществить официальную регистрацию мест международного почтового обмена в органах Всемирного почтового союза согласно актам Всемирного почтового союза.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Международный почтовый обмен и транзит осуществляются в местах международного почтового обмена, создаваемых назначенным оператором за счет собственных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z183" w:id="288"/>
-[...15 lines deleted...]
-      3. Международный почтовый обмен и международный почтовый транзит со стороны Республики Казахстан осуществляет назначенный оператор в соответствии с актами Всемирного почтового союза, международными договорами и актами, составляющими право Евразийского экономического союза, таможенным законодательством Республики Казахстан и настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Создание мест обмена и обработки международных почтовых отправлений другими назначенными операторами иностранных государств, являющимися членами Всемирного почтового союза, на территории Республики Казахстан осуществляется с разрешения уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z184" w:id="289"/>
-[...15 lines deleted...]
-      4. Международный почтовый обмен и транзит осуществляются в местах международного почтового обмена, создаваемых назначенным оператором за счет собственных средств.</w:t>
+    <w:bookmarkStart w:name="z800" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z185" w:id="290"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="292"/>
+    <w:bookmarkStart w:name="z44" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 44. Ответственность за нарушение обязательств при предоставлении услуг почтовой связи</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z186" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оператор почты обязан обеспечить сохранность почтового отправления с момента его приема от отправителя до момента выдачи получателю или его законному представителю, или поверенному, действующему на основании доверенности, либо третьим лицам путем получения согласия адресата или отправителя через процесс подтверждения права посредством ввода пароля (пин-кода) или сканирования штрих-кода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z187" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оператор почты несет ответственность в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z186" w:id="293"/>
-[...15 lines deleted...]
-      1. Оператор почты обязан обеспечить сохранность почтового отправления с момента его приема от отправителя до момента выдачи получателю или его законному представителю, или поверенному, действующему на основании доверенности, либо третьим лицам путем получения согласия адресата или отправителя через процесс подтверждения права посредством ввода пароля (пин-кода) или сканирования штрих-кода.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утраты, повреждения (порчи) регистрируемого почтового отправления или недостачи вещей, предметов или товара внутри регистрируемого почтового отправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нарушения сроков пересылки почтового отправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. За утрату, повреждение (порчу) регистрируемого почтового отправления или недостачу вещей, предметов или товара внутри регистрируемого почтового отправления оператор почты несет ответственность в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z187" w:id="294"/>
-[...15 lines deleted...]
-      2. Оператор почты несет ответственность в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z857" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) за утрату или полное повреждение (порчу) почтового отправления с объявленной ценностью – в размере стоимости объявленной ценности и оплаченного тарифа за пересылку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:p>
-[...51 lines deleted...]
-      3. За утрату, повреждение (порчу) регистрируемого почтового отправления или недостачу вещей, предметов или товара внутри регистрируемого почтового отправления оператор почты несет ответственность в следующих размерах:</w:t>
+    <w:bookmarkStart w:name="z858" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке с описью вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере стоимости объявленной ценности недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара, указанной отправителем в описи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z857" w:id="296"/>
-[...15 lines deleted...]
-      1) за утрату или полное повреждение (порчу) почтового отправления с объявленной ценностью – в размере стоимости объявленной ценности и оплаченного тарифа за пересылку;</w:t>
+    <w:bookmarkStart w:name="z859" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке без описи вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере части стоимости объявленной ценности регистрируемого почтового отправления, определяемой пропорционально отношению массы недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара к массе пересылавшегося регистрируемого почтового отправления (без массы оболочки почтового отправления), независимо от ее фактической стоимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z858" w:id="297"/>
-[...15 lines deleted...]
-      2) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке с описью вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере стоимости объявленной ценности недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара, указанной отправителем в описи;</w:t>
+    <w:bookmarkStart w:name="z860" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) за утрату или полное повреждение (порчу) иного регистрируемого почтового отправления – в размере двукратной суммы оплаченного тарифа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z859" w:id="298"/>
-[...15 lines deleted...]
-      3) за недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, утрату или повреждение (порчу) части вещей, предметов или товара внутри регистрируемого почтового отправления с объявленной ценностью при их пересылке без описи вещей, предметов или товара, помещенных внутри регистрируемого почтового отправления, – в размере части стоимости объявленной ценности регистрируемого почтового отправления, определяемой пропорционально отношению массы недостающей, утраченной или поврежденной (испорченной) части вещей, предметов или товара к массе пересылавшегося регистрируемого почтового отправления (без массы оболочки почтового отправления), независимо от ее фактической стоимости;</w:t>
+    <w:bookmarkStart w:name="z861" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) за недостачу вещей, предметов или товара или утрату части вещей, предметов или товара, или за повреждение части вещей, предметов или товара иного регистрируемого почтового отправления – в размере суммы оплаченного тарифа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z860" w:id="299"/>
-[...15 lines deleted...]
-      4) за утрату или полное повреждение (порчу) иного регистрируемого почтового отправления – в размере двукратной суммы оплаченного тарифа;</w:t>
+    <w:bookmarkStart w:name="z862" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) за утрату почтового перевода денег – в размере суммы почтового перевода денег и оплаченного тарифа за пересылку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z861" w:id="300"/>
-[...15 lines deleted...]
-      5) за недостачу вещей, предметов или товара или утрату части вещей, предметов или товара, или за повреждение части вещей, предметов или товара иного регистрируемого почтового отправления – в размере суммы оплаченного тарифа;</w:t>
+    <w:bookmarkStart w:name="z856" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Оператор почты несет ответственность за почтовое отправление с объявленной ценностью при условии оплаты тарифа за объявленную ценность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z862" w:id="301"/>
-[...15 lines deleted...]
-      6) за утрату почтового перевода денег – в размере суммы почтового перевода денег и оплаченного тарифа за пересылку.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. За нарушение сроков пересылки почтового отправления и почтового перевода денег пользователей услуг оператора почты оператор почты уплачивает неустойку в размере трех процентов от оплаченного тарифа за каждый день задержки, но не более суммы оплаченного тарифа за предоставленную услугу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z856" w:id="302"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За нарушение сроков пересылки почтового отправления воздушным транспортом оператор почты выплачивает пользователю услуг оператора почты разницу тарифов между оплатой за пересылку воздушным и наземным транспортом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="304"/>
+    <w:bookmarkStart w:name="z190" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Оператор почты освобождается от ответственности за утрату, повреждение (порчу) регистрируемого почтового отправления или недостачу вещей, предметов или товара внутри регистрируемого почтового отправления, нарушение сроков пересылки почтового отправления и почтового перевода денег пользователей услуг оператора почты, если будет доказано, что неисполнение или ненадлежащее исполнение обязательств оказалось невозможным вследствие непреодолимой силы или особых свойств вещей, предметов или товаров в почтовом отправлении и по иным основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, настоящим Законом и международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z191" w:id="305"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z191" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Пользователи услуг оператора почты несут ответственность за ущерб, причиненный оператору почты, возникший:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вследствие обнаружения в почтовых отправлениях предметов и веществ, в силу их особых свойств запрещенных или ограниченных к пересылке по почтовым сетям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12643,175 +12897,175 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="306"/>
+    <w:bookmarkStart w:name="z45" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 45. Ответственность за нарушение законодательства Республики Казахстан о почте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, виновные в нарушении законодательства Республики Казахстан о почте, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="307"/>
+    <w:bookmarkStart w:name="z192" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением части третьей пункта 1 статьи 7, пунктов 2 и 3 статьи 39, которые вводятся в действие с 1 января 2019 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z193" w:id="308"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z193" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 8 февраля 2003 года "О почте" (Ведомости Парламента Республики Казахстан, 2003 г., № 3, ст. 17; № 15, ст. 139; 2004 г., № 23, ст. 142; 2005 г., № 14, ст. 55; № 23, ст. 104; 2006 г., № 1, ст. 5; № 16, ст. 99; 2009 г., № 2-3, ст. 18; 2010 г., № 15, ст. 71; 2011 г., № 11, ст. 102; № 12, ст. 111; 2012 г., № 5, ст. 35; № 13, ст. 91; 2013 г., № 10-11, ст. 56; № 14, ст. 75; 2014 г., № 11, ст. 61; № 14, ст. 87; № 19-I, 19-II, ст. 96; № 21, ст. 122; 2015 г., № 16, cт. 79).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -13005,55 +13259,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>