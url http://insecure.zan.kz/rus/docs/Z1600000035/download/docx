--- v0 (2025-11-13)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dfe1c01" w14:textId="dfe1c01">
+    <w:p w14:paraId="76b83a1" w14:textId="76b83a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -242,50 +242,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "объектов информатизации", "объектах информатизации", "объекты информатизации" предусматриваются заменить соответственно словами "цифровых объектов", "цифровых объектах", "цифровые объекты" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>ПРЕСС-РЕЛИЗ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон определяет правовые основы контрразведывательной деятельности и систему гарантий законности ее осуществления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -358,1457 +434,1551 @@
         <w:t>
       2) оперативные аудио- и (или) видеоконтроль лица, места – негласное документирование речевой и иной информации, действий физического лица, а также событий, процессов и явлений, происходящих в определенном месте, с использованием видео-, аудиотехники либо иных технических средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z25" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оперативное снятие информации с устройств, предназначенных для сбора, обработки, передачи и хранения информации, – негласное снятие техническими средствами и (или) программным обеспечением информации с компьютеров, аппаратно-программных комплексов и других устройств, предназначенных для сбора, обработки, передачи и хранения информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z26" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) официальное получение информации – получение информации, имеющей значение для решения задач контрразведывательной деятельности, путем непосредственного изучения документов, материалов, электронных информационных ресурсов, направления запросов физическим и юридическим лицам, которые располагают или могут располагать указанной информацией;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оперативный мониторинг сети связи и объектов информатизации – негласное обнаружение признаков разведывательно-подрывной деятельности в информации, передаваемой по сети связи или обрабатываемой на объектах информатизации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z27" w:id="4"/>
-[...15 lines deleted...]
-      5) оперативный мониторинг сети связи и объектов информатизации – негласное обнаружение признаков разведывательно-подрывной деятельности в информации, передаваемой по сети связи или обрабатываемой на объектах информатизации;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) контролируемая поставка – негласные наблюдение и документирование процесса приобретения, сбыта, передачи, перемещения предметов и вещей, используемых для осуществления разведывательно-подрывной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z28" w:id="5"/>
-[...15 lines deleted...]
-      6) контролируемая поставка – негласные наблюдение и документирование процесса приобретения, сбыта, передачи, перемещения предметов и вещей, используемых для осуществления разведывательно-подрывной деятельности;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) контрольная закупка – совершение мнимой возмездной сделки по приобретению предметов и вещей, используемых для осуществления разведывательно-подрывной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z29" w:id="6"/>
-[...15 lines deleted...]
-      7) контрольная закупка – совершение мнимой возмездной сделки по приобретению предметов и вещей, используемых для осуществления разведывательно-подрывной деятельности;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) разведывательная акция – добывание, сбор сведений в ущерб национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z30" w:id="7"/>
-[...15 lines deleted...]
-      8) разведывательная акция – добывание, сбор сведений в ущерб национальной безопасности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) вскрытие разведывательных и (или) подрывных акций – обнаружение совокупности признаков, фактов и условий осуществления разведывательно-подрывной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z31" w:id="8"/>
-[...15 lines deleted...]
-      9) вскрытие разведывательных и (или) подрывных акций – обнаружение совокупности признаков, фактов и условий осуществления разведывательно-подрывной деятельности;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) разведывательно-подрывная деятельность – разведывательные и (или) подрывные акции, осуществляемые специальными службами иностранных государств, иными зарубежными организациями, а также отдельными лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z32" w:id="9"/>
-[...15 lines deleted...]
-      10) разведывательно-подрывная деятельность – разведывательные и (или) подрывные акции, осуществляемые специальными службами иностранных государств, иными зарубежными организациями, а также отдельными лицами;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) признаки разведывательно-подрывной деятельности – отличительные особенности действий, событий, процессов и явлений, которые свидетельствуют о возможном проведении разведывательных и (или) подрывных акций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z33" w:id="10"/>
-[...15 lines deleted...]
-      11) признаки разведывательно-подрывной деятельности – отличительные особенности действий, событий, процессов и явлений, которые свидетельствуют о возможном проведении разведывательных и (или) подрывных акций;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) факты разведывательно-подрывной деятельности – действия, события, процессы и явления, которые свидетельствуют о проведении разведывательных и (или) подрывных акций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z34" w:id="11"/>
-[...15 lines deleted...]
-      12) факты разведывательно-подрывной деятельности – действия, события, процессы и явления, которые свидетельствуют о проведении разведывательных и (или) подрывных акций;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) негласный сотрудник – сотрудник, военнослужащий, принадлежность которых к органу, осуществляющему контрразведывательную деятельность, зашифрована;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z35" w:id="12"/>
-[...15 lines deleted...]
-      13) негласный сотрудник – сотрудник, военнослужащий, принадлежность которых к органу, осуществляющему контрразведывательную деятельность, зашифрована;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) оперативное наблюдение – негласное восприятие действий физических лиц, событий, процессов, происходящих в общественном месте, в том числе с использованием технических средств, фотосъемки, видеонаблюдения и аудиозаписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z36" w:id="13"/>
-[...15 lines deleted...]
-      14) оперативное наблюдение – негласное восприятие действий физических лиц, событий, процессов, происходящих в общественном месте, в том числе с использованием технических средств, фотосъемки, видеонаблюдения и аудиозаписи;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) оперативное внедрение – негласный ввод сотрудника, военнослужащего органа, осуществляющего контрразведывательную деятельность, либо конфиденциального помощника в окружение объекта оперативного интереса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z37" w:id="14"/>
-[...15 lines deleted...]
-      15) оперативное внедрение – негласный ввод сотрудника, военнослужащего органа, осуществляющего контрразведывательную деятельность, либо конфиденциального помощника в окружение объекта оперативного интереса;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) оперативное проникновение – негласное проникновение в жилое, служебное, производственное и иное помещение, здание, сооружение, хранилище, транспортное средство или на участок местности с целью их обследования, а также подготовки и проведения контрразведывательных мероприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z38" w:id="15"/>
-[...15 lines deleted...]
-      16) оперативное проникновение – негласное проникновение в жилое, служебное, производственное и иное помещение, здание, сооружение, хранилище, транспортное средство или на участок местности с целью их обследования, а также подготовки и проведения контрразведывательных мероприятий;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) оперативный эксперимент – получение контрразведывательной информации путем негласного изучения действий, процессов в искусственно созданных, контролируемых условиях, исключающих провокацию преступления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z39" w:id="16"/>
-[...15 lines deleted...]
-      17) оперативный эксперимент – получение контрразведывательной информации путем негласного изучения действий, процессов в искусственно созданных, контролируемых условиях, исключающих провокацию преступления;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) отдельные лица – физические лица, а также юридические лица, учрежденные в соответствии с законодательством Республики Казахстан, действующие от имени или в интересах специальных служб иностранных государств, иных зарубежных организаций либо самостоятельно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z40" w:id="17"/>
-[...15 lines deleted...]
-      18) отдельные лица – физические лица, а также юридические лица, учрежденные в соответствии с законодательством Республики Казахстан, действующие от имени или в интересах специальных служб иностранных государств, иных зарубежных организаций либо самостоятельно;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) контрразведывательная информация – сведения о признаках, фактах разведывательно-подрывной деятельности и условиях, способствующих ее осуществлению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z41" w:id="18"/>
-[...15 lines deleted...]
-      19) контрразведывательная информация – сведения о признаках, фактах разведывательно-подрывной деятельности и условиях, способствующих ее осуществлению;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) контрразведывательная деятельность – система контрразведывательных и организационных мероприятий, осуществляемых специальными государственными органами Республики Казахстан, по защите национальных интересов Республики Казахстан от разведывательно-подрывной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z42" w:id="19"/>
-[...15 lines deleted...]
-      20) контрразведывательная деятельность – система контрразведывательных и организационных мероприятий, осуществляемых специальными государственными органами Республики Казахстан, по защите национальных интересов Республики Казахстан от разведывательно-подрывной деятельности;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) контрразведывательное обеспечение – система мер ограждения от разведывательно-подрывной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z43" w:id="20"/>
-[...15 lines deleted...]
-      21) контрразведывательное обеспечение – система мер ограждения от разведывательно-подрывной деятельности;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) контрразведывательный опрос – гласное или негласное получение контрразведывательной информации со слов опрашиваемого лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z44" w:id="21"/>
-[...15 lines deleted...]
-      22) контрразведывательный опрос – гласное или негласное получение контрразведывательной информации со слов опрашиваемого лица;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) контрразведывательное дело – обособленное производство по систематизации материалов контрразведывательных мероприятий, проверке и оценке контрразведывательной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z45" w:id="22"/>
-[...15 lines deleted...]
-      23) контрразведывательное дело – обособленное производство по систематизации материалов контрразведывательных мероприятий, проверке и оценке контрразведывательной информации;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) контрразведывательное мероприятие – гласные и негласные действия, направленные на предупреждение, вскрытие и пресечение разведывательных и (или) подрывных акций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z46" w:id="23"/>
-[...15 lines deleted...]
-      24) контрразведывательное мероприятие – гласные и негласные действия, направленные на предупреждение, вскрытие и пресечение разведывательных и (или) подрывных акций;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) конфиденциальные помощники – физические лица, достигшие восемнадцатилетнего возраста, дееспособные, сотрудничающие или ранее сотрудничавшие на конфиденциальной основе (в том числе и по контракту) с органом, осуществляющим контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z47" w:id="24"/>
-[...15 lines deleted...]
-      25) конфиденциальные помощники – физические лица, достигшие восемнадцатилетнего возраста, дееспособные, сотрудничающие или ранее сотрудничавшие на конфиденциальной основе (в том числе и по контракту) с органом, осуществляющим контрразведывательную деятельность;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) сведения о личности конфиденциальных помощников, негласных сотрудников – информация, из которой можно установить фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность); псевдоним (при его наличии); дату и место рождения; адрес места жительства; место работы (учебы); данные об их участии в контрразведывательных мероприятиях; данные о членах их семей или близких родственниках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z48" w:id="25"/>
-[...15 lines deleted...]
-      26) сведения о личности конфиденциальных помощников, негласных сотрудников – информация, из которой можно установить фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность); псевдоним (при его наличии); дату и место рождения; адрес места жительства; место работы (учебы); данные об их участии в контрразведывательных мероприятиях; данные о членах их семей или близких родственниках;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) подрывная акция – воздействие на общественные отношения в ущерб национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z49" w:id="26"/>
-[...15 lines deleted...]
-      27) подрывная акция – воздействие на общественные отношения в ущерб национальной безопасности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) оперативный контроль почтовых и иных отправлений – негласное получение контрразведывательной информации из писем, бандеролей, посылок и иных отправлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z50" w:id="27"/>
-[...15 lines deleted...]
-      28) оперативный контроль почтовых и иных отправлений – негласное получение контрразведывательной информации из писем, бандеролей, посылок и иных отправлений;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) организационное мероприятие – действия по созданию условий, необходимых для проведения контрразведывательных мероприятий, а также обеспечению использования их результатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z51" w:id="28"/>
-[...15 lines deleted...]
-      29) организационное мероприятие – действия по созданию условий, необходимых для проведения контрразведывательных мероприятий, а также обеспечению использования их результатов;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) зарубежные организации – организации, имеющие руководящие органы на территории иностранного государства независимо от придания организации какого-либо статуса в соответствии с законодательством данного иностранного государства или нормами международного права либо пользующиеся поддержкой иностранного государства, в том числе непризнанного Республикой Казахстан, либо осуществляющие деятельность, запрещенную законодательством иностранного государства и (или) нормами международного права, использующие объективную неспособность данного иностранного государства им противодействовать;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z52" w:id="29"/>
-[...15 lines deleted...]
-      30) зарубежные организации – организации, имеющие руководящие органы на территории иностранного государства независимо от придания организации какого-либо статуса в соответствии с законодательством данного иностранного государства или нормами международного права либо пользующиеся поддержкой иностранного государства, в том числе непризнанного Республикой Казахстан, либо осуществляющие деятельность, запрещенную законодательством иностранного государства и (или) нормами международного права, использующие объективную неспособность данного иностранного государства им противодействовать;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) оперативное снятие информации, передающейся, передававшейся по сетям электрической (телекоммуникационной) связи, хранящейся в средствах телекоммуникаций, – негласные действия по снятию знаков, сигналов, голосовой информации, письменного текста, изображений, видеоизображений, звуков и другой информации, передающихся, передававшихся по проводной, радио, оптической и другим электромагнитным системам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z53" w:id="30"/>
-[...15 lines deleted...]
-      31) оперативное снятие информации, передающейся, передававшейся по сетям электрической (телекоммуникационной) связи, хранящейся в средствах телекоммуникаций, – негласные действия по снятию знаков, сигналов, голосовой информации, письменного текста, изображений, видеоизображений, звуков и другой информации, передающихся, передававшихся по проводной, радио, оптической и другим электромагнитным системам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Правовая основа контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правовую основу контрразведывательной деятельности составляют Конституция Республики Казахстан, настоящий Закон и иные нормативные правовые акты Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...80 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Правовая основа контрразведывательной деятельности</w:t>
-[...38 lines deleted...]
-      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+        <w:t>Статья 3. Задачи контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Задачами контрразведывательной деятельности являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) защита от разведывательно-подрывной деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основ конституционного строя, государственного суверенитета, территориальной целостности, экономического, научно-технического и оборонного потенциала Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Президента Республики Казахстан и других охраняемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведений, составляющих государственные секреты Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предупреждение, вскрытие и пресечение разведывательных и (или) подрывных акций, в том числе связанных с:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлением терроризма и экстремизма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      созданием и деятельностью преступных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаконным оборотом оружия, боеприпасов, взрывчатых веществ, радиоактивных веществ и ядерных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаконным оборотом наркотических средств, психотропных веществ, их аналогов и прекурсоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) контрразведывательное обеспечение государственных органов, государственных юридических лиц, субъектов квазигосударственного сектора, стратегических и иных объектов Республики Казахстан, имеющих важное государственное значение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содействие государственным органам в предупреждении, нейтрализации угроз национальной безопасности и продвижении национальных интересов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Задачи контрразведывательной деятельности могут быть дополнены законами и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Принципы контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контрразведывательная деятельность основывается на принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдения прав и свобод человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подчинения стратегическим целям развития Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сочетания гласных и негласных методов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) секретности и конспирации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществления своевременных, активных действий по предупреждению, вскрытию, пресечению разведывательных и (или) подрывных акций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) приоритета контрразведывательных мероприятий в предупреждении, вскрытии, пресечении разведывательных и (или) подрывных акций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) непрерывности проведения контрразведывательных мероприятий независимо от принимаемых правовых и иных мер по конкретным фактам разведывательно-подрывной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Гарантии соблюдения прав и свобод человека и гражданина при осуществлении контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Не допускаются осуществление контрразведывательной деятельности, а также использование полученной в ходе нее информации для решения задач, не предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z57" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При осуществлении контрразведывательной деятельности не допускаются действия, унижающие честь и достоинство человека и гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z58" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действия органа, осуществляющего контрразведывательную деятельность, могут быть обжалованы в вышестоящий орган, прокуратуру или суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поданная жалоба не прекращает обжалуемых действий до принятия по ней соответствующего решения вышестоящим органом, прокуратурой или судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Документы, истребованные прокурором или судом для рассмотрения жалобы, должны относиться к предмету жалобы и исключать предоставление информации, касающейся организации и тактики контрразведывательной деятельности, конкретных контрразведывательных мероприятий, а также сведений о личности конфиденциальных помощников и негласных сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Задачи контрразведывательной деятельности</w:t>
-[...233 lines deleted...]
-      Задачи контрразведывательной деятельности могут быть дополнены законами и актами Президента Республики Казахстан.</w:t>
+        <w:t>Статья 6. Полномочия Президента Республики Казахстан в сфере контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Президент Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет основные направления и приоритеты контрразведывательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) поручает уполномоченным им органам рассмотрение вопросов развития контрразведывательной деятельности и взаимодействия органов, осуществляющих контрразведывательную деятельность, с другими государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) контролирует деятельность органов, осуществляющих контрразведывательную деятельность, устанавливает формы контроля и порядок его осуществления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в определенные им порядке и сроки заслушивает отчеты руководителей органов, осуществляющих контрразведывательную деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет иные полномочия в соответствии с Конституцией и законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4. Принципы контрразведывательной деятельности</w:t>
-[...275 lines deleted...]
-      4. Документы, истребованные прокурором или судом для рассмотрения жалобы, должны относиться к предмету жалобы и исключать предоставление информации, касающейся организации и тактики контрразведывательной деятельности, конкретных контрразведывательных мероприятий, а также сведений о личности конфиденциальных помощников и негласных сотрудников.</w:t>
+        <w:t>Статья 7. Органы, осуществляющие контрразведывательную деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К органам, осуществляющим контрразведывательную деятельность, относятся специальные государственные органы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="38"/>
+    <w:bookmarkStart w:name="z61" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Специальные государственные органы Республики Казахстан осуществляют контрразведывательную деятельность в порядке, установленном настоящим Законом, и в пределах, определяемых </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1843,287 +2013,287 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z62" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z62" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Органы национальной безопасности Республики Казахстан (далее – органы национальной безопасности) проводят контрразведывательные мероприятия по основаниям, предусмотренным подпунктами 1), 2), 4), 5), 6), 7), 8), 9), 10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Органы национальной безопасности также проводят контрразведывательные мероприятия по основанию, предусмотренному подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона, в случаях и порядке, определенных совместным нормативным правовым актом органов национальной безопасности и Службы государственной охраны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="40"/>
+    <w:bookmarkStart w:name="z63" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Служба государственной охраны Республики Казахстан (далее – Служба государственной охраны) проводит контрразведывательные мероприятия по основаниям, предусмотренным подпунктами 3), 9), 10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z64" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z64" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Уполномоченный орган в сфере внешней разведки Республики Казахстан (далее – уполномоченный орган в сфере внешней разведки) проводит контрразведывательные мероприятия по основаниям, предусмотренным подпунктами 4), 9), 10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган в сфере внешней разведки также проводит контрразведывательные мероприятия по основанию, предусмотренному подпунктом 8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона, в случаях и порядке, определенных совместным нормативным правовым актом уполномоченного органа в сфере внешней разведки и органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Порядок взаимодействия органов, осуществляющих контрразведывательную деятельность, определяется совместными нормативными правовыми актами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Первые руководители органов, осуществляющих контрразведывательную деятельность, устанавливают перечень подчиненных им ведомств, служб, подразделений, категорий сотрудников, имеющих право осуществлять контрразведывательную деятельность, издают нормативные правовые акты по вопросам организации и тактики контрразведывательной деятельности и реализации ее задач.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z66" w:id="43"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Обязанности органов, осуществляющих контрразведывательную деятельность</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2547,393 +2717,393 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществлять иные права, предусмотренные законами и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Основания для проведения контрразведывательных мероприятий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="44"/>
+    <w:bookmarkStart w:name="z67" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основаниями для проведения контрразведывательных мероприятий являются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализация установленных законодательством Республики Казахстан мер по защите национальных интересов Республики Казахстан от разведывательно-подрывной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие контрразведывательной информации, в том числе полученной в ходе досудебного расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) необходимость обеспечения безопасности охраняемых лиц и объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) необходимость получения сведений о действиях, событиях, процессах и явлениях, представляющих угрозу национальной безопасности Республики Казахстан, а также выявления причин и условий, способствующих формированию угроз национальной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) необходимость контрразведывательного обеспечения государственных органов, государственных юридических лиц, субъектов квазигосударственного сектора, стратегических и иных объектов Республики Казахстан, имеющих важное государственное значение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) необходимость выявления радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу национальной безопасности Республики Казахстан, а также действий по использованию сетей связи в разведывательно-подрывной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обязательная специальная проверка лиц, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты Республики Казахстан, а также специальная проверка впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств и служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обязательная специальная проверка иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, а также в государственные юридические лица или субъекты квазигосударственного сектора на должности, связанные с исполнением управленческих функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) запросы специальных служб, органов безопасности, правоохранительных органов иностранных государств, международных и иных организаций в соответствии с международными договорами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) необходимость обеспечения защищенности сил, средств и информации органа, осуществляющего контрразведывательную деятельность, от разведывательно-подрывной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организационно-правовая форма, государственная принадлежность юридических лиц, а также гражданство, пол, национальность, место жительства, социальное, должностное и имущественное положение, принадлежность к общественным объединениям, отношение к религии и политические убеждения физических лиц не являются препятствием для проведения контрразведывательных мероприятий, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...191 lines deleted...]
-      2. Организационно-правовая форма, государственная принадлежность юридических лиц, а также гражданство, пол, национальность, место жительства, социальное, должностное и имущественное положение, принадлежность к общественным объединениям, отношение к религии и политические убеждения физических лиц не являются препятствием для проведения контрразведывательных мероприятий, если иное не предусмотрено законами Республики Казахстан.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Контрразведывательные мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К контрразведывательным мероприятиям относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...117 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) официальное получение информации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3192,1669 +3362,1669 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) оперативные аудио- и (или) видеоконтроль лица или места;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) оперативное проникновение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Контрразведывательные мероприятия, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, проводятся всеми органами, осуществляющими контрразведывательную деятельность, в соответствии с возложенными на них задачами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z71" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Порядок проведения контрразведывательных мероприятий, предусмотренных подпунктами 1) – 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, определяется нормативными правовыми актами органа, осуществляющего контрразведывательную деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z72" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Контрразведывательные мероприятия, указанные в подпунктах 12) – 17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, проводятся с санкции прокурора либо в порядке, согласованном с Генеральным Прокурором Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения контрразведывательных мероприятий, указанных в части первой настоящего пункта, определяется нормативными правовыми актами органов, осуществляющих контрразведывательную деятельность, принимаемыми по согласованию с Генеральным Прокурором Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Контрразведывательные мероприятия, связанные с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную деятельность, технически осуществляются органами национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Порядок проведения контрразведывательных мероприятий, указанных в части первой настоящего пункта, определяется нормативными правовыми актами органов, осуществляющих контрразведывательную деятельность, принимаемыми по согласованию с Генеральным Прокурором Республики Казахстан.</w:t>
-[...36 lines deleted...]
-        <w:t>
       Порядок проведения данных мероприятий определяется совместным нормативным правовым актом органов, осуществляющих контрразведывательную деятельность, принимаемым по согласованию с Генеральным Прокурором Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Перечень и порядок проведения контрразведывательных мероприятий, не указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, связанных с использованием методов и средств, сведения о которых составляют государственные секреты, устанавливаются нормативными правовыми актами органа, осуществляющего контрразведывательную деятельность.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные мероприятия не должны затрагивать охраняемые законом неприкосновенность частной жизни, тайну переписки, телефонных переговоров, телеграфных сообщений и почтовых отправлений, а также право на неприкосновенность жилища. Применение в них методов и средств, создающих угрозу жизни и здоровью человека, а также окружающей среде, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для технического проведения контрразведывательных мероприятий могут использоваться функции телекоммуникационного оборудования, приобретенного и установленного операторами связи в соответствии с требованиями к сетям и средствам связи, определяемыми законодательством Республики Казахстан в области связи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Служба государственной охраны и уполномоченный орган в сфере внешней разведки вправе проводить контрразведывательные мероприятия, указанные в подпунктах 13) и 14) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, исключающие подключение к стационарной аппаратуре и линиям связи физических и юридических лиц, предоставляющих услуги и средства связи на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Контрразведывательные мероприятия на объектах оперативного обеспечения Службы государственной охраны и в зоне проведения охранных мероприятий проводятся по согласованию со Службой государственной охраны в порядке, определяемом совместными нормативными правовыми актами органов, осуществляющих контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z77" w:id="54"/>
-[...15 lines deleted...]
-      9. Контрразведывательные мероприятия на объектах оперативного обеспечения Службы государственной охраны и в зоне проведения охранных мероприятий проводятся по согласованию со Службой государственной охраны в порядке, определяемом совместными нормативными правовыми актами органов, осуществляющих контрразведывательную деятельность.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Последовательность и содержание конкретных контрразведывательных мероприятий определяются условиями контрразведывательной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z78" w:id="55"/>
-[...15 lines deleted...]
-      10. Последовательность и содержание конкретных контрразведывательных мероприятий определяются условиями контрразведывательной деятельности.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Порядок распоряжения имуществом, полученным в ходе проведения контрразведывательных мероприятий, и обращения его в доход государства определяется Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z79" w:id="56"/>
-[...15 lines deleted...]
-      11. Порядок распоряжения имуществом, полученным в ходе проведения контрразведывательных мероприятий, и обращения его в доход государства определяется Правительством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Использование материалов контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалы контрразведывательной деятельности используются для:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработки Стратегии национальной безопасности Республики Казахстан, иных стратегических и программных документов в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятия решений Президентом Республики Казахстан, Парламентом Республики Казахстан, Правительством Республики Казахстан по вопросам обеспечения национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принятия решений государственными органами, государственными юридическими лицами, субъектами квазигосударственного сектора в сфере защиты национальных интересов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разработки проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) анализа, оценки и прогнозирования угроз национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предупреждения, вскрытия и пресечения разведывательных и (или) подрывных акций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) привлечения к административной или уголовной ответственности в порядке, предусмотренном административным или уголовно-процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Информационное обеспечение и документирование контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для решения задач, предусмотренных настоящим Законом, орган, осуществляющий контрразведывательную деятельность, создает, эксплуатирует, развивает объекты информатизации, обеспечивает их безопасность, а также ведет контрразведывательные дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...80 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок создания, развития, эксплуатации и обеспечения безопасности объектов информатизации органа, осуществляющего контрразведывательную деятельность, определяется законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z82" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок заведения и прекращения контрразведывательных дел определяется нормативным правовым актом первого руководителя органа, осуществляющего контрразведывательную деятельность, по согласованию с Генеральным Прокурором Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12. Использование материалов контрразведывательной деятельности</w:t>
-[...145 lines deleted...]
-    </w:p>
+        <w:t>Статья 14. Хранение и уничтожение материалов контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Материалы контрразведывательной деятельности подлежат хранению и уничтожению только в органе, осуществляющем контрразведывательную деятельность, за исключением сведений, приобщенных к уголовному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z84" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сроки хранения, порядок хранения и уничтожения материалов контрразведывательной деятельности устанавливаются нормативным правовым актом первого руководителя органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 13. Информационное обеспечение и документирование контрразведывательной деятельности</w:t>
-[...132 lines deleted...]
-        </w:rPr>
         <w:t>Статья 15. Взаимодействие и международное сотрудничество в сфере контрразведывательной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственные органы, государственные юридические лица, а также субъекты квазигосударственного сектора в пределах своей компетенции оказывают содействие органам, осуществляющим контрразведывательную деятельность, в решении задач, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Органы, осуществляющие контрразведывательную деятельность, в рамках международного сотрудничества взаимодействуют со специальными службами, органами безопасности, правоохранительными органами иностранных государств, международными и иными организациями на основе соответствующих международных договоров Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z86" w:id="63"/>
-[...15 lines deleted...]
-      2. Органы, осуществляющие контрразведывательную деятельность, в рамках международного сотрудничества взаимодействуют со специальными службами, органами безопасности, правоохранительными органами иностранных государств, международными и иными организациями на основе соответствующих международных договоров Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения по вопросам взаимодействия в сфере контрразведывательной деятельности между сторонами международных договоров, равно как и информация об объеме и содержании взаимодействия ограничиваются в доступе и не могут быть переданы кому бы то ни было или использованы без письменного согласия и полного учета условий каждой из сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z87" w:id="64"/>
-[...15 lines deleted...]
-      3. Сведения по вопросам взаимодействия в сфере контрразведывательной деятельности между сторонами международных договоров, равно как и информация об объеме и содержании взаимодействия ограничиваются в доступе и не могут быть переданы кому бы то ни было или использованы без письменного согласия и полного учета условий каждой из сторон.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Сотрудники, военнослужащие органов, осуществляющих контрразведывательную деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правовой статус, меры правовой и социальной защиты сотрудников, военнослужащих органов, осуществляющих контрразведывательную деятельность, устанавливаются законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Незаконное вмешательство или воспрепятствование контрразведывательной деятельности, а также невыполнение законных требований сотрудников, военнослужащих при проведении контрразведывательных мероприятий влекут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z90" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При проведении контрразведывательных мероприятий сотрудником или военнослужащим органа, осуществляющего контрразведывательную деятельность, не допускаются его административное задержание, а также личный досмотр, досмотр находящихся при нем вещей, используемых служебных транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16. Сотрудники, военнослужащие органов, осуществляющих контрразведывательную деятельность</w:t>
-[...58 lines deleted...]
-      3. При проведении контрразведывательных мероприятий сотрудником или военнослужащим органа, осуществляющего контрразведывательную деятельность, не допускаются его административное задержание, а также личный досмотр, досмотр находящихся при нем вещей, используемых служебных транспортных средств.</w:t>
+        <w:t>Статья 17. Ответственность сотрудников, военнослужащих органов, осуществляющих контрразведывательную деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сотрудники, военнослужащие, совершившие противоправные действия при осуществлении контрразведывательной деятельности, несут ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z92" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ущерб, причиненный действиями органов, осуществляющих контрразведывательную деятельность, возмещается в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Ответственность сотрудников, военнослужащих органов, осуществляющих контрразведывательную деятельность</w:t>
-[...38 lines deleted...]
-      2. Ущерб, причиненный действиями органов, осуществляющих контрразведывательную деятельность, возмещается в порядке, установленном законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 18. Конфиденциальные помощники, оказывающие содействие органам, осуществляющим контрразведывательную деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Конфиденциальные помощники, оказывающие содействие органам, осуществляющим контрразведывательную деятельность, находятся под защитой государства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z94" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Не допускается представление кому бы то ни было сведений о личности конфиденциальных помощников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z95" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При возникновении реальной угрозы посягательства на жизнь, здоровье или имущество конфиденциальных помощников, а равно членов их семей и близких родственников орган, осуществляющий контрразведывательную деятельность, обязан принять все необходимые меры по предотвращению противоправных действий, установлению виновных и привлечению их к ответственности, а также, в случае необходимости, меры безопасности в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z96" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Конфиденциальные помощники оказывают содействие органам, осуществляющим контрразведывательную деятельность, на возмездной или безвозмездной основе. Порядок выплаты вознаграждения конфиденциальным помощникам, оказывающим содействие на возмездной основе, устанавливается первым руководителем органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z97" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае гибели конфиденциального помощника в связи с его участием в проведении контрразведывательных мероприятий семье погибшего и его иждивенцам выплачивается единовременное пособие в размере:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      десяти годовых сумм денежного вознаграждения погибшего, сотрудничавшего на платной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1411-кратного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года, при сотрудничестве погибшего на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При получении конфиденциальным помощником в связи с его участием в проведении контрразведывательных мероприятий увечья или иного вреда здоровью ему выплачивается единовременное пособие в размере, определяемом первым руководителем органа, осуществляющего контрразведывательную деятельность, который не должен превышать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пять годовых сумм денежного вознаграждения для сотрудничающих на платной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      706-кратный размер месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года, для сотрудничающих на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Выплата единовременного пособия в случаях гибели конфиденциального помощника либо получения им увечья или иного вреда здоровью в связи с его участием в проведении контрразведывательных мероприятий производится из средств органа, осуществляющего контрразведывательную деятельность, в порядке, определяемом нормативным правовым актом органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Организация и порядок работы с конфиденциальными помощниками устанавливаются нормативными правовыми актами органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 26.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 18. Конфиденциальные помощники, оказывающие содействие органам, осуществляющим контрразведывательную деятельность</w:t>
-[...234 lines deleted...]
-      8. Организация и порядок работы с конфиденциальными помощниками устанавливаются нормативными правовыми актами органа, осуществляющего контрразведывательную деятельность.</w:t>
+        <w:t>Статья 19. Ведомственный контроль за контрразведывательной деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Организация и проведение ведомственного контроля за контрразведывательной деятельностью возлагаются на первого руководителя органа, осуществляющего контрразведывательную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:p>
-[...58 lines deleted...]
-</w:t>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Первый руководитель органа, осуществляющего контрразведывательную деятельность, обеспечивает контроль за:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацией, тактикой, формами и методами контрразведывательной деятельности, задействованными силами и средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацией и осуществлением международного сотрудничества со специальными службами, органами безопасности, правоохранительными органами иностранных государств, международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечением секретности и конспирации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 19. Ведомственный контроль за контрразведывательной деятельностью</w:t>
-[...38 lines deleted...]
-      2. Первый руководитель органа, осуществляющего контрразведывательную деятельность, обеспечивает контроль за:</w:t>
+        <w:t>Статья 20. Прокурорский надзор при осуществлении контрразведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Высший надзор за соблюдением законности при осуществлении контрразведывательной деятельности осуществляют Генеральный Прокурор Республики Казахстан и уполномоченные им прокуроры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      организацией, тактикой, формами и методами контрразведывательной деятельности, задействованными силами и средствами;</w:t>
-[...71 lines deleted...]
-      1. Высший надзор за соблюдением законности при осуществлении контрразведывательной деятельности осуществляют Генеральный Прокурор Республики Казахстан и уполномоченные им прокуроры.</w:t>
+      Перечень уполномоченных прокуроров устанавливается приказом Генерального Прокурора Республики Казахстан по согласованию с первым руководителем органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Взаимоотношения органов прокуратуры и органа, осуществляющего контрразведывательную деятельность, при организации надзора регулируются совместным нормативным правовым актом Генерального Прокурора Республики Казахстан и первого руководителя органа, осуществляющего контрразведывательную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:p>
-[...33 lines deleted...]
-      2. Взаимоотношения органов прокуратуры и органа, осуществляющего контрразведывательную деятельность, при организации надзора регулируются совместным нормативным правовым актом Генерального Прокурора Республики Казахстан и первого руководителя органа, осуществляющего контрразведывательную деятельность.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основаниями для проведения прокуратурой проверок являются поручение Президента Республики Казахстан, обращение физического или юридического лица о нарушении его прав, свобод и законных интересов органом, осуществляющим контрразведывательную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z105" w:id="84"/>
-[...15 lines deleted...]
-      3. Основаниями для проведения прокуратурой проверок являются поручение Президента Республики Казахстан, обращение физического или юридического лица о нарушении его прав, свобод и законных интересов органом, осуществляющим контрразведывательную деятельность.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В предмет надзора не входят сведения о личности конфиденциальных помощников и негласных сотрудников, а также организация и тактика контрразведывательной деятельности, международное сотрудничество по вопросам взаимодействия в сфере контрразведывательной деятельности со специальными службами, органами безопасности, правоохранительными органами иностранных государств, международными и иными организациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z106" w:id="85"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="86"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Санкцию на проведение контрразведывательных мероприятий, указанных в подпунктах 12) – 17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 настоящего Закона, дают Генеральный Прокурор Республики Казахстан или уполномоченные им прокуроры.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении санкции прокурору представляются материалы, послужившие основанием для их проведения, по форме и содержанию исключающие возможность расшифровки сведений о личности конфиденциальных помощников и негласных сотрудников, а также касающиеся организации и тактики контрразведывательной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О результатах контрразведывательного мероприятия уведомляется прокурор, санкционировавший его проведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченные прокуроры по вопросам надзора имеют право на безотлагательный прием руководителями органа, осуществляющего контрразведывательную деятельность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:p>
-[...51 lines deleted...]
-      6. Уполномоченные прокуроры по вопросам надзора имеют право на безотлагательный прием руководителями органа, осуществляющего контрразведывательную деятельность.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Во время нахождения уполномоченных прокуроров на объектах органа, осуществляющего контрразведывательную деятельность, на них распространяются требования пропускного и внутриобъектового режимов, установленные в этом органе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z109" w:id="88"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>