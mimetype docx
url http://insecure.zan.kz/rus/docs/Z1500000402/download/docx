--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6030b4c" w14:textId="6030b4c">
+    <w:p w14:paraId="c41831c" w14:textId="c41831c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3081,303 +3081,229 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О некоммерческих организациях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Трудовые отношения работников благотворительной организации регулируются трудовым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z158" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Благотворительная организация, обращающаяся за добровольными пожертвованиями, обязана соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 04.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...142 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Международная благотворительность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Международная благотворительность осуществляется субъектами благотворительности в порядке, установленном настоящим Законом, законами Республики Казахстан и международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иностранцы, лица без гражданства, иностранные и международные организации могут участвовать в осуществлении благотворительности на территории Республики Казахстан в соответствии с настоящим Законом, законами Республики Казахстан, международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Налоговые льготы при осуществлении благотворительности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3386,150 +3312,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Благотворитель, осуществляющий благотворительность, пользуется налоговыми льготами, предусмотренными налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Финансово-хозяйственная деятельность и бухгалтерская отчетность при осуществлении благотворительности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворитель или благотворительная организация осуществляет благотворительность в соответствии с настоящим Законом, законами Республики Казахстан, международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Благотворитель или благотворительная организация ведет учет и предоставляет информацию по осуществляемой благотворительной деятельности уполномоченным государственным органам в порядке, предусмотренном настоящим Законом, законами Республики Казахстан, международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Благотворитель или благотворительная организация, передавшие пользователю свое имущество, имеет право требовать от него отчет об использовании данного имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Пользователь, получивший от благотворителя или благотворительной организации деньги в качестве благотворительной помощи, имеющей целевой характер, по требованию благотворителя или благотворительной организации представляет отчет в сроки и порядке, которые определены договорными отношениями между благотворителем или благотворительной организацией и пользователем в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3565,70 +3491,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Доходы и расходы благотворительной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Доходы благотворительной организации формируются за счет следующих источников:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дарения, завещания или безвозмездной передачи имущества, а также прав на него;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3657,70 +3583,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходов от благотворительных аукционов, конкурсов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инвестиционного дохода от управления активами эндаумент-фонда (целевого капитала);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="71"/>
+    <w:bookmarkStart w:name="z181" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) благотворительных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) доходов, полученных от предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3749,70 +3675,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) возмещения благотворителями затрат по содержанию объектов благотворительности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) других источников, предусмотренных настоящим Законом, законами Республики Казахстан, международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Доходы расходуются благотворителями на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) однократную или многократную благотворительную помощь в течение года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3859,90 +3785,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление деятельности благотворительной организации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) другие мероприятия в соответствии с настоящим Законом, законами Республики Казахстан, международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мероприятия по организации благотворительности отражаются в благотворительной программе, за исключением случаев, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оказание добровольных пожертвований не отражается в благотворительной программе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4018,130 +3944,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Благотворительная программа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:bookmarkStart w:name="z92" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворительная программа разрабатывается, утверждается и выполняется благотворителем и (или) благотворительной организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z296" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z296" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Благотворительная программа включает в себя цели, задачи, период реализации, смету предполагаемых доходов и расходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z297" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z297" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Благотворителем и (или) благотворительной организацией может осуществляться одна или несколько благотворительных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z298" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z298" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Выполнение благотворительной программы подтверждается отчетом благотворителя и (или) благотворительной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4177,205 +4103,205 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Благотворительная организация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворительная организация создается для выполнения задач благотворительности, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учредителями благотворительной организации выступают физические и (или) юридические лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Благотворительная организация имеет право заниматься предпринимательской деятельностью, доход от которой используется на оказание благотворительной помощи и не подлежит перераспределению между учредителями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Доход от предпринимательской деятельности благотворительной организации подлежит налогообложению в соответствии с налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z35" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z35" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. ОРГАНИЗАЦИОННЫЕ ОСНОВЫ БЛАГОТВОРИТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Устав благотворительной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворительная организация действует на основе устава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Устав благотворительной организации содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование, предмет и цель деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4494,147 +4420,147 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) порядок использования имущества в случае ликвидации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сведения о филиалах и представительствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Устав благотворительной организации может содержать также другие положения, не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Органы управления благотворительной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Высшим органом управления благотворительной организации является ее коллегиальный орган – попечительский совет, формируемый в порядке, предусмотренном уставом благотворительной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Попечительский совет назначает исполнительный орган благотворительной организации, осуществляет контроль за соответствием деятельности благотворительной организации цели ее устава, а также иные полномочия, закрепленные уставом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. К компетенции высшего органа управления благотворительной организации относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесение изменений и дополнений в устав;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4663,220 +4589,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждение плана работы, бюджета на предстоящий год, а также отчета за истекший год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принятие решения о реорганизации или ликвидации благотворительной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Исполнительный орган благотворительной организации осуществляет полномочия, закрепленные ее уставом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Статус благотворительной организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворительные организации по статусу подразделяются на международные и республиканские.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К международным благотворительным организациям относятся благотворительные организации, деятельность которых распространяется на территории Республики Казахстан и за ее пределами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К республиканским благотворительным организациям относятся благотворительные организации, деятельность филиалов и представительств которых распространяется на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Благотворительные организации, созданные и зарегистрированные в установленном порядке, независимо от статуса имеют право создавать союзы (ассоциации) благотворительных организаций на основе учредительных договоров и уставов, принятых союзами (ассоциациями), образуя новые юридические лица, а также быть участником международных союзов (ассоциаций).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Имущество благотворительной организации, источники формирования имущества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В собственности благотворительной организации находится имущество, приобретенное в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Имущество благотворительной организации образуется за счет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступлений учредителя (учредителей);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4941,90 +4867,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) благотворительной помощи иностранцев, лиц без гражданства, а также иностранных и (или) международных благотворительных организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) других поступлений, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:bookmarkStart w:name="z110" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Имущество благотворительной организации не может быть использовано для поддержки политических партий, профессиональных союзов и избирательных фондов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Имущество благотворительной организации либо его часть не являются предметом залога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5288,68 +5214,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="97"/>
+    <w:bookmarkStart w:name="z36" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПОРЯДОК ОСУЩЕСТВЛЕНИЯ ФИЛАНТРОПИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Объекты филантропической деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5431,70 +5357,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) граждане Республики Казахстан, иностранцы, лица без гражданства, кандасы, не имеющие возможности самостоятельно реализовать свои права и (или) решать вопросы своего жизнеобеспечения (законное представительство, предоставление правовой помощи, опекунство и другое);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лица, состоящие на учете в специальных медицинских учреждениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z299" w:id="98"/>
+    <w:bookmarkStart w:name="z299" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) физические лица, нуждающиеся в неотложном платном лечении в медицинских учреждениях Республики Казахстан и (или) за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) другие объекты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5588,70 +5514,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Филантропическая деятельность физического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="99"/>
+    <w:bookmarkStart w:name="z128" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Физическое лицо занимается филантропической деятельностью с использованием имущества, находящегося в его личной собственности, и (или) результатов своей интеллектуальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5849,130 +5775,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Волонтер благотворительности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="100"/>
+    <w:bookmarkStart w:name="z301" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Волонтером благотворительности может быть лицо старше восемнадцати лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z302" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z302" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Волонтер благотворительности имеет право осуществлять сбор средств в пользу благотворительной организации или пользователя на основе договора, заключенного в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z303" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z303" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Волонтер благотворительности обязан представлять благотворительной организации или пользователю отчет о сборе средств в соответствии с заключенным договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z304" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z304" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственные служащие не могут быть волонтерами благотворительности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6008,317 +5934,317 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Филантропическая деятельность юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="104"/>
+    <w:bookmarkStart w:name="z132" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическое лицо, являющееся субъектом предпринимательства, занимается филантропической деятельностью с использованием части имущества, не имеющей обременений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z133" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z133" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридические лица, занимающиеся филантропической деятельностью, имеют право создавать временные объединения без образования юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z37" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z37" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ПОРЯДОК ОСУЩЕСТВЛЕНИЯ СПОНСОРСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Источники благотворительной помощи, осуществляемой спонсором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="107"/>
+    <w:bookmarkStart w:name="z134" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Благотворительная помощь может осуществляться спонсором за счет имущества, находящегося на праве собственности, и средств, поступивших от популяризации имени спонсора и (или) распространения рекламы, в том числе социальной рекламы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z135" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z135" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Благотворительная помощь, оказываемая спонсором, не осуществляется за счет средств государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Спонсорская деятельность физического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="109"/>
+    <w:bookmarkStart w:name="z136" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Физическое лицо, занимающееся спонсорской деятельностью, не имеет права распространять информацию о товарном знаке, производимом товаре, оказываемых услугах, принадлежащих третьим лицам на праве собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z137" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z137" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Физическое лицо, занимающееся спонсорской деятельностью, не имеет права вносить изменение (изменения) в наименование и содержание благотворительного мероприятия, для проведения которого данное лицо оказывает благотворительную помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z138" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z138" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Физические лица, создавшие простое товарищество, имеют право заниматься спонсорской деятельностью с использованием части имущества, не имеющей обременений, которая определена товариществом для оказания благотворительной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Спонсорская деятельность юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="112"/>
+    <w:bookmarkStart w:name="z139" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическое лицо, занимающееся спонсорской деятельностью, распространяет информацию о собственном наименовании, товарном знаке, производимом товаре, оказываемых услугах в соответствии с заключенным договором с пользователем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z140" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z140" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридическое лицо, занимающееся спонсорской деятельностью, не имеет права вносить изменение (изменения) в наименование и содержание благотворительного мероприятия, для проведения которого оно оказывает благотворительную помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z38" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z38" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ПОРЯДОК ОСУЩЕСТВЛЕНИЯ МЕЦЕНАТСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Объекты меценатской деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6583,185 +6509,185 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Меценатская деятельность физического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="115"/>
+    <w:bookmarkStart w:name="z141" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Физическое лицо, занимающееся меценатской деятельностью, имеет право передавать имущество, находящееся на праве личной собственности, либо имущественные права на него пользователю с целью оказания благотворительной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z142" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z142" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Меценатская деятельность физического лица, требующая оказания срочной помощи пользователю, может оказываться без разработки благотворительной программы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Меценатская деятельность юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="117"/>
+    <w:bookmarkStart w:name="z143" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическое лицо, занимающееся меценатской деятельностью, имеет право устанавливать в благотворительной программе благотворительный грант, индивидуальную стипендию с указанием их размеров в денежном выражении, цели, порядка назначения и использования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z144" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z144" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок использования благотворительного гранта, индивидуальной стипендии может быть изменен пользователем с согласия юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z145" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z145" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неосвоенная часть благотворительного гранта, индивидуальной стипендии является возвратной финансовой помощью и подлежит возвращению юридическому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z151" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z151" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6-1. Порядок осуществления деятельности по оказанию поддержки малой родине</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 6-1 в соответствии с Законом РК от 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6773,150 +6699,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30-1. Объекты деятельности по оказанию поддержки малой родине</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="121"/>
+    <w:bookmarkStart w:name="z153" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектами деятельности по оказанию поддержки малой родине в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z154" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z154" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) административно-территориальная единица Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z155" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z155" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объекты науки и инновационной деятельности, образования, культуры, искусства, спорта, территории, находящиеся на малой родине лица, оказывающего поддержку малой родине;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z156" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z156" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иные объекты, находящиеся на малой родине лица, оказывающего поддержку малой родине.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6970,68 +6896,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30-2. Деятельность физического лица по оказанию поддержки малой родине</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физическое лицо занимается деятельностью по оказанию поддержки малой родине с использованием имущества, находящегося в его личной собственности, и (или) результатов своей интеллектуальной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="125"/>
+    <w:bookmarkStart w:name="z39" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Ответственность за нарушение законодательства Республики Казахстан о благотворительности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>