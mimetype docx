--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d18f9da" w14:textId="d18f9da">
+    <w:p w14:paraId="3d8acff" w14:textId="3d8acff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -228,50 +228,126 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационных систем", "информационным системам", "электронных информационных ресурсов", "электронного правительства" предусматриваются заменить соответственно словами "цифровых систем", "цифровым системам", "цифровых ресурсов", "цифрового правительства" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует общественные отношения, возникающие в результате реализации конституционного права каждого свободно получать и распространять информацию любым не запрещенным законом способом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -386,4423 +462,5449 @@
         <w:t>
       3) пользователь информации – физическое или юридическое лицо, запрашивающее и (или) использующее информацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z718" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) проактивное распространение информации – распространение информации, за исключением информации с ограниченным доступом, без запроса пользователя информации и по инициативе обладателя информации в интересах обеспечения прозрачности своей деятельности и (или) участия общественности в принятии актов и решений, затрагивающих права и законные интересы неограниченного круга лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z27" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) интернет-портал открытых бюджетов – объект информатизации, обеспечивающий размещение бюджетной отчетности, консолидированной финансовой отчетности, гражданского бюджета, результатов государственного аудита и финансового контроля и иных материалов, информации и документов, подлежащих публикации в соответствии с Бюджетным кодексом Республики Казахстан, а также публичное обсуждение бюджетных программ и отчетов о реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z28" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) открытые данные – данные, представленные в машиночитаемом виде и предназначенные для дальнейшего использования, повторной публикации в неизменном виде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z28" w:id="9"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) интернет-портал открытых данных – объект информатизации, обеспечивающий централизованное хранение описательной и ссылочной информации по открытым данным;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z93" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) интернет-портал открытого диалога – объект информатизации, обеспечивающий возможность направления пользователями информации запросов посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства, а также участия пользователей информации в интернет-конференциях и опросах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 7) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) интернет-портал открытых нормативных правовых актов – объект информатизации, обеспечивающий размещение проектов нормативных правовых актов и иной информации в соответствии с настоящим Законом для проведения процедуры публичного обсуждения, за исключением информации с ограниченным доступом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z719" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 7-1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-1) общественно значимая информация – информация, представляющая общественный интерес, установленная </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктом 7-2) в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) информация с ограниченным доступом – информация, отнесенная к государственным секретам, личной, семейной, банковской, коммерческой тайне, тайне медицинского работника и (или) иным охраняемым законом тайнам, персональные данные ограниченного доступа, а также служебная информация ограниченного распространения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) блог-платформа первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства – объект информатизации, обеспечивающий возможность направления гражданами запросов и получения ответов на них от первых руководителей субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) единая платформа интернет-ресурсов государственных органов – технологическая платформа, предназначенная для размещения интернет-ресурсов государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 11) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) интернет-портал оценки эффективности деятельности государственных органов – объект информатизации, обеспечивающий размещение информации об оценке деятельности государственных органов, отчетов о достижении целевых индикаторов планов развития государственных органов и планов развития области, города республиканского значения, столицы, разрабатываемых в соответствии с законодательством Республики Казахстан, а также публичное обсуждение деятельности государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-1) исключен Законом РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) запрос – просьба в устной или письменной форме, в том числе в виде электронного документа, о предоставлении информации, озвученная или направленная обладателю информации в порядке, установленном настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2. Законодательство Республики Казахстан о доступе к информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z36" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Законодательство Республики Казахстан о доступе к информации основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z31" w:id="14"/>
-[...15 lines deleted...]
-      8) информация с ограниченным доступом – информация, отнесенная к государственным секретам, личной, семейной, банковской, коммерческой тайне, тайне медицинского работника и (или) иным охраняемым законом тайнам, персональные данные ограниченного доступа, а также служебная информация ограниченного распространения;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z693" w:id="15"/>
-[...15 lines deleted...]
-      8-1) блог-платформа первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства – объект информатизации, обеспечивающий возможность направления гражданами запросов и получения ответов на них от первых руководителей субъектов квазигосударственного сектора;</w:t>
+    <w:bookmarkStart w:name="z3" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3. Сфера применения настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон действует на территории Республики Казахстан и распространяется на общественные отношения, связанные с доступом к информации, не относящейся к информации с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действие настоящего Закона не распространяется на обращения физических и юридических лиц, порядок рассмотрения которых установлен законодательством Республики Казахстан об административных правонарушениях, административном судопроизводстве, а также уголовно-процессуальным, гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действие настоящего Закона не распространяется на порядок рассмотрения запросов, установленный Законом Республики Казахстан "О Национальном архивном фонде и архивах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Действие настоящего Закона не распространяется на порядок предоставления информации средствам массовой информации, предусмотренный Законом Республики Казахстан "О масс-медиа".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="16"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z4" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...293 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 2. Законодательство Республики Казахстан о доступе к информации</w:t>
-[...19 lines deleted...]
-      1. Законодательство Республики Казахстан о доступе к информации основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 4. Основные цель и задачи обеспечения доступа к информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
-[...15 lines deleted...]
-      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
+    <w:bookmarkStart w:name="z720" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основной целью обеспечения доступа к информации является создание правовых основ для обеспечения эффективной реализации конституционного права каждого свободно получать и распространять информацию любым не запрещенным законом способом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z3" w:id="22"/>
-[...217 lines deleted...]
-    <w:bookmarkStart w:name="z721" w:id="29"/>
+    <w:bookmarkStart w:name="z721" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основные задачи обеспечения доступа к информации: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z722" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) создание правовых, экономических и социальных условий для свободного и равного доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z723" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) охрана и защита права каждого на доступ к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z724" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) регулирование общественных отношений между обладателями и пользователями информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z725" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установление механизмов реализации права на доступ к информации и ответственности за незаконное ограничение данного права;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z726" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) своевременное и полное информирование пользователей информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z727" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определение организационно-технических и иных требований для обеспечения обладателями информации доступа к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 в редакции Закона РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4-1. Основные принципы обеспечения доступа к информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z729" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информация, находящаяся во владении обладателей информации, является открытой (презумпция открытости), за исключением случаев, предусмотренных статьей 5 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z722" w:id="30"/>
-[...15 lines deleted...]
-      1) создание правовых, экономических и социальных условий для свободного и равного доступа к информации;</w:t>
+    <w:bookmarkStart w:name="z730" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обеспечение доступа к информации основывается на следующих основных принципах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z723" w:id="31"/>
-[...15 lines deleted...]
-      2) охрана и защита права каждого на доступ к информации;</w:t>
+    <w:bookmarkStart w:name="z731" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z724" w:id="32"/>
-[...218 lines deleted...]
-    <w:bookmarkStart w:name="z732" w:id="39"/>
+    <w:bookmarkStart w:name="z732" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) открытости и прозрачности деятельности обладателей информации; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z733" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) достоверности и полноты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z734" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) актуальности и своевременности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z735" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) равного доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z736" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) неразглашения государственных секретов и иных охраняемых законом тайн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z737" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) неприкосновенности частной жизни, личной и семейной тайны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z738" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) соблюдения прав и законных интересов физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z739" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) учета потребностей лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z733" w:id="40"/>
-[...15 lines deleted...]
-      3) достоверности и полноты;</w:t>
+    <w:bookmarkStart w:name="z740" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проактивного распространения информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z734" w:id="41"/>
-[...15 lines deleted...]
-      4) актуальности и своевременности;</w:t>
+    <w:bookmarkStart w:name="z741" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ответственности за нарушение требований законодательства Республики Казахстан о доступе к информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z735" w:id="42"/>
-[...15 lines deleted...]
-      5) равного доступа к информации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 4-1 в соответствии с Законом РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5. Ограничение права на доступ к информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z736" w:id="43"/>
-[...15 lines deleted...]
-      6) неразглашения государственных секретов и иных охраняемых законом тайн;</w:t>
+    <w:bookmarkStart w:name="z742" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право на доступ к информации ограничивается только законами и лишь в той мере, в какой это необходимо в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека, здоровья и нравственности населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z737" w:id="44"/>
-[...15 lines deleted...]
-      7) неприкосновенности частной жизни, личной и семейной тайны;</w:t>
+    <w:bookmarkStart w:name="z743" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ограничение доступа к информации должно осуществляться только на определенный срок, необходимый для достижения целей, указанных в пункте 1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z738" w:id="45"/>
-[...15 lines deleted...]
-      8) соблюдения прав и законных интересов физических и юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z744" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае если требованиям пункта 1 настоящей статьи соответствует только часть информации, то ограничивается доступ только к данной части.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z739" w:id="46"/>
-[...15 lines deleted...]
-      9) учета потребностей лиц с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z745" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок ограничения может быть пересмотрен в том случае, если цели, указанные в пункте 1 настоящей статьи, не были достигнуты в установленный срок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z740" w:id="47"/>
-[...15 lines deleted...]
-      10) проактивного распространения информации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 в редакции Закона РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6. Общественно значимая информация, доступ к которой не подлежит ограничению</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z741" w:id="48"/>
-[...272 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 6 в редакции Закона РК от 13.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z746" w:id="55"/>
+    <w:bookmarkStart w:name="z746" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не подлежит ограничению доступ к следующей общественно значимой информации:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z747" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о чрезвычайных ситуациях и катастрофах, угрожающих безопасности и здоровью граждан, и их последствиях, а также о стихийных бедствиях, их официальных прогнозах и последствиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z748" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о состоянии здравоохранения, санитарии, демографии, миграции, образования, культуры, социальной защиты, экономики, сельского хозяйства, а также о состоянии преступности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z749" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о фактах совершения актов терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z750" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) о состоянии экологии, пожарной безопасности, а также о санитарно-эпидемиологической и радиационной обстановке, безопасности пищевых продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z751" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) о привилегиях, компенсациях и льготах, предоставляемых государством физическим и юридическим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z752" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) о фактах нарушения прав и свобод человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z753" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) о размерах золотовалютного резерва Национального Банка Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z747" w:id="56"/>
-[...15 lines deleted...]
-      1) о чрезвычайных ситуациях и катастрофах, угрожающих безопасности и здоровью граждан, и их последствиях, а также о стихийных бедствиях, их официальных прогнозах и последствиях;</w:t>
+    <w:bookmarkStart w:name="z754" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) содержащей тексты нормативных правовых актов Республики Казахстан, за исключением нормативных правовых актов, содержащих государственные секреты и иные охраняемые законом тайны, а также их проекты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z748" w:id="57"/>
-[...15 lines deleted...]
-      2) о состоянии здравоохранения, санитарии, демографии, миграции, образования, культуры, социальной защиты, экономики, сельского хозяйства, а также о состоянии преступности;</w:t>
+    <w:bookmarkStart w:name="z755" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) о формировании и расходовании средств из республиканского и местного бюджетов, за исключением сведений, содержащих государственные секреты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z749" w:id="58"/>
-[...15 lines deleted...]
-      3) о фактах совершения актов терроризма;</w:t>
+    <w:bookmarkStart w:name="z756" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) о контроле, государственном аудите и финансовом контроле за расходованием средств из республиканского и местного бюджетов, активов государства, за исключением сведений, содержащих государственные секреты и иную охраняемую законом тайну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z750" w:id="59"/>
-[...15 lines deleted...]
-      4) о состоянии экологии, пожарной безопасности, а также о санитарно-эпидемиологической и радиационной обстановке, безопасности пищевых продуктов;</w:t>
+    <w:bookmarkStart w:name="z757" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) о фактах нарушения законности обладателями информации, их должностными лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z751" w:id="60"/>
-[...15 lines deleted...]
-      5) о привилегиях, компенсациях и льготах, предоставляемых государством физическим и юридическим лицам;</w:t>
+    <w:bookmarkStart w:name="z758" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) о массовых репрессиях по политическим, социальным и другим мотивам, в том числе находящейся в архивах, за исключением информации, относимой к государственным секретам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z752" w:id="61"/>
-[...15 lines deleted...]
-      6) о фактах нарушения прав и свобод человека и гражданина;</w:t>
+    <w:bookmarkStart w:name="z759" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) о выполнении пунктов инвестиционного плана государственного органа и других документов Системы государственного планирования Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z753" w:id="62"/>
-[...15 lines deleted...]
-      7) о размерах золотовалютного резерва Национального Банка Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z760" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) о принадлежности объектов электрических сетей, за исключением сведений, содержащих государственные секреты и иную охраняемую законом тайну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z754" w:id="63"/>
-[...15 lines deleted...]
-      8) содержащей тексты нормативных правовых актов Республики Казахстан, за исключением нормативных правовых актов, содержащих государственные секреты и иные охраняемые законом тайны, а также их проекты;</w:t>
+    <w:bookmarkStart w:name="z761" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) статистическим данным о состоянии сферы цифровых активов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z755" w:id="64"/>
-[...15 lines deleted...]
-      9) о формировании и расходовании средств из республиканского и местного бюджетов, за исключением сведений, содержащих государственные секреты;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными Законом РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6-1. Компетенция Правительства Республики Казахстан в области доступа к информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан разрабатывает основные направления государственной политики в области доступа к информации и организует их осуществление.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z756" w:id="65"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными Законом РК от 13.01.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 6-1 в соответствии с Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 6-1. Компетенция Правительства Республики Казахстан в области доступа к информации</w:t>
-[...117 lines deleted...]
-        </w:rPr>
         <w:t>Статья 6-2. Компетенция уполномоченных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z762" w:id="72"/>
+    <w:bookmarkStart w:name="z762" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Уполномоченный орган в области доступа к информации:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z763" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в области доступа к информации в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z764" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет государственный контроль в области доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z765" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказывает практическую и методическую помощь обладателям информации по вопросам доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z766" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) взаимодействует с обладателями и пользователями информации по вопросам доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z767" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает единый перечень открытых данных государственных органов, размещаемых на интернет-портале открытых данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z768" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает правила информационного наполнения интернет-ресурсов государственных органов и требования к их содержанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z769" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляет ежегодно не позднее 1 июня Президенту Республики Казахстан годовой отчет о состоянии сферы доступа к информации в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z763" w:id="73"/>
-[...15 lines deleted...]
-      1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в области доступа к информации в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) размещает на своем интернет-ресурсе годовой отчет о состоянии сферы доступа к информации в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z764" w:id="74"/>
-[...15 lines deleted...]
-      2) осуществляет государственный контроль в области доступа к информации;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) определяет размеры фактических затрат на копирование или печать и порядок их оплаты обладателю информации, а также порядок освобождения социально уязвимых слоев населения от оплаты фактических затрат на копирование или печать;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z765" w:id="75"/>
-[...15 lines deleted...]
-      3) оказывает практическую и методическую помощь обладателям информации по вопросам доступа к информации;</w:t>
+    <w:bookmarkStart w:name="z772" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) разрабатывает и утверждает нормативные правовые акты в области доступа к информации в соответствии с целью и задачами настоящего Закона и законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z766" w:id="76"/>
-[...15 lines deleted...]
-      4) взаимодействует с обладателями и пользователями информации по вопросам доступа к информации;</w:t>
+    <w:bookmarkStart w:name="z773" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z767" w:id="77"/>
-[...15 lines deleted...]
-      5) утверждает единый перечень открытых данных государственных органов, размещаемых на интернет-портале открытых данных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в сфере информатизации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию государственной политики в области доступа к информации в части создания, поиска, сбора, накопления, хранения, обработки, получения, использования, преобразования, отображения, распространения и предоставления электронных информационных ресурсов, содержащихся в объектах информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводит анализ данных, за исключением информации с ограниченным доступом, содержащихся в объектах информатизации государственных органов, с целью их последующего размещения на интернет-портале открытых данных в порядке, определенном уполномоченным органом в сфере информатизации по согласованию с уполномоченным органом в области доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z768" w:id="78"/>
-[...15 lines deleted...]
-      6) утверждает правила информационного наполнения интернет-ресурсов государственных органов и требования к их содержанию;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 6-2 в соответствии с Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7. Права и обязанности пользователя информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z769" w:id="79"/>
-[...15 lines deleted...]
-      7) представляет ежегодно не позднее 1 июня Президенту Республики Казахстан годовой отчет о состоянии сферы доступа к информации в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пользователь информации имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z770" w:id="80"/>
-[...15 lines deleted...]
-      8) размещает на своем интернет-ресурсе годовой отчет о состоянии сферы доступа к информации в Республике Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать и распространять информацию любым не запрещенным законом способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращаться с запросом о предоставлении информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проверять достоверность и полноту получаемой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отозвать запрос;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) не обосновывать необходимость получения информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обжаловать незаконное ограничение права на доступ к информации, действия (бездействие) должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) требовать в установленном законом порядке возмещения материального ущерба и морального вреда, причиненного ему нарушением его права на доступ к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пользователь информации обязан соблюдать требования настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z771" w:id="81"/>
-[...15 lines deleted...]
-      9) определяет размеры фактических затрат на копирование или печать и порядок их оплаты обладателю информации, а также порядок освобождения социально уязвимых слоев населения от оплаты фактических затрат на копирование или печать;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8. Обладатель информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z772" w:id="82"/>
-[...15 lines deleted...]
-      10) разрабатывает и утверждает нормативные правовые акты в области доступа к информации в соответствии с целью и задачами настоящего Закона и законодательства Республики Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обладателями информации признаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) органы и учреждения законодательной, исполнительной и судебной ветвей государственной власти, местного государственного управления и самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственные учреждения, не являющиеся государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъекты квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) юридические лица, являющиеся получателями бюджетных средств, – в части информации, касающейся использования средств, выделенных из государственного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) субъекты государственной монополии, специального права – в части информации, касающейся цен на производимые (реализуемые) ими товары (работы, услуги);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) юридические лица – в части обладаемой ими экологической информации, информации о чрезвычайных ситуациях, природных и техногенных катастрофах, их прогнозах и последствиях, состоянии пожарной безопасности, санитарно-эпидемиологической и радиационной обстановки, безопасности пищевых продуктов и других факторах, оказывающих негативное воздействие на здоровье и обеспечение безопасности граждан, населенных пунктов и производственных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) исполнители функций центральных и (или) местных исполнительных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z773" w:id="83"/>
-[...15 lines deleted...]
-      11) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2022).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9. Права и обязанности обладателя информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z119" w:id="84"/>
-[...15 lines deleted...]
-      2. Уполномоченный орган в сфере информатизации:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обладатель информации имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z120" w:id="85"/>
-[...15 lines deleted...]
-      1) обеспечивает реализацию государственной политики в области доступа к информации в части создания, поиска, сбора, накопления, хранения, обработки, получения, использования, преобразования, отображения, распространения и предоставления электронных информационных ресурсов, содержащихся в объектах информатизации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлять запрос соответствующему обладателю информации, в компетенцию которого входит предоставление запрашиваемой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уточнять содержание запроса у лица, обратившегося с запросом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отказать в предоставлении информации в случаях и по основаниям, установленными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обладатель информации обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z121" w:id="86"/>
-[...15 lines deleted...]
-      2) проводит анализ данных, за исключением информации с ограниченным доступом, содержащихся в объектах информатизации государственных органов, с целью их последующего размещения на интернет-портале открытых данных в порядке, определенном уполномоченным органом в сфере информатизации по согласованию с уполномоченным органом в области доступа к информации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивать доступ к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивать в рамках своих полномочий организационно-технические и другие условия, необходимые для эффективного и своевременного доступа к информации, создаваемой и (или) собираемой в процессе его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставлять достоверную и полную информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивать в предоставляемой информации наличие сведений о должностном лице в объеме, достаточном для идентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивать соблюдение установленных законом сроков предоставления информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вести учет, обобщение и анализ запросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) создавать необходимые условия для лиц с инвалидностью при предоставлении информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивать бесперебойное функционирование интернет-ресурсов, содержащих информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечивать повышение квалификации должностных лиц и работников в области обеспечения доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проводить внутренний контроль за качеством и своевременностью предоставления информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) соблюдать законодательство Республики Казахстан о государственных секретах и иные охраняемые законом тайны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) размещать на постоянной основе в виде открытых данных информацию на интернет-портале открытых данных, не относящуюся к информации с ограниченным доступом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) своевременно актуализировать в пределах компетенции информацию, размещаемую на интернет-порталах открытых данных, открытых бюджетов и оценки эффективности деятельности государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...1030 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществлять иные обязанности, предусмотренные настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="97"/>
+    <w:bookmarkStart w:name="z126" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Обладатели информации, указанные в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z774" w:id="98"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z774" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иметь уполномоченное структурное подразделение или назначить уполномоченное лицо по вопросам доступа к информации, осуществляющее внутренний мониторинг, координацию и контроль за обеспечением доступа к информации, находящейся во владении обладателя информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z775" w:id="99"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z775" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) при принятии решения об ограничении права на доступ к информации руководствоваться </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z776" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проактивно распространять информацию, которая создается и (или) собирается в процессе их деятельности, за исключением информации с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z777" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проактивное распространение информации осуществляется в виде размещения по собственной инициативе открытых данных, не входящих в единый перечень открытых данных государственных органов, размещаемых на интернет-портале открытых данных, исходя из анализа часто запрашиваемой и востребованной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z46" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В дополнение к обязанностям, указанным в пункте 2 настоящей статьи, руководители центральных исполнительных органов (за исключением министерств обороны, иностранных дел Республики Казахстан), акимы и руководители национальных высших учебных заведений обязаны отчитываться перед населением о проделанной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10. Способы обеспечения доступа к информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доступ к информации обеспечивается следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставлением информации по запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещением информации в помещениях, занимаемых обладателями информации, и в иных отведенных для этих целей местах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечением доступа к открытым заседаниям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заслушиванием и обсуждением отчетов руководителей центральных исполнительных органов (за исключением министерств обороны, иностранных дел Республики Казахстан), акимов и руководителей национальных высших учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размещением информации в средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) размещением информации на интернет-ресурсе обладателя информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) размещением информации на соответствующих компонентах веб-портала "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z703" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) соблюдением стандарта открытости обладателей информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иными способами, не запрещенными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Предоставление информации по запросу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z47" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информация по запросу предоставляется бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z48" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. По запросу предоставляется любая информация, за исключением информации с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативным постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституционного Суда РК от 26.12.2023 № 39-НП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 настоящего Закона РК признан соответствующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрос должен адресоваться обладателю информации, в компетенцию которого входит предоставление запрашиваемой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрос может быть представлен в устной или письменной форме, в том числе в виде электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пользователь информации может обращаться с устным запросом лично или по телефону.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z776" w:id="100"/>
-[...760 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответ на устный запрос предоставляется по следующей информации:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4975,4390 +6077,4484 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) номера телефонов для получения информации об имеющихся вакантных должностях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае предоставления ответа на устный запрос указывается имя и должность лица, предоставившего ответ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="110"/>
+    <w:bookmarkStart w:name="z51" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. В письменном запросе указываются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z695" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер физического лица, запрашивающего информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z696" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при обращении от имени юридического лица – полное наименование юридического лица, бизнес-идентификационный номер, исходящий номер и дата, фамилия, инициалы и должность лица, подписавшего запрос.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z697" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В запросе должны быть указаны почтовый адрес или адрес электронной почты, номер телефона или телефакса, иные средства связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z698" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письменный запрос должен быть подписан физическим лицом или представителем юридического лица. Запрос в виде электронного документа должен быть заверен электронной цифровой подписью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z699" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К письменному запросу приравнивается запрос в электронной форме, направленный посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z700" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрос, направляемый посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства, не требует его подписания пользователем информации при условии наличия у него учетной записи на веб-портале "электронного правительства" и подключения к ней абонентского номера пользователя информации, предоставленного оператором сотовой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z52" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Пользователю информации, непосредственно обратившемуся к обладателю информации и представившему запрос в письменной форме, выдается талон с указанием даты и времени, фамилии и инициалов лица, принявшего запрос.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z53" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Письменные запросы, поданные в порядке, установленном настоящим Законом, за исключением анонимных запросов, подлежат обязательному приему, регистрации, учету и рассмотрению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z54" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Письменные запросы могут вноситься через представителя физического или юридического лица. Оформление представительства производится в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 9 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Запросы, поступившие по общедоступным информационным системам и соответствующие требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, подлежат рассмотрению в порядке, установленном настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ответ на письменный запрос предоставляется в течение пятнадцати календарных дней со дня поступления к обладателю информации.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z695" w:id="111"/>
-[...15 lines deleted...]
-      1) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер физического лица, запрашивающего информацию;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, когда запрашиваемая информация входит в компетенцию нескольких обладателей информации и при ответе на письменный запрос требуется получение информации от иных обладателей информации, срок рассмотрения может быть однократно продлен руководителем обладателя информации не более чем на пятнадцать календарных дней, о чем пользователю информации сообщается в течение трех рабочих дней с момента продления срока рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Письменный запрос, поступивший к обладателю информации, в компетенцию которого не входит предоставление запрашиваемой информации, в срок не позднее трех рабочих дней со дня поступления запроса, направляется соответствующему обладателю информации с одновременным уведомлением об этом пользователя информации, направившего запрос.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z696" w:id="112"/>
-[...15 lines deleted...]
-      2) при обращении от имени юридического лица – полное наименование юридического лица, бизнес-идентификационный номер, исходящий номер и дата, фамилия, инициалы и должность лица, подписавшего запрос.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ответ на письменный запрос предоставляется по выбору пользователя информации в бумажной и (или) электронной формах на языке обращения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z697" w:id="113"/>
-[...15 lines deleted...]
-      В запросе должны быть указаны почтовый адрес или адрес электронной почты, номер телефона или телефакса, иные средства связи.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответ на устный запрос предоставляется в устной форме на языке обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае если ответ на письменный запрос предусматривает копирование или печать, то пользователь информации обязан возместить обладателю информации фактические затраты на копирование или печать.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z698" w:id="114"/>
-[...15 lines deleted...]
-      Письменный запрос должен быть подписан физическим лицом или представителем юридического лица. Запрос в виде электронного документа должен быть заверен электронной цифровой подписью.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размеры фактических затрат на копирование или печать и порядок их оплаты подлежат обязательному опубликованию в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, и размещению на интернет-ресурсах обладателей информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z699" w:id="115"/>
-[...15 lines deleted...]
-      К письменному запросу приравнивается запрос в электронной форме, направленный посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      От оплаты фактических затрат на копирование или печать освобождаются социально уязвимые слои населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z700" w:id="116"/>
-[...15 lines deleted...]
-      Запрос, направляемый посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства, не требует его подписания пользователем информации при условии наличия у него учетной записи на веб-портале "электронного правительства" и подключения к ней абонентского номера пользователя информации, предоставленного оператором сотовой связи.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В ответе на письменный запрос указываются наименование, почтовый адрес обладателя информации, должность лица, подписавшего ответ, дата и номер регистрации запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z52" w:id="117"/>
-[...15 lines deleted...]
-      6. Пользователю информации, непосредственно обратившемуся к обладателю информации и представившему запрос в письменной форме, выдается талон с указанием даты и времени, фамилии и инициалов лица, принявшего запрос.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Если запрашиваемая информация размещена в порядке, установленном настоящим Законом, то обладатель информации может уведомить об этом пользователя информации, но не позднее трех рабочих дней, с одновременным направлением ему сведений о способах и месте доступа к запрашиваемой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z53" w:id="118"/>
-[...15 lines deleted...]
-      7. Письменные запросы, поданные в порядке, установленном настоящим Законом, за исключением анонимных запросов, подлежат обязательному приему, регистрации, учету и рассмотрению.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторном обращении обладатель информации предоставляет запрашиваемую информацию в порядке, предусмотренном настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В предоставлении доступа к информации отказывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z54" w:id="119"/>
-[...15 lines deleted...]
-      8. Письменные запросы могут вноситься через представителя физического или юридического лица. Оформление представительства производится в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z711" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) если содержание запроса не позволяет установить запрашиваемую информацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z55" w:id="120"/>
-[...15 lines deleted...]
-      9. Запросы, поступившие по общедоступным информационным системам и соответствующие требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, подлежат рассмотрению в порядке, установленном настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z712" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) если запрос не соответствует требованиям настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z56" w:id="121"/>
-[...15 lines deleted...]
-      10. Ответ на письменный запрос предоставляется в течение пятнадцати календарных дней со дня поступления к обладателю информации.</w:t>
+    <w:bookmarkStart w:name="z713" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) если запрашиваемая информация относится к информации с ограниченным доступом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      11. Письменный запрос, поступивший к обладателю информации, в компетенцию которого не входит предоставление запрашиваемой информации, в срок не позднее трех рабочих дней со дня поступления запроса, направляется соответствующему обладателю информации с одновременным уведомлением об этом пользователя информации, направившего запрос.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативным постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституционного Суда РК от 26.12.2023 № 39-НП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 16 статьи 11 настоящего Закона РК признан соответствующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z714" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) если в запросе ставится вопрос о правовой оценке актов, принятых обладателем информации, проведении анализа деятельности обладателя информации либо подведомственных им органов и организаций или проведении иной аналитической работы до ее завершения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z58" w:id="123"/>
-[...15 lines deleted...]
-      12. Ответ на письменный запрос предоставляется по выбору пользователя информации в бумажной и (или) электронной формах на языке обращения.</w:t>
+    <w:bookmarkStart w:name="z715" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) до принятия решения по результатам проверок, проводимых в рамках государственного контроля и надзора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:p>
-[...33 lines deleted...]
-      13. В случае если ответ на письменный запрос предусматривает копирование или печать, то пользователь информации обязан возместить обладателю информации фактические затраты на копирование или печать.</w:t>
+    <w:bookmarkStart w:name="z716" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) до принятия окончательного решения, вырабатываемого на основе межведомственной и внутриведомственной переписки или на основе совещаний в государственных органах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
-[...15 lines deleted...]
-      Размеры фактических затрат на копирование или печать и порядок их оплаты подлежат обязательному опубликованию в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, и размещению на интернет-ресурсах обладателей информации.</w:t>
+    <w:bookmarkStart w:name="z717" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) до принятия взаимного соглашения об условиях раскрытия документов, поступивших от иностранных государств или международных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
-[...15 lines deleted...]
-      От оплаты фактических затрат на копирование или печать освобождаются социально уязвимые слои населения.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мотивированный ответ об отказе в предоставлении информации по письменному запросу доводится до сведения пользователя информации в течение пяти рабочих дней со дня регистрации запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z60" w:id="127"/>
-[...15 lines deleted...]
-      14. В ответе на письменный запрос указываются наименование, почтовый адрес обладателя информации, должность лица, подписавшего ответ, дата и номер регистрации запроса.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Личную ответственность за организацию работы с запросами, за состояние их приема, регистрации, учета и рассмотрения несут руководители обладателей информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z61" w:id="128"/>
-[...15 lines deleted...]
-      15. Если запрашиваемая информация размещена в порядке, установленном настоящим Законом, то обладатель информации может уведомить об этом пользователя информации, но не позднее трех рабочих дней, с одновременным направлением ему сведений о способах и месте доступа к запрашиваемой информации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12. Размещение информации в помещениях, занимаемых обладателями информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:p>
-[...33 lines deleted...]
-      16. В предоставлении доступа к информации отказывается:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обладатели информации в занимаемых ими помещениях размещают информационные стенды и (или) другие технические средства аналогичного назначения с информацией о своей деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z711" w:id="130"/>
-[...15 lines deleted...]
-      1) если содержание запроса не позволяет установить запрашиваемую информацию;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обладатели информации, деятельность которых связана с охраной общественного порядка и обеспечением общественной безопасности, обязаны обеспечивать круглосуточный свободный доступ к информационным стендам и (или) другим техническим средствам аналогичного назначения с информацией о своей деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z712" w:id="131"/>
-[...15 lines deleted...]
-      2) если запрос не соответствует требованиям настоящего Закона;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация, указанная в пункте 1 настоящей статьи, содержит:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z713" w:id="132"/>
-[...15 lines deleted...]
-      3) если запрашиваемая информация относится к информации с ограниченным доступом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок работы обладателя информации, включая порядок приема физических лиц и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) условия и порядок получения информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13. Обеспечение доступа к открытым заседаниям</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z704" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Заседания Палат Парламента Республики Казахстан, Правительства Республики Казахстан и коллегиальных органов центральных исполнительных органов и местных представительных и исполнительных органов области, города республиканского значения, столицы, района (города областного значения) являются открытыми и доступными пользователям информации, за исключением закрытых заседаний, а также заседаний правоохранительных и специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z705" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При рассмотрении вопросов, которые относятся к категории информации с ограниченным доступом, а также в иных случаях, предусмотренных законами Республики Казахстан, заседания могут проводиться в закрытом режиме без присутствия пользователей информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О данном решении пользователи информации извещаются не позднее чем за три рабочих дня путем размещения данной информации на интернет-ресурсе обладателя информации, в масс-медиа и помещении, занимаемом обладателем информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z706" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок доступа пользователей информации к заседаниям Палат Парламента Республики Казахстан и Правительства Республики Казахстан определяется их регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z707" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок доступа пользователей информации к заседаниям коллегиальных органов центральных исполнительных органов и местных представительных и исполнительных органов области, города республиканского значения, столицы, района (города областного значения) определяется правилами доступа к заседаниям обладателей информации, утверждаемыми уполномоченным органом в области доступа к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z708" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Палаты Парламента Республики Казахстан, Правительство Республики Казахстан, коллегиальные органы центральных исполнительных органов и местных представительных и исполнительных органов области, города республиканского значения, столицы, района (города областного значения) обеспечивают трансляцию открытых заседаний, в том числе на интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 13 - в редакции Закона РК от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z714" w:id="133"/>
-[...115 lines deleted...]
-      18. Личную ответственность за организацию работы с запросами, за состояние их приема, регистрации, учета и рассмотрения несут руководители обладателей информации.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14. Отчеты руководителей центральных исполнительных органов, акимов и руководителей национальных высших учебных заведений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z130" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководители центральных исполнительных органов (за исключением министерств обороны, иностранных дел Республики Казахстан), акимы и руководители национальных высших учебных заведений не реже одного раза в год отчитываются перед населением о проделанной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения отчетных встреч определяется законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 30.12.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции Закона РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="139"/>
+    <w:bookmarkStart w:name="z15" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 12. Размещение информации в помещениях, занимаемых обладателями информации</w:t>
-[...19 lines deleted...]
-      1. Обладатели информации в занимаемых ими помещениях размещают информационные стенды и (или) другие технические средства аналогичного назначения с информацией о своей деятельности.</w:t>
+        <w:t xml:space="preserve"> Статья 15. Размещение информации в средствах массовой информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z129" w:id="141"/>
-[...15 lines deleted...]
-      Обладатели информации, деятельность которых связана с охраной общественного порядка и обеспечением общественной безопасности, обязаны обеспечивать круглосуточный свободный доступ к информационным стендам и (или) другим техническим средствам аналогичного назначения с информацией о своей деятельности.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размещение информации в средствах массовой информации осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16. Размещение информации на интернет-ресурсах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z66" w:id="142"/>
-[...15 lines deleted...]
-      2. Информация, указанная в пункте 1 настоящей статьи, содержит:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обладатели информации создают интернет-ресурсы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:p>
-[...169 lines deleted...]
-        <w:t xml:space="preserve"> Статья 13. Обеспечение доступа к открытым заседаниям</w:t>
+    <w:bookmarkStart w:name="z691" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Созданные интернет-ресурсы должны соответствовать национальному стандарту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z704" w:id="144"/>
-[...15 lines deleted...]
-      1. Заседания Палат Парламента Республики Казахстан, Правительства Республики Казахстан и коллегиальных органов центральных исполнительных органов и местных представительных и исполнительных органов области, города республиканского значения, столицы, района (города областного значения) являются открытыми и доступными пользователям информации, за исключением закрытых заседаний, а также заседаний правоохранительных и специальных государственных органов.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обладатели информации, указанные в подпункте 1) статьи 8 настоящего Закона, размещают интернет-ресурсы на единой платформе интернет-ресурсов государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z705" w:id="145"/>
-[...451 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="156"/>
+    <w:bookmarkStart w:name="z131" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Обладатели информации, указанные в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, в пределах своей компетенции обязаны размещать на интернет-ресурсах с указанием даты размещения и обновления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z132" w:id="157"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z132" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общую информацию о деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z778" w:id="158"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z778" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организационную структуру, сведения о руководителях и их заместителях, их должностных обязанностях в курируемых сферах, о трудовой деятельности и образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z779" w:id="159"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z779" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контактные данные;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z780" w:id="160"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z780" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень структурных подразделений и подведомственных организаций, их задачи и функции, а также сведения о руководителях и их заместителях, их должностных обязанностях в курируемых сферах, о трудовой деятельности и образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z781" w:id="161"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z781" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень территориальных органов, их задачи и функции, а также сведения о руководителях и их заместителях, их должностных обязанностях в курируемых сферах, о трудовой деятельности и образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z782" w:id="162"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z782" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормативные правовые акты, регламентирующие компетенцию, полномочия, задачи и функции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z783" w:id="163"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z783" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       официальные новости, пресс-релизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z784" w:id="164"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z784" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ленту новостей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z785" w:id="165"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z785" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       информацию о назначении на должности и освобождении от должностей руководителей, их заместителей, руководителей структурных подразделений, территориальных органов, дочерних организаций; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z143" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информацию о нормотворческой деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z144" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень принятых нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z145" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексты разрабатываемых консультативных документов регуляторной политики, проектов нормативных правовых актов вместе с пояснительными записками (при их наличии) и сравнительными таблицами к ним (в случаях внесения изменений и (или) дополнений в нормативные правовые акты), заключения научных экспертиз и экспертные заключения субъектов частного предпринимательства (при их наличии), отчеты о завершении их публичного обсуждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z146" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информационные сообщения, пресс-релизы, направленные на оповещение населения о сроках проведения публичных обсуждений проектов нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z147" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информацию о бюджетных средствах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z148" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проекты республиканского и местных бюджетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z149" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утвержденные республиканский и местные бюджеты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z150" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию об общей сумме бюджетных средств, выделенных на функционирование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z151" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию об использовании средств республиканского и местных бюджетов, Национального фонда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z152" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджетную отчетность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z153" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      консолидированную финансовую отчетность;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z143" w:id="166"/>
-[...15 lines deleted...]
-      2) информацию о нормотворческой деятельности:</w:t>
+    <w:bookmarkStart w:name="z154" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты государственного аудита и финансового контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z144" w:id="167"/>
-[...15 lines deleted...]
-      перечень принятых нормативных правовых актов;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданский бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z145" w:id="168"/>
-[...15 lines deleted...]
-      тексты разрабатываемых консультативных документов регуляторной политики, проектов нормативных правовых актов вместе с пояснительными записками (при их наличии) и сравнительными таблицами к ним (в случаях внесения изменений и (или) дополнений в нормативные правовые акты), заключения научных экспертиз и экспертные заключения субъектов частного предпринимательства (при их наличии), отчеты о завершении их публичного обсуждения;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информационные сообщения, пресс-релизы, направленные на оповещение населения о сроках проведения публичных обсуждений бюджетных программ и отчетов о реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z146" w:id="169"/>
-[...15 lines deleted...]
-      информационные сообщения, пресс-релизы, направленные на оповещение населения о сроках проведения публичных обсуждений проектов нормативных правовых актов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иные материалы, информацию и документы, подлежащие публикации в соответствии с Бюджетным кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информацию о текущей деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z147" w:id="170"/>
-[...15 lines deleted...]
-      3) информацию о бюджетных средствах:</w:t>
+    <w:bookmarkStart w:name="z158" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      план развития государственного органа и отчет о его реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z148" w:id="171"/>
-[...15 lines deleted...]
-      проекты республиканского и местных бюджетов;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      программы развития территорий и отчеты об их реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z149" w:id="172"/>
-[...15 lines deleted...]
-      утвержденные республиканский и местные бюджеты;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      государственные и отраслевые программы, концепции, доктрины, стратегии, планы развития соответствующей отрасли, а также отчеты об их реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z150" w:id="173"/>
-[...15 lines deleted...]
-      информацию об общей сумме бюджетных средств, выделенных на функционирование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      статистическую информацию и показатели, характеризующие состояние и динамику развития отрасли (сферы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z151" w:id="174"/>
-[...15 lines deleted...]
-      информацию об использовании средств республиканского и местных бюджетов, Национального фонда Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечни общедоступных электронных информационных ресурсов, а также ведомственных баз (банков) данных, реестров, регистров, кадастров, находящихся в их ведении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z152" w:id="175"/>
-[...15 lines deleted...]
-      бюджетную отчетность;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аналитические доклады и обзоры о деятельности, а также отчеты и доклады о проделанной работе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z153" w:id="176"/>
-[...15 lines deleted...]
-      консолидированную финансовую отчетность;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стенограммы и (или) протоколы открытых заседаний коллегиальных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z154" w:id="177"/>
-[...15 lines deleted...]
-      результаты государственного аудита и финансового контроля;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию о деятельности консультативно-совещательных органов (советов, комиссий), в которых государственный орган является рабочим органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z155" w:id="178"/>
-[...15 lines deleted...]
-      гражданский бюджет;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      итоги оценки эффективности деятельности государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z156" w:id="179"/>
-[...15 lines deleted...]
-      информационные сообщения, пресс-релизы, направленные на оповещение населения о сроках проведения публичных обсуждений бюджетных программ и отчетов о реализации бюджетных программ;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информацию по вопросам кадрового обеспечения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:p>
-[...33 lines deleted...]
-      4) информацию о текущей деятельности:</w:t>
+    <w:bookmarkStart w:name="z168" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативные правовые акты, регулирующие порядок поступления граждан Республики Казахстан на государственную службу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z158" w:id="181"/>
-[...15 lines deleted...]
-      план развития государственного органа и отчет о его реализации;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об объявленном конкурсе на занятие административной государственной должности корпуса "Б";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z159" w:id="182"/>
-[...15 lines deleted...]
-      программы развития территорий и отчеты об их реализации;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квалификационные требования к административным государственным должностям корпуса "Б";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z160" w:id="183"/>
-[...15 lines deleted...]
-      государственные и отраслевые программы, концепции, доктрины, стратегии, планы развития соответствующей отрасли, а также отчеты об их реализации;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) работников службы управления персоналом (кадровой службы), уполномоченных консультировать по вопросам занятия вакантных должностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z161" w:id="184"/>
-[...15 lines deleted...]
-      статистическую информацию и показатели, характеризующие состояние и динамику развития отрасли (сферы);</w:t>
+    <w:bookmarkStart w:name="z172" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) информацию в сфере государственных услуг:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z162" w:id="185"/>
-[...15 lines deleted...]
-      перечни общедоступных электронных информационных ресурсов, а также ведомственных баз (банков) данных, реестров, регистров, кадастров, находящихся в их ведении;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z163" w:id="186"/>
-[...15 lines deleted...]
-      аналитические доклады и обзоры о деятельности, а также отчеты и доклады о проделанной работе;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежегодный отчет о деятельности государственного органа по вопросам оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z164" w:id="187"/>
-[...15 lines deleted...]
-      стенограммы и (или) протоколы открытых заседаний коллегиальных органов;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проекты разрабатываемых подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, а также отчеты о завершении их публичного обсуждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z165" w:id="188"/>
-[...15 lines deleted...]
-      информацию о деятельности консультативно-совещательных органов (советов, комиссий), в которых государственный орган является рабочим органом;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты общественного мониторинга качества оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z166" w:id="189"/>
-[...15 lines deleted...]
-      итоги оценки эффективности деятельности государственных органов;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию о порядке обжалования результата оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z167" w:id="190"/>
-[...15 lines deleted...]
-      5) информацию по вопросам кадрового обеспечения:</w:t>
+    <w:bookmarkStart w:name="z178" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) информацию о принимаемых мерах по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z168" w:id="191"/>
-[...15 lines deleted...]
-      нормативные правовые акты, регулирующие порядок поступления граждан Республики Казахстан на государственную службу;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) информацию в сфере международного сотрудничества:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z169" w:id="192"/>
-[...15 lines deleted...]
-      сведения об объявленном конкурсе на занятие административной государственной должности корпуса "Б";</w:t>
+    <w:bookmarkStart w:name="z180" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень международных организаций, в деятельности которых принимает участие государственный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z170" w:id="193"/>
-[...15 lines deleted...]
-      квалификационные требования к административным государственным должностям корпуса "Б";</w:t>
+    <w:bookmarkStart w:name="z181" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечни и тексты заключенных (подписанных) международных договоров и соглашений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z171" w:id="194"/>
-[...15 lines deleted...]
-      контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) работников службы управления персоналом (кадровой службы), уполномоченных консультировать по вопросам занятия вакантных должностей;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о полученных и использованных грантах, предоставленных иностранным государством, международной или иностранной организацией и (или) фондом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z172" w:id="195"/>
-[...15 lines deleted...]
-      6) информацию в сфере государственных услуг:</w:t>
+    <w:bookmarkStart w:name="z183" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об участии государственного органа в реализации международных договоров и программ международного сотрудничества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z173" w:id="196"/>
-[...15 lines deleted...]
-      подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z184" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключения, экспертные оценки, рекомендации и другие аналитические материалы международных организаций по вопросам деятельности государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z174" w:id="197"/>
-[...15 lines deleted...]
-      ежегодный отчет о деятельности государственного органа по вопросам оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иные сведения в сфере международного сотрудничества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z175" w:id="198"/>
-[...15 lines deleted...]
-      проекты разрабатываемых подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, а также отчеты о завершении их публичного обсуждения;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) информацию в сфере государственных закупок:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z176" w:id="199"/>
-[...15 lines deleted...]
-      результаты общественного мониторинга качества оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z187" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативные правовые акты Республики Казахстан, регулирующие порядок осуществления государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z177" w:id="200"/>
-[...15 lines deleted...]
-      информацию о порядке обжалования результата оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      годовой план государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z178" w:id="201"/>
-[...15 lines deleted...]
-      7) информацию о принимаемых мерах по противодействию коррупции;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию о государственных закупках, осуществляемых государственным органом способами открытого конкурса, аукциона, запроса ценовых предложений, из одного источника, а также через товарные биржи, включая условия их проведения, порядок участия в них потенциальных поставщиков, протоколы об итогах государственных закупок, порядок обжалования действий (бездействия), решений заказчика, организатора государственных закупок, единого организатора государственных закупок, комиссий, эксперта, единого оператора в сфере государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z179" w:id="202"/>
-[...15 lines deleted...]
-      8) информацию в сфере международного сотрудничества:</w:t>
+    <w:bookmarkStart w:name="z190" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) порядок осуществления разрешительных действий (лицензирование, аккредитация, регистрация и другие);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z180" w:id="203"/>
-[...15 lines deleted...]
-      перечень международных организаций, в деятельности которых принимает участие государственный орган;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) информацию о результатах проверок, проведенных государственным органом и его территориальными органами, а также результатах проверок, проведенных в государственном органе и его территориальных органах с учетом ограничений, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z181" w:id="204"/>
-[...15 lines deleted...]
-      перечни и тексты заключенных (подписанных) международных договоров и соглашений;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) информацию о мерах государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z182" w:id="205"/>
-[...15 lines deleted...]
-      сведения о полученных и использованных грантах, предоставленных иностранным государством, международной или иностранной организацией и (или) фондом;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) данные о результатах проведенных социологических, аналитических и иных исследований, а также опросов населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z183" w:id="206"/>
-[...15 lines deleted...]
-      сведения об участии государственного органа в реализации международных договоров и программ международного сотрудничества;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) информацию по работе с населением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z184" w:id="207"/>
-[...15 lines deleted...]
-      заключения, экспертные оценки, рекомендации и другие аналитические материалы международных организаций по вопросам деятельности государственного органа;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      график личного приема физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z185" w:id="208"/>
-[...15 lines deleted...]
-      иные сведения в сфере международного сотрудничества;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) уполномоченных лиц, посредством которых предоставляется возможность получить информацию по вопросам личного приема физических лиц и представителей юридических лиц, а также рассмотрения обращений и запросов, включая порядок обжалования решений и (или) действий (бездействия) по результатам рассмотрения обращений и запросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z186" w:id="209"/>
-[...15 lines deleted...]
-      9) информацию в сфере государственных закупок:</w:t>
+    <w:bookmarkStart w:name="z197" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      образцы заявлений и запросов, принимаемых государственным органом к рассмотрению в соответствии с законами и иными нормативными правовыми актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z187" w:id="210"/>
-[...15 lines deleted...]
-      нормативные правовые акты Республики Казахстан, регулирующие порядок осуществления государственных закупок;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) информацию о правах и обязанностях граждан, иностранцев и лиц без гражданства в соответствующих сферах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z188" w:id="211"/>
-[...15 lines deleted...]
-      годовой план государственных закупок;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) информацию, неоднократно запрашиваемую пользователями информации, по результатам обобщения и анализа поступивших запросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z189" w:id="212"/>
-[...15 lines deleted...]
-      информацию о государственных закупках, осуществляемых государственным органом способами открытого конкурса, аукциона, запроса ценовых предложений, из одного источника, а также через товарные биржи, включая условия их проведения, порядок участия в них потенциальных поставщиков, протоколы об итогах государственных закупок, порядок обжалования действий (бездействия), решений заказчика, организатора государственных закупок, единого организатора государственных закупок, комиссий, эксперта, единого оператора в сфере государственных закупок;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) иную информацию, обязанность размещения которой установлена законами Республики Казахстан, или информацию, размещение которой государственный орган считает необходимым.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z190" w:id="213"/>
-[...15 lines deleted...]
-      10) порядок осуществления разрешительных действий (лицензирование, аккредитация, регистрация и другие);</w:t>
+    <w:bookmarkStart w:name="z200" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Наряду со сведениями, указанными в пункте 3 настоящей статьи, центральный исполнительный орган, осуществляющий руководство в сфере архивного дела и документационного обеспечения управления, размещает на своем интернет-ресурсе Государственный фондовый каталог, содержащий сведения о документах Национального архивного фонда и источниках его комплектования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z191" w:id="214"/>
-[...15 lines deleted...]
-      11) информацию о результатах проверок, проведенных государственным органом и его территориальными органами, а также результатах проверок, проведенных в государственном органе и его территориальных органах с учетом ограничений, установленных законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Наряду со сведениями, указанными в пункте 3 настоящей статьи, на интернет-ресурсах судов Республики Казахстан также должны размещаться:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z192" w:id="215"/>
-[...15 lines deleted...]
-      12) информацию о мерах государственной поддержки частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) судебные акты, за исключением не подлежащих размещению в открытом доступе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z193" w:id="216"/>
-[...15 lines deleted...]
-      13) данные о результатах проведенных социологических, аналитических и иных исследований, а также опросов населения;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) графики рассмотрения судебных дел с учетом ограничений, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z194" w:id="217"/>
-[...15 lines deleted...]
-      14) информацию по работе с населением:</w:t>
+    <w:bookmarkStart w:name="z204" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Наряду со сведениями, указанными в пункте 3 настоящей статьи, на интернет-ресурсах органов местного самоуправления также должны размещаться:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z195" w:id="218"/>
-[...15 lines deleted...]
-      график личного приема физических лиц и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отчет о результатах проведенного мониторинга исполнения бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z196" w:id="219"/>
-[...15 lines deleted...]
-      контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) уполномоченных лиц, посредством которых предоставляется возможность получить информацию по вопросам личного приема физических лиц и представителей юридических лиц, а также рассмотрения обращений и запросов, включая порядок обжалования решений и (или) действий (бездействия) по результатам рассмотрения обращений и запросов;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) время, место созыва схода, собрания местного сообщества и обсуждаемые вопросы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z197" w:id="220"/>
-[...15 lines deleted...]
-      образцы заявлений и запросов, принимаемых государственным органом к рассмотрению в соответствии с законами и иными нормативными правовыми актами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) протоколы схода или собрания местного сообщества, а также принятые на них решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z274" w:id="221"/>
-[...15 lines deleted...]
-      14-1) информацию о правах и обязанностях граждан, иностранцев и лиц без гражданства в соответствующих сферах;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. На интернет-ресурсах государственных учреждений, не являющихся государственными органами, должны размещаться:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z198" w:id="222"/>
-[...15 lines deleted...]
-      15) информацию, неоднократно запрашиваемую пользователями информации, по результатам обобщения и анализа поступивших запросов;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общая информация о деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z199" w:id="223"/>
-[...15 lines deleted...]
-      16) иную информацию, обязанность размещения которой установлена законами Республики Казахстан, или информацию, размещение которой государственный орган считает необходимым.</w:t>
+    <w:bookmarkStart w:name="z210" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      история;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z200" w:id="224"/>
-[...15 lines deleted...]
-      4. Наряду со сведениями, указанными в пункте 3 настоящей статьи, центральный исполнительный орган, осуществляющий руководство в сфере архивного дела и документационного обеспечения управления, размещает на своем интернет-ресурсе Государственный фондовый каталог, содержащий сведения о документах Национального архивного фонда и источниках его комплектования.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организационная структура;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z201" w:id="225"/>
-[...15 lines deleted...]
-      5. Наряду со сведениями, указанными в пункте 3 настоящей статьи, на интернет-ресурсах судов Республики Казахстан также должны размещаться:</w:t>
+    <w:bookmarkStart w:name="z212" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о руководстве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z202" w:id="226"/>
-[...15 lines deleted...]
-      1) судебные акты, за исключением не подлежащих размещению в открытом доступе;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z203" w:id="227"/>
-[...15 lines deleted...]
-      2) графики рассмотрения судебных дел с учетом ограничений, установленных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z214" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация о деятельности консультативно-совещательных органов (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z204" w:id="228"/>
-[...15 lines deleted...]
-      6. Наряду со сведениями, указанными в пункте 3 настоящей статьи, на интернет-ресурсах органов местного самоуправления также должны размещаться:</w:t>
+    <w:bookmarkStart w:name="z215" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контактные данные (почтовый адрес, адрес электронной почты, номера телефонов справочных служб, структурных подразделений, территориальных представительств (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z205" w:id="229"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z216" w:id="240"/>
+    <w:bookmarkStart w:name="z216" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) информация по вакантным должностям: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z217" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объявленные вакантные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z218" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квалификационные требования к кандидатам на занятие вакантных должностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z219" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номера телефонов для получения информации о вакантных должностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z220" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) официальные новости, пресс-релизы, календари предстоящих событий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z221" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) финансовая отчетность, информация о расходовании средств, выделенных из республиканского и местных бюджетов, гражданский бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z222" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нормативные правовые акты, регулирующие их деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z223" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о проводимых государственных закупках в порядке, предусмотренном законодательством Республики Казахстан о государственных закупках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z224" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) информация в сфере международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z225" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) информация, неоднократно запрашиваемая пользователями информации, по результатам обобщения и анализа поступивших запросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z226" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) данные о результатах проведенных социологических, аналитических и иных исследований, а также опросов населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z227" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) перечень баз (банков) данных, реестров, регистров, кадастров, находящихся в их ведении;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z217" w:id="241"/>
-[...15 lines deleted...]
-      объявленные вакантные должности;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сервис "Вопрос-ответ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z218" w:id="242"/>
-[...15 lines deleted...]
-      квалификационные требования к кандидатам на занятие вакантных должностей;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) график личного приема физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z219" w:id="243"/>
-[...15 lines deleted...]
-      номера телефонов для получения информации о вакантных должностях;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) уполномоченных лиц, посредством которых предоставляется возможность получить информацию по вопросам личного приема физических лиц и представителей юридических лиц, а также рассмотрения обращений и запросов, включая порядок обжалования решений и (или) действий (бездействия) по результатам рассмотрения обращений и запросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z220" w:id="244"/>
-[...15 lines deleted...]
-      3) официальные новости, пресс-релизы, календари предстоящих событий;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) образцы заявлений и запросов, принимаемых к рассмотрению в соответствии с законами и иными нормативными правовыми актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z221" w:id="245"/>
-[...15 lines deleted...]
-      4) финансовая отчетность, информация о расходовании средств, выделенных из республиканского и местных бюджетов, гражданский бюджет;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) иная информация, обязанность размещения которой установлена законами Республики Казахстан, или информация, размещение которой государственное учреждение, не являющееся государственным органом, считает необходимым.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z222" w:id="246"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z233" w:id="257"/>
+    <w:bookmarkStart w:name="z233" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. На интернет-ресурсах субъектов квазигосударственного сектора должны размещаться: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z234" w:id="258"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z234" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общая информация о деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z786" w:id="259"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z786" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       история;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z787" w:id="260"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z787" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организационная структура (перечень подразделений с указанием руководителей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z788" w:id="261"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z788" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения о руководстве (должностные обязанности в курируемых сферах, сведения о трудовой деятельности и образовании);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z789" w:id="262"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z789" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       виды деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z790" w:id="263"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z790" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стратегия развития, план развития национальных управляющих холдингов, национальных холдингов и национальных компаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z791" w:id="264"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z791" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация о деятельности консультативно-совещательных органов (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z792" w:id="265"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z792" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контактные данные (почтовый адрес, адрес электронной почты, номера телефонов) справочных служб, структурных подразделений, территориальных представительств и дочерних, зависимых и иных юридических лиц, являющихся аффилированными с ними в соответствии с законодательными актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z793" w:id="266"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z793" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       информация о приобретении (отчуждении) активов, кадровых изменениях в руководящем составе (в том числе дочерних и зависимых организаций); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z242" w:id="267"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z242" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информация по вакантным должностям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z243" w:id="268"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z243" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объявленные вакантные должности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z244" w:id="269"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z244" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квалификационные требования к кандидатам на занятие вакантных должностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z245" w:id="270"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z245" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номера телефонов для получения информации о вакантных должностях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z246" w:id="271"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z246" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) официальные новости, пресс-релизы, календари предстоящих событий; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z247" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) финансовая отчетность, а также информация о расходовании средств, выделенных из республиканского и местных бюджетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z248" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информация о деятельности дочерних, зависимых и иных юридических лиц, являющихся аффилированными с ними в соответствии с законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z249" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) нормативные документы, регламентирующие деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z250" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) информация о закупках товаров (работ, услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z251" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) информация в сфере международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z252" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) статистические показатели и результаты деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z253" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) аналитические отчеты и доклады о проделанной работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z254" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) данные о результатах проведенных социологических, аналитических и иных исследований, а также опросов населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z255" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) информация, неоднократно запрашиваемая пользователями информации, по результатам обобщения и анализа поступивших запросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z256" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) перечень баз (банков) данных, реестров, регистров, кадастров, находящихся в их ведении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z257" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сервис "Вопрос-ответ";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z247" w:id="272"/>
-[...15 lines deleted...]
-      4) финансовая отчетность, а также информация о расходовании средств, выделенных из республиканского и местных бюджетов;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) график личного приема физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z248" w:id="273"/>
-[...15 lines deleted...]
-      5) информация о деятельности дочерних, зависимых и иных юридических лиц, являющихся аффилированными с ними в соответствии с законодательными актами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) контактные данные (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), номер телефона и адрес электронной почты) уполномоченных лиц, посредством которых предоставляется возможность получить информацию по вопросам личного приема физических лиц и представителей юридических лиц, а также рассмотрения обращений и запросов, включая порядок обжалования решений и (или) действий (бездействия) по результатам рассмотрения обращений и запросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z249" w:id="274"/>
-[...15 lines deleted...]
-      6) нормативные документы, регламентирующие деятельность;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) образцы заявлений и запросов, принимаемых к рассмотрению в соответствии с законами и иными нормативными правовыми актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z250" w:id="275"/>
-[...15 lines deleted...]
-      7) информация о закупках товаров (работ, услуг);</w:t>
+    <w:bookmarkStart w:name="z261" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) иная информация, обязанность размещения которой установлена законами Республики Казахстан, или информация, размещение которой субъект квазигосударственного сектора считает необходимым.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z251" w:id="276"/>
-[...15 lines deleted...]
-      8) информация в сфере международного сотрудничества;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. На интернет-ресурсах получателей бюджетных средств размещается информация, касающаяся использования бюджетных средств, выделенных из республиканского и местных бюджетов, и не отнесенная к информации с ограниченным доступом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z252" w:id="277"/>
-[...15 lines deleted...]
-      9) статистические показатели и результаты деятельности;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. На интернет-ресурсах субъектов рынка, занимающих монопольное положение, размещаются нормативные правовые акты Республики Казахстан, регламентирующие вопросы ценообразования на товары (работы, услуги), производимые и реализуемые субъектами рынка, занимающими монопольное положение, а также цены на производимые (реализуемые) ими товары (работы, услуги).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z253" w:id="278"/>
-[...15 lines deleted...]
-      10) аналитические отчеты и доклады о проделанной работе;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. На интернет-ресурсах исполнителей функций центральных и (или) местных исполнительных органов размещается информация, касающаяся осуществления функций центральных и (или) местных исполнительных органов в соответствующей отрасли (сфере) государственного управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z254" w:id="279"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="290"/>
+    <w:bookmarkStart w:name="z71" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12. Обладатель информации, не имеющий технической возможности размещать информацию на собственном интернет-ресурсе, размещает ее на интернет-ресурсе местного исполнительного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z81" w:id="291"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z81" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Актуализация ленты новостей на интернет-ресурсе обладателя информации должна осуществляться ежедневно, актуализация иных разделов осуществляется не позднее трех рабочих дней со дня получения или создания информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z82" w:id="292"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z82" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Информация на интернет-ресурсе должна предоставляться на казахском и русском языках. Интернет-ресурс обладателя информации может иметь версии на других языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9387,90 +10583,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="293"/>
+    <w:bookmarkStart w:name="z83" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Информация с ограниченным доступом не подлежит размещению на интернет-ресурсе обладателя информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z84" w:id="294"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z84" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бесплатный доступ к нормативным правовым актам через интернет обеспечивается также посредством веб-портала "электронного правительства" в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9689,318 +10885,318 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="295"/>
+    <w:bookmarkStart w:name="z17" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 17. Размещение информации на веб-портале "электронного правительства"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z85" w:id="296"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z85" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователи информации могут получать и использовать информацию, размещаемую в соответствии с настоящим Законом обладателями информации на компонентах веб-портала "электронного правительства", а также участвовать в ее обсуждении при условии регистрации на веб-портале "электронного правительства" либо авторизации на компонентах веб-портала "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z265" w:id="297"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z265" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. На интернет-портале открытых данных обладателями информации, указанными в подпунктах 1), 2), 3) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, размещаются и своевременно актуализируются открытые данные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z266" w:id="298"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z266" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области доступа к информации вправе запрашивать открытые данные у обладателей информации для размещения на интернет-портале открытых данных по результатам опроса общественного мнения о потребностях населения Республики Казахстан в открытых данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z267" w:id="299"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z267" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обладатели информации вправе также размещать информацию на интернет-портале открытых данных в целях проактивного распространения информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z268" w:id="300"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z268" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. На интернет-портале открытых бюджетов обладателями информации, указанными в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, размещаются бюджетная отчетность, консолидированная финансовая отчетность, гражданский бюджет, результаты государственного аудита и финансового контроля, материалы, информация и документы, подлежащие публикации в соответствии с Бюджетным кодексом Республики Казахстан, а также проводится публичное обсуждение проектов бюджетных программ и отчетов о реализации бюджетных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z86" w:id="301"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z86" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4. На интернет-портале открытых нормативных правовых актов государственными органами – разработчиками проектов нормативных правовых актов до направления на согласование в заинтересованные государственные органы для публичного обсуждения размещаются консультативные документы регуляторной политики и проекты нормативных правовых актов вместе с пояснительными записками и сравнительными таблицами к ним (в случаях внесения изменений и (или) дополнений в законы), а также иная информация, предусмотренная правилами законотворческой работы Правительства Республики Казахстан. Отчеты по результатам публичного обсуждения также размещаются на интернет-портале открытых нормативных правовых актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z275" w:id="302"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z275" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размещение информации на интернет-портале открытых нормативных правовых актов осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z89" w:id="303"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z89" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. На интернет-портале оценки эффективности деятельности государственных органов обладателями информации, указанными в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, в пределах своей компетенции размещаются информация об оценке деятельности государственных органов, отчеты о достижении целевых индикаторов планов развития государственных органов и планов развития области, города республиканского значения, столицы, разрабатываемых в соответствии с законодательством Республики Казахстан, а также проводится публичное обсуждение деятельности государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z269" w:id="304"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z269" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. На интернет-портале открытого диалога обладатели информации, указанные в подпунктах 1) и 3) статьи 8 настоящего Закона, проводят интернет-конференции и опросы, а также обладатели информации, указанные в подпункте 3), предоставляют ответы на запросы, поступившие посредством блог-платформы первых руководителей субъектов квазигосударственного сектора, за исключением лиц со стопроцентным участием государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10280,210 +11476,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17-2. Обеспечение доступа лиц с инвалидностью к информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z795" w:id="305"/>
+    <w:bookmarkStart w:name="z795" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государство обеспечивает лицам с инвалидностью доступ к информации в соответствии с законодательством Республики Казахстан посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z796" w:id="306"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z796" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выпуска периодической, научной, учебно-методической, справочно-информационной и художественной литературы для лиц с инвалидностью, в том числе издаваемой рельефно-точечным шрифтом Брайля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z797" w:id="307"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z797" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сурдоперевода или перевода в виде субтитров не менее одной телепрограммы новостного характера в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z798" w:id="308"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z798" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) соответствия интернет-ресурсов обладателей информации национальному стандарту по обеспечению доступности веб-контента для лиц с инвалидностью; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z799" w:id="309"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z799" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) адаптированности интернет-ресурсов государственных органов и субъектов квазигосударственного сектора для использования лицами с инвалидностью с нарушениями зрения и (или) слуха;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z800" w:id="310"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z800" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) свободного доступа к информационным стендам и (или) другим техническим средствам аналогичного назначения с информацией о деятельности обладателей информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z801" w:id="311"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z801" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) размещения на интернет-ресурсе уполномоченного органа в сфере социальной защиты населения и территориальных подразделений его ведомств актуальной и полной информации о мерах социальной защиты лиц с инвалидностью. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z802" w:id="312"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z802" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В качестве средства межличностного общения используется перевод на жестовый язык, который применяется также в программах обучения организаций образования для детей с нарушением слуха.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10519,90 +11715,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Обжалование незаконного ограничения права на доступ к информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="313"/>
+    <w:bookmarkStart w:name="z90" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Незаконное ограничение права на доступ к информации может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z467" w:id="314"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z467" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жалоба на действия (бездействие) должностных лиц, а также на решения государственных органов подается не позднее трех месяцев, когда гражданину стало известно о совершении действия или принятии решения соответствующим должностным лицом или органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10621,148 +11817,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="315"/>
+    <w:bookmarkStart w:name="z19" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Комиссия по вопросам доступа к информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z270" w:id="316"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z270" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях учета и защиты общественных интересов в области доступа к информации, а также удовлетворения потребностей пользователей информации при уполномоченном органе в области доступа к информации создается консультативно-совещательный орган – Комиссия по вопросам доступа к информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z271" w:id="317"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z271" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Под общественными интересами в области доступа к информации понимается создание благоприятных условий, форм, механизмов и способов реализации конституционного права каждого свободно получать и распространять информацию любым, не запрещенным законом способом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z272" w:id="318"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z272" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деятельность Комиссии по вопросам доступа к информации осуществляется на основе прозрачности и открытости при обсуждении и решении вопросов, входящих в ее компетенцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z273" w:id="319"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z273" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заседания Комиссии по вопросам доступа к информации проводятся не реже одного раза в квартал, в последней декаде последнего месяца квартала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10798,2566 +11994,2566 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-1. Государственный контроль в области доступа к информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z804" w:id="320"/>
+    <w:bookmarkStart w:name="z804" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль в области доступа к информации осуществляется уполномоченным органом в области доступа к информации в форме дистанционного контроля и внеплановых проверок в соответствии с настоящей статьей на предмет соответствия деятельности субъектов контроля требованиям законодательства Республики Казахстан о доступе к информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z805" w:id="321"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z805" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Субъектами контроля в области доступа к информации (далее – субъекты контроля) являются обладатели информации, указанные в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, за исключением Парламента Республики Казахстан, Национального Банка Республики Казахстан, судов и уполномоченного государственного органа в сфере судебного администрирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z806" w:id="322"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z806" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Объектами государственного контроля в области доступа к информации являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z807" w:id="323"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z807" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информационные стенды и (или) другие технические средства аналогичного назначения с информацией о деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z808" w:id="324"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z808" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) интернет-ресурсы обладателей информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z809" w:id="325"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z809" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компоненты веб-портала "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z810" w:id="326"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z810" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) онлайн-трансляции открытых заседаний, записи и (или) ссылки на записи открытого заседания, сохраненные на общедоступном интернет-ресурсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z811" w:id="327"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z811" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) протоколы и стенограммы открытых заседаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z812" w:id="328"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z812" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) материалы, документы и сведения, относящиеся к предмету дистанционного контроля и (или) внеплановой проверки, на бумажных и (или) электронных носителях либо их копии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z813" w:id="329"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z813" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Дистанционный контроль проводится без посещения субъекта контроля уполномоченным органом в области доступа к информации на основе анализа и данных информационных систем, электронных информационных ресурсов, открытых источников, масс-медиа, а также других сведений о деятельности субъекта контроля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z814" w:id="330"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z814" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Целями дистанционного контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных по результатам дистанционного контроля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z815" w:id="331"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z815" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Дистанционный контроль проводится не чаще одного раза в квартал. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z816" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При выявлении нарушений по результатам дистанционного контроля на имя первого руководителя либо лица, его замещающего, оформляется и направляется рекомендация об устранении нарушений в срок не позднее трех рабочих дней со дня выявления нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z817" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В рекомендации об устранении нарушений уполномоченным органом в области доступа к информации указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z818" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер, дата и место составления рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z819" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявленные нарушения со ссылкой на конкретные нормы настоящего Закона и иных нормативных правовых актов в области доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z820" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рекомендации и меры, которые необходимо принять субъекту контроля для устранения нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z821" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сроки для устранения нарушений, не превышающие тридцати календарных дней со дня вручения рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z822" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) фамилия и инициалы, подпись должностного лица (должностных лиц) уполномоченного органа в области доступа к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z823" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Рекомендация об устранении нарушений направляется одним из нижеперечисленных способов и считается врученной в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z824" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z825" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронным способом – с даты уведомления о доставке посредством системы электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z826" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган в области доступа к информации возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z816" w:id="332"/>
-[...15 lines deleted...]
-      7. При выявлении нарушений по результатам дистанционного контроля на имя первого руководителя либо лица, его замещающего, оформляется и направляется рекомендация об устранении нарушений в срок не позднее трех рабочих дней со дня выявления нарушений.</w:t>
+    <w:bookmarkStart w:name="z827" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области доступа к информации рассматривает возражение субъекта контроля и в течение пяти рабочих дней предоставляет мотивированный ответ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z817" w:id="333"/>
-[...15 lines deleted...]
-      8. В рекомендации об устранении нарушений уполномоченным органом в области доступа к информации указываются:</w:t>
+    <w:bookmarkStart w:name="z828" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированный ответ пересмотру не подлежит.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z818" w:id="334"/>
-[...15 lines deleted...]
-      1) номер, дата и место составления рекомендации;</w:t>
+    <w:bookmarkStart w:name="z829" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Информация по исполнению рекомендации об устранении нарушений направляется субъектом контроля в уполномоченный орган в области доступа к информации в срок не позднее двух рабочих дней со дня исполнения рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z819" w:id="335"/>
-[...15 lines deleted...]
-      2) выявленные нарушения со ссылкой на конкретные нормы настоящего Закона и иных нормативных правовых актов в области доступа к информации;</w:t>
+    <w:bookmarkStart w:name="z830" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации субъект контроля прилагает материалы (при необходимости), доказывающие факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z820" w:id="336"/>
-[...15 lines deleted...]
-      3) рекомендации и меры, которые необходимо принять субъекту контроля для устранения нарушений;</w:t>
+    <w:bookmarkStart w:name="z831" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. После получения информации об устранении нарушений, указанных в рекомендации, уполномоченный орган в области доступа к информации принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z821" w:id="337"/>
-[...15 lines deleted...]
-      4) сроки для устранения нарушений, не превышающие тридцати календарных дней со дня вручения рекомендации;</w:t>
+    <w:bookmarkStart w:name="z832" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об исполнении рекомендации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z822" w:id="338"/>
-[...15 lines deleted...]
-      5) фамилия и инициалы, подпись должностного лица (должностных лиц) уполномоченного органа в области доступа к информации.</w:t>
+    <w:bookmarkStart w:name="z833" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о неисполнении либо частичном исполнении рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z823" w:id="339"/>
-[...15 lines deleted...]
-      9. Рекомендация об устранении нарушений направляется одним из нижеперечисленных способов и считается врученной в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z834" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Основаниями для назначения внеплановой проверки служат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z824" w:id="340"/>
-[...15 lines deleted...]
-      1) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z835" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) неисполнение либо частичное исполнение рекомендаций об устранении нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z825" w:id="341"/>
-[...15 lines deleted...]
-      2) электронным способом – с даты уведомления о доставке посредством системы электронного документооборота.</w:t>
+    <w:bookmarkStart w:name="z836" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непредоставление информации по исполнению рекомендаций об устранении нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z826" w:id="342"/>
-[...15 lines deleted...]
-      10. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган в области доступа к информации возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z837" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обращения физических и юридических лиц по нарушениям требований законодательства Республики Казахстан о доступе к информации при наличии убедительных оснований и подтверждающих доказательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z827" w:id="343"/>
-[...15 lines deleted...]
-      Уполномоченный орган в области доступа к информации рассматривает возражение субъекта контроля и в течение пяти рабочих дней предоставляет мотивированный ответ.</w:t>
+    <w:bookmarkStart w:name="z838" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требование прокурора по конкретным фактам причинения либо угрозы причинения вреда правам и законным интересам физических и юридических лиц, государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z828" w:id="344"/>
-[...15 lines deleted...]
-      Мотивированный ответ пересмотру не подлежит.</w:t>
+    <w:bookmarkStart w:name="z839" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) поручение органа уголовного преследования по основаниям, предусмотренным Уголовно-процессуальным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z829" w:id="345"/>
-[...15 lines deleted...]
-      11. Информация по исполнению рекомендации об устранении нарушений направляется субъектом контроля в уполномоченный орган в области доступа к информации в срок не позднее двух рабочих дней со дня исполнения рекомендации.</w:t>
+    <w:bookmarkStart w:name="z840" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z830" w:id="346"/>
-[...15 lines deleted...]
-      К предоставленной информации субъект контроля прилагает материалы (при необходимости), доказывающие факт устранения нарушения.</w:t>
+    <w:bookmarkStart w:name="z841" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Внеплановая проверка назначается без уведомления субъекта контроля в течение пяти рабочих дней с момента возникновения одного из оснований, предусмотренных пунктом 13 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z831" w:id="347"/>
-[...15 lines deleted...]
-      12. После получения информации об устранении нарушений, указанных в рекомендации, уполномоченный орган в области доступа к информации принимает одно из следующих решений:</w:t>
+    <w:bookmarkStart w:name="z842" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Субъекты контроля либо их уполномоченные представители при проведении внеплановой проверки вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z832" w:id="348"/>
-[...15 lines deleted...]
-      1) об исполнении рекомендации;</w:t>
+    <w:bookmarkStart w:name="z843" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностных лиц уполномоченного органа в области доступа к информации, прибывших для проведения проверки, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z833" w:id="349"/>
-[...15 lines deleted...]
-      2) о неисполнении либо частичном исполнении рекомендации.</w:t>
+    <w:bookmarkStart w:name="z844" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z834" w:id="350"/>
-[...15 lines deleted...]
-      13. Основаниями для назначения внеплановой проверки служат:</w:t>
+    <w:bookmarkStart w:name="z845" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных частью первой пункта 20 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z835" w:id="351"/>
-[...15 lines deleted...]
-      1) неисполнение либо частичное исполнение рекомендаций об устранении нарушений;</w:t>
+    <w:bookmarkStart w:name="z846" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не представлять документы и сведения, если они не относятся к предмету проводимой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z836" w:id="352"/>
-[...15 lines deleted...]
-      2) непредоставление информации по исполнению рекомендаций об устранении нарушений;</w:t>
+    <w:bookmarkStart w:name="z847" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по выявленным в результате проверки нарушениям в случае необходимости дополнительных временных и (или) финансовых затрат не позднее трех рабочих дней обратиться в уполномоченный орган в области доступа к информации с заявлением о продлении сроков устранения нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z837" w:id="353"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z848" w:id="364"/>
+    <w:bookmarkStart w:name="z848" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) обжаловать акт о результатах проверки, а также действия (бездействие) должностного лица (должностных лиц) уполномоченного органа в области доступа к информации в порядке, установленном законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z849" w:id="365"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z849" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) не исполнять не основанные на законе запреты должностного лица (должностных лиц) уполномоченного органа в области доступа к информации, ограничивающие деятельность проверяемого субъекта контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z850" w:id="366"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z850" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) фиксировать процесс осуществления проверки, а также отдельные действия должностного лица (должностных лиц) уполномоченного органа в области доступа к информации, проводимые им (ими) в рамках проверки, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица (должностных лиц).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z851" w:id="367"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z851" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Субъекты контроля либо их уполномоченные представители при проведении внеплановой проверки обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z852" w:id="368"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z852" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечить беспрепятственный доступ должностному лицу (должностным лицам) уполномоченного органа в области доступа к информации на территорию и в помещения проверяемого субъекта контроля с соблюдением требований пропускного и внутриобъектового режимов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z853" w:id="369"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z853" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представлять должностному лицу (должностным лицам) уполномоченного органа в области доступа к информации документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проведенной проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z854" w:id="370"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z854" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сделать отметку о получении акта о назначении проверки в день начала проверки и акта о результатах проведенной проверки в день завершения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z855" w:id="371"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z855" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не допускать внесения изменений и дополнений в проверяемые документы в период проведения проверки, если иное не предусмотрено настоящим Законом либо иными законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z856" w:id="372"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z856" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обеспечить пребывание руководителя либо его уполномоченного лица по месту нахождения проверяемого субъекта контроля в назначенные сроки проверки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z857" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Должностное лицо (должностные лица) уполномоченного органа в области доступа к информации при проведении внеплановой проверки или дистанционного контроля имеет (имеют) право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z858" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) беспрепятственного доступа на территорию и в помещения проверяемого субъекта контроля в соответствии с предметом проверки с соблюдением требований пропускного и внутриобъектового режимов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z859" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки или рекомендации об устранении нарушений, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки или дистанционного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z860" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлекать специалистов, консультантов и экспертов государственных органов и иных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z861" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять аудио-, фото- и видеосъемку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z862" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Должностное лицо (должностные лица) уполномоченного органа в области доступа к информации при проведении внеплановой проверки или дистанционного контроля обязано (обязаны):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z863" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан, права и законные интересы проверяемого субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z864" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить проверку или дистанционный контроль на основании и в строгом соответствии с порядком, установленным настоящей статьей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z865" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не препятствовать установленному режиму работы проверяемого субъекта контроля в период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z866" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не препятствовать проверяемому субъекту контроля либо его уполномоченному представителю присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки или дистанционного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z867" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять проверяемому субъекту контроля необходимую информацию, относящуюся к предмету проверки или дистанционного контроля;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z857" w:id="373"/>
-[...15 lines deleted...]
-      17. Должностное лицо (должностные лица) уполномоченного органа в области доступа к информации при проведении внеплановой проверки или дистанционного контроля имеет (имеют) право:</w:t>
+    <w:bookmarkStart w:name="z868" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вручить проверяемому субъекту контроля акт о результатах проверки или рекомендацию об устранении нарушений не позднее срока завершения проверки или дистанционного контроля, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) или рекомендации об устранении нарушений (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z858" w:id="374"/>
-[...15 lines deleted...]
-      1) беспрепятственного доступа на территорию и в помещения проверяемого субъекта контроля в соответствии с предметом проверки с соблюдением требований пропускного и внутриобъектового режимов;</w:t>
+    <w:bookmarkStart w:name="z869" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечить сохранность документов и сведений, полученных в результате проведения проверки или дистанционного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z859" w:id="375"/>
-[...15 lines deleted...]
-      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки или рекомендации об устранении нарушений, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки или дистанционного контроля;</w:t>
+    <w:bookmarkStart w:name="z870" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) своевременно и в полной мере исполнять предоставленные в соответствии с законами Республики Казахстан полномочия по предупреждению, выявлению и пресечению нарушений требований, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z860" w:id="376"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z871" w:id="387"/>
+    <w:bookmarkStart w:name="z871" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Внеплановая проверка проводится на основании акта о назначении внеплановой проверки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z872" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Должностное лицо (должностные лица) уполномоченного органа в области доступа к информации при проведении внеплановой проверки субъектов контроля предоставляет (предоставляют):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z873" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z874" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение либо идентификационную карту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z875" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении внеплановой проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z876" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z877" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование уполномоченного органа в области доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z878" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность уполномоченного на проведение внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z879" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z880" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля и его место нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z881" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет назначенной внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z882" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок проведения внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z872" w:id="388"/>
-[...15 lines deleted...]
-      20. Должностное лицо (должностные лица) уполномоченного органа в области доступа к информации при проведении внеплановой проверки субъектов контроля предоставляет (предоставляют):</w:t>
+    <w:bookmarkStart w:name="z883" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) основания проведения внеплановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z873" w:id="389"/>
-[...15 lines deleted...]
-      1) акт о назначении внеплановой проверки;</w:t>
+    <w:bookmarkStart w:name="z884" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) права и обязанности субъекта контроля, предусмотренные пунктами 15 и 16 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z874" w:id="390"/>
-[...15 lines deleted...]
-      2) служебное удостоверение либо идентификационную карту.</w:t>
+    <w:bookmarkStart w:name="z885" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подпись лица, уполномоченного подписывать акты, печать уполномоченного органа в области доступа к информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z875" w:id="391"/>
-[...15 lines deleted...]
-      В акте о назначении внеплановой проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z886" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или об отказе в получении акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z876" w:id="392"/>
-[...15 lines deleted...]
-      1) номер и дата акта;</w:t>
+    <w:bookmarkStart w:name="z887" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Акты о назначении, приостановлении, возобновлении, прекращении и продлении внеплановых проверок подписываются должностным лицом (должностными лицами) уполномоченного органа в области доступа к информации и вручаются руководителю субъекта контроля либо уполномоченному им лицу для ознакомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z877" w:id="393"/>
+    <w:bookmarkStart w:name="z888" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Течение срока внеплановых проверок приостанавливается на срок действия чрезвычайной ситуации природного, техногенного и социального характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений, а также в случае реорганизации субъекта контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z889" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановая проверка возобновляется в течение десяти рабочих дней со дня прекращения действия чрезвычайной ситуации природного, техногенного и социального характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений, а также определения правопреемника реорганизованного субъекта контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z890" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Течение срока внеплановой проверки прекращается в случае ликвидации субъекта контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z891" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Срок проведения внеплановой проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать десять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z892" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Срок проведения внеплановой проверки может быть продлен только один раз руководителем уполномоченного органа в области доступа к информации либо лицом, его замещающим, не более чем на пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z893" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока проведения внеплановой проверки оформляется дополнительным актом о продлении внеплановой проверки с уведомлением субъекта контроля, в котором указываются номер, дата регистрации предыдущего акта о назначении внеплановой проверки и причина продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z894" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении срока внеплановой проверки вручается субъекту контроля уполномоченным органом в области доступа к информации за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z895" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Началом проведения внеплановой проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении внеплановой проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z896" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. По результатам внеплановой проверки должностным лицом (должностными лицами) уполномоченного органа в области доступа к информации составляется в трех экземплярах акт о результатах внеплановой проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z897" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах внеплановой проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр с копиями приложений, за исключением копий документов, имеющихся в оригинале у субъекта контроля, на бумажном носителе под роспись или в электронной форме передается субъекту контроля для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается в уполномоченном органе в области доступа к информации, проводившем проверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z898" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия замечаний и (или) возражений по результатам внеплановой проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах внеплановой проверки, о чем делается соответствующая отметка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z899" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. В акте о результатах внеплановой проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z900" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер, дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z901" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование уполномоченного органа в области доступа к информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-[...258 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z891" w:id="407"/>
-[...15 lines deleted...]
-      23. Срок проведения внеплановой проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать десять рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z902" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дата и номер акта о назначении внеплановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z892" w:id="408"/>
-[...15 lines deleted...]
-      24. Срок проведения внеплановой проверки может быть продлен только один раз руководителем уполномоченного органа в области доступа к информации либо лицом, его замещающим, не более чем на пять рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z903" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица уполномоченного органа в области доступа к информации, проводившего внеплановую проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z893" w:id="409"/>
-[...15 lines deleted...]
-      Продление срока проведения внеплановой проверки оформляется дополнительным актом о продлении внеплановой проверки с уведомлением субъекта контроля, в котором указываются номер, дата регистрации предыдущего акта о назначении внеплановой проверки и причина продления.</w:t>
+    <w:bookmarkStart w:name="z904" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения внеплановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z894" w:id="410"/>
-[...15 lines deleted...]
-      Уведомление о продлении срока внеплановой проверки вручается субъекту контроля уполномоченным органом в области доступа к информации за один рабочий день до продления с уведомлением о вручении.</w:t>
+    <w:bookmarkStart w:name="z905" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование субъекта контроля и его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z895" w:id="411"/>
-[...15 lines deleted...]
-      25. Началом проведения внеплановой проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении внеплановой проверки.</w:t>
+    <w:bookmarkStart w:name="z906" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предмет внеплановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z896" w:id="412"/>
-[...15 lines deleted...]
-      26. По результатам внеплановой проверки должностным лицом (должностными лицами) уполномоченного органа в области доступа к информации составляется в трех экземплярах акт о результатах внеплановой проверки.</w:t>
+    <w:bookmarkStart w:name="z907" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок и период проведения внеплановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z897" w:id="413"/>
-[...15 lines deleted...]
-      Первый экземпляр акта о результатах внеплановой проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр с копиями приложений, за исключением копий документов, имеющихся в оригинале у субъекта контроля, на бумажном носителе под роспись или в электронной форме передается субъекту контроля для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается в уполномоченном органе в области доступа к информации, проводившем проверку.</w:t>
+    <w:bookmarkStart w:name="z908" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) требования об устранении выявленных нарушений с указанием срока исполнения требований и принятия мер в отношении лиц, допустивших нарушения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z898" w:id="414"/>
-[...15 lines deleted...]
-      В случае наличия замечаний и (или) возражений по результатам внеплановой проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах внеплановой проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z909" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сведения об ознакомлении или отказе в ознакомлении с актом руководителя субъекта контроля либо его уполномоченного лица, а также лиц, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z899" w:id="415"/>
-[...15 lines deleted...]
-      27. В акте о результатах внеплановой проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z910" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись должностного лица (должностных лиц) уполномоченного органа в области доступа к информации, проводившего (проводивших) внеплановую проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z900" w:id="416"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z911" w:id="427"/>
+    <w:bookmarkStart w:name="z911" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. В случае отсутствия нарушения требований, установленных законодательством Республики Казахстан о доступе к информации, при проведении внеплановой проверки в акте о результатах проверки производится соответствующая запись. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z912" w:id="428"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z912" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Сроки устранения выявленных нарушений, указанных в акте о результатах внеплановой проверки, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о назначении внеплановой проверки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z913" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Неисполнение в установленный срок акта о результатах внеплановой проверки влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z914" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Акт о результатах внеплановой проверки может быть обжалован в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z915" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обжалование не приостанавливает исполнение акта о результатах внеплановой проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z916" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Акт о результатах внеплановой проверки, признанный вышестоящим государственным органом либо судом недействительным, не может являться доказательством нарушения субъектом контроля требований законодательства Республики Казахстан о доступе к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z917" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. К грубым нарушениям требований к организации и проведению внеплановых проверок относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z918" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие оснований проведения внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z919" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствие акта о назначении внеплановой проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z920" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначение внеплановой проверки по вопросам, не входящим в компетенцию уполномоченного органа в области доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z921" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушение срока проведения внеплановой проверки, предусмотренного настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z922" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Завершением срока внеплановой проверки считается день вручения субъекту контроля акта о результатах внеплановой проверки не позднее срока окончания внеплановой проверки, указанного в акте о назначении внеплановой проверки (дополнительном акте о продлении срока при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 19-1 в соответствии с Законом РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20. Ответственность за нарушение законодательства Республики Казахстан о доступе к информации</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z913" w:id="429"/>
-[...15 lines deleted...]
-      30. Неисполнение в установленный срок акта о результатах внеплановой проверки влечет ответственность, установленную законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о доступе к информации влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z914" w:id="430"/>
-[...294 lines deleted...]
-    <w:bookmarkEnd w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением подпункта 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13609,55 +14805,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>