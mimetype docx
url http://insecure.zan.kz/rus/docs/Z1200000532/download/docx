--- v0 (2025-12-30)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63511c1" w14:textId="63511c1">
+    <w:p w14:paraId="6aab136" w14:textId="6aab136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -276,50 +276,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. По всему тексту слова "государственно-частное партнерство в сфере газа и газоснабжения", "государственно-частного партнерства в сфере газа и газоснабжения" заменены соответственно словами "партнерство в сфере газа и газоснабжения", "партнерства в сфере газа и газоснабжения" Законом РК от 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 131-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационная система", "информационной системы" предусматриваются заменить соответственно словами "цифровая система", "цифровой системы" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон определяет правовые, экономические и организационные основы регулирования общественных отношений в сфере газа и газоснабжения в Республике Казахстан и направлен на создание условий для обеспечения внутренних потребностей Республики Казахстан в газе, а также для эффективной, надежной и безопасной эксплуатации объектов систем газоснабжения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1722,51 +1798,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 173-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VІ</w:t>
       </w:r>
       <w:r>
@@ -4833,51 +4909,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 173-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
@@ -10985,482 +11061,294 @@
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Эксплуатация газопотребляющих систем и газового оборудования потребителей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
     <w:bookmarkStart w:name="z298" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Владельцы газопотребляющих систем и газового оборудования обязаны обеспечивать их надлежащее техническое состояние и безопасность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z299" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Промышленные потребители, промышленные потребители-инвесторы и потребители, включенные в перечень электростанций, крупные коммерческие потребители, лица, осуществляющие цифровой майнинг, лица, осуществляющие производство электрической энергии для осуществления цифрового майнинга, обязаны иметь квалифицированный персонал для технического обслуживания принадлежащих им газопотребляющих систем, а также лицо, ответственное за безопасную работу газопотребляющих систем, либо заключить договор на техническое обслуживание принадлежащих им газопотребляющих систем со специализированной организацией, осуществляющей техническое обслуживание газопотребляющих систем, аттестованной на право проведения работ в области промышленной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z300" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коммунально-бытовые и бытовые потребители обязаны заключить договор на техническое обслуживание принадлежащих им газопотребляющих систем с газораспределительной организацией или владельцем групповых резервуарных установок, осуществляющими подачу товарного или сжиженного нефтяного газа, либо с независимой специализированной организацией, осуществляющей техническое обслуживание газопотребляющих систем, аттестованной на право проведения работ в области промышленной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z301" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммунально-бытовые и бытовые потребители, использующие сжиженный нефтяной газ в бытовых баллонах, обязаны заключить договор на техническое обслуживание принадлежащего им газового оборудования с владельцем газонаполнительной станции, газонаполнительного пункта, осуществляющим розничную реализацию сжиженного нефтяного газа в бытовых баллонах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z302" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Запрещается эксплуатация газопотребляющих систем и газового оборудования коммунально-бытовых и бытовых потребителей без заключения договора на их техническое обслуживание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Организация, осуществляющая техническое обслуживание газопотребляющих систем, газового оборудования коммунально-бытовых и бытовых потребителей, обязана обеспечивать их исправное техническое состояние.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...40 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 30.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
-      </w:r>
-[...330 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -11505,384 +11393,384 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях обеспечения экономической безопасности в случаях и порядке, определенных правилами установления предельных цен оптовой реализации товарного газа на внутреннем рынке и предельных цен оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки, в Республике Казахстан может устанавливаться государственное регулирование предельных цен оптовой реализации товарного газа на внутреннем рынке, а также предельных цен оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки вне товарных бирж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z568" w:id="305"/>
+    <w:bookmarkStart w:name="z568" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предельные цены оптовой реализации товарного газа на внутреннем рынке устанавливаются каждые пять лет с разбивкой по годам и при необходимости корректируются ежегодно 1 июля в порядке, определяемом уполномоченным органом, отдельно для каждой области, города республиканского значения, столицы, промышленных потребителей-инвесторов, приобретающих товарный газ для производства компримированного и (или) сжиженного природного газа в целях дальнейшей реализации потребителям, с учетом экономических и социальных условий газоснабжения регионов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z693" w:id="306"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z693" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка производится не более одного раза в год на основании обращения национального оператора в уполномоченный орган в связи с изменением цен покупки товарного газа, структуры и (или) источников товарного газа, и (или) подлежащих государственному регулированию тарифов на транспортировку товарного газа по магистральным газопроводам, хранение товарного газа в подземных хранилищах газа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z569" w:id="307"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z569" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Предельные цены оптовой реализации товарного газа на внутреннем рынке для промышленных потребителей-инвесторов, приобретающих товарный газ для использования в качестве топлива и (или) сырья в промышленном производстве в целях реализации инвестиционных проектов по производству нефтегазохимической продукции, устанавливаются с даты введения их в эксплуатацию каждые пять лет с разбивкой по годам и при необходимости корректируются ежегодно 1 июля в порядке, определяемом уполномоченным органом, отдельно для каждой области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z695" w:id="308"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z695" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка производится не более одного раза в год на основании обращения национального оператора в уполномоченный орган в связи с изменением цен покупки товарного газа, структуры и (или) источников товарного газа, и (или) подлежащих государственному регулированию тарифов на транспортировку товарного газа по магистральным газопроводам, хранение товарного газа в подземных хранилищах газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. Предельные цены оптовой реализации товарного газа на внутреннем рынке для потребителей, включенных в перечень электростанций, устанавливаются отдельно для каждого потребителя, включенного в перечень электростанций, каждые пять лет с разбивкой по годам и при необходимости корректируются ежегодно 1 июля в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z697" w:id="309"/>
+    <w:bookmarkStart w:name="z697" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка производится не более одного раза в год на основании обращения национального оператора в уполномоченный орган в связи с изменением цен покупки товарного газа, структуры и (или) источников товарного газа, и (или) подлежащих государственному регулированию тарифов на транспортировку товарного газа по магистральным газопроводам, хранение товарного газа в подземных хранилищах газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z698" w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z698" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-3. Предельные цены оптовой реализации товарного газа на внутреннем рынке, предназначенного для последующей реализации крупным коммерческим потребителям, лицам, осуществляющим цифровой майнинг, или лицам по производству электрической энергии для осуществления цифрового майнинга, устанавливаются ежегодно 1 июля отдельно для каждой области, города республиканского значения, столицы в соответствии с пунктом 3-3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z699" w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z699" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-4. Предельные цены, устанавливаемые для крупных коммерческих потребителей, не распространяются на отношения по реализации товарного газа, необходимого для производства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z700" w:id="312"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z700" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       социально значимых продовольственных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z701" w:id="313"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z701" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тепловой и (или) электрической энергии для населения и юридических лиц, кроме лиц, осуществляющих цифровой майнинг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уполномоченный орган по согласованию с уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, в срок не позднее 15 мая утверждает предельные цены оптовой реализации товарного газа на внутреннем рынке на предстоящий год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z702" w:id="314"/>
+    <w:bookmarkStart w:name="z702" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Уполномоченный орган по согласованию с уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, утверждает предельные цены оптовой реализации товарного газа на внутреннем рынке для промышленного потребителя-инвестора, приобретающего товарный газ для использования в качестве топлива и (или) сырья в промышленном производстве в целях реализации инвестиционного проекта по производству нефтегазохимической продукции, не позднее тридцати рабочих дней до даты введения его в эксплуатацию с последующим утверждением на пятилетний период с 1 июля и при необходимости корректирует ежегодно 1 июля в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z703" w:id="315"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z703" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка производится не более одного раза в год на основании обращения национального оператора в уполномоченный орган в связи с изменением цен покупки товарного газа, структуры и (или) источников товарного газа, и (или) подлежащих государственному регулированию тарифов на транспортировку товарного газа по магистральным газопроводам, хранение товарного газа в подземных хранилищах газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Уполномоченный орган по согласованию с уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, утверждает предельные цены оптовой реализации товарного газа на внутреннем рынке для потребителя, включенного в перечень электростанций, не позднее тридцати рабочих дней до даты введения в эксплуатацию новых электрических мощностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z704" w:id="316"/>
+    <w:bookmarkStart w:name="z704" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-3. Уполномоченный орган по согласованию с уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, ежегодно в срок не позднее 15 мая утверждает предельные цены оптовой реализации товарного газа на внутреннем рынке на предстоящий год, предназначенного для последующей реализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z705" w:id="317"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z705" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       крупным коммерческим потребителям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z706" w:id="318"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z706" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, осуществляющим цифровой майнинг, или лицам по производству электрической энергии для осуществления цифрового майнинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11945,70 +11833,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z737" w:id="319"/>
+    <w:bookmarkStart w:name="z737" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Уровень предельных цен оптовой и розничной реализации сжиженного нефтяного газа может определяться в зависимости от региона поставки и категории субъектов систем снабжения сжиженным нефтяным газом, осуществляющих его приобретение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12161,70 +12049,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) национальному оператору собственниками товарного газа, произведенного за пределами территории Республики Казахстан из сырого газа, добываемого в Республике Казахстан, на основании международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) полученного в процессе регазификации сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z485" w:id="320"/>
+    <w:bookmarkStart w:name="z485" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) добытого (произведенного) недропользователем в рамках соглашения (контракта) о разделе продукции, обладающего стабильностью налогового режима в соответствии со статьей 722 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс), положения которого предусматривают преимущественное право государства на приобретение отчуждаемого сырого и (или) товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12549,712 +12437,712 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган осуществляет мониторинг производства, транспортировки (перевозки), хранения, отгрузки и реализации товарного, сжиженного нефтяного и сжиженного природного газа, включающий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z499" w:id="321"/>
+    <w:bookmarkStart w:name="z499" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мониторинг объемов производства товарного, сжиженного нефтяного и сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z500" w:id="322"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z500" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мониторинг объемов транспортировки (перевозки) и хранения товарного, сжиженного нефтяного и сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z501" w:id="323"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z501" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) мониторинг объемов реализации, в том числе вывоза за пределы территории Республики Казахстан и ввоза на территорию Республики Казахстан товарного, сжиженного нефтяного и сжиженного природного газа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z502" w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z502" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мониторинг оптовых и розничных цен на товарный, сжиженный нефтяной и сжиженный природный газ, реализуемый в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z503" w:id="325"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z503" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мониторинг объемов отгрузки сжиженного нефтяного и сжиженного природного газа по регионам Республики Казахстан и за пределы территории Республики Казахстан по странам назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z504" w:id="326"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z504" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мониторинг внутренних потребностей Республики Казахстан в товарном и сжиженном нефтяном газе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z325" w:id="327"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z325" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лица, осуществляющие оптовую и (или) розничную реализацию товарного газа, ежемесячно не позднее двадцатого числа месяца, следующего за отчетным, представляют в уполномоченный орган сведения о реализации товарного газа, в том числе ввезенного для потребления на территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z326" w:id="328"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z326" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Газотранспортные, газораспределительные организации ежемесячно не позднее пятого числа месяца, следующего за отчетным, представляют национальному оператору сведения об объемах транспортировки и хранения товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z327" w:id="329"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z327" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Национальный оператор представляет в уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z328" w:id="330"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z328" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ежемесячно не позднее двадцатого числа месяца, следующего за отчетным, сведения об объемах транспортировки товарного газа по магистральным газопроводам и его хранения в хранилищах товарного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z329" w:id="331"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z329" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ежегодно не позднее 1 февраля года, следующего за отчетным, сведения об объемах приобретенного сырого и товарного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z330" w:id="332"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z330" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ежегодно не позднее чем за три месяца до начала планируемого периода прогноз внутренних потребностей Республики Казахстан в товарном газе на предстоящий календарный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z331" w:id="333"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z331" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Производители представляют в уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z332" w:id="334"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z332" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ежемесячно не позднее пятого числа месяца, следующего за отчетным, сведения по производству товарного и сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z333" w:id="335"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z333" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ежегодно не позднее чем за три месяца до начала планируемого периода прогнозный объем производства товарного, сжиженного нефтяного и сжиженного природного газа на предстоящие пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z505" w:id="336"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z505" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Производители сжиженного нефтяного газа ежемесячно не позднее пятого числа месяца, следующего за отчетным, предоставляют в уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z506" w:id="337"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z506" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения об объемах производства собственного сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z507" w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z507" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения об объемах производства сжиженного нефтяного газа из углеводородного сырья, принадлежащего на праве собственности или иных законных основаниях другим лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z508" w:id="339"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z508" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения по отгрузке и (или) реализации сжиженного нефтяного газа в рамках плана поставки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z509" w:id="340"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z509" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения по отгрузке и (или) реализации сжиженного нефтяного газа вне плана поставки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z510" w:id="341"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z510" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2. Собственники сжиженного нефтяного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья, ежемесячно не позднее пятого числа месяца, следующего за отчетным, предоставляют в уполномоченный орган сведения по отгрузке и (или) реализации сжиженного нефтяного газа в рамках плана поставки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z334" w:id="342"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z334" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Лица, осуществляющие оптовую и (или) розничную реализацию сжиженного нефтяного газа, ежемесячно не позднее пятого числа месяца, следующего за отчетным, представляют в местные исполнительные органы областей, городов республиканского значения и столицы, на территории которых осуществляется такая реализация, сведения о реализации сжиженного нефтяного газа, в том числе произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z335" w:id="343"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z335" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Местные исполнительные органы области, города республиканского значения, столицы представляют в уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z336" w:id="344"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z336" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ежемесячно не позднее пятнадцатого числа месяца, следующего за отчетным:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения по реализации и потреблению сжиженного нефтяного газа на территории области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения по оптовым и розничным ценам на сжиженный нефтяной газ на территории области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="345"/>
+    <w:bookmarkStart w:name="z337" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ежегодно не позднее чем за три месяца до начала планируемого периода прогноз потребления сжиженного нефтяного газа на предстоящий календарный год на территории области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z338" w:id="346"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z338" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лица, осуществляющие оптовую реализацию сжиженного природного газа, ежемесячно не позднее пятого числа месяца, следующего за отчетным, представляют в уполномоченный орган сведения о реализации сжиженного природного газа, в том числе произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z339" w:id="347"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z339" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9. Сведения, предусмотренные в пунктах 2–5, 5-1, 5-2 и 6–8 настоящей статьи, предоставляются посредством информационной системы уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z551" w:id="348"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z551" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уполномоченный орган в области таможенного дела ежемесячно не позднее пятнадцатого числа месяца, следующего за отчетным, предоставляет в уполномоченный орган сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о транспортировке за пределы территории Республики Казахстан и на территорию Республики Казахстан товарного газа трубопроводным транспортом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) о вывозе за пределы территории Республики Казахстан и ввозе на территорию Республики Казахстан сжиженного нефтяного и сжиженного природного газа железнодорожным, автомобильным, трубопроводным, морским и внутренним водным транспортом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="349"/>
+    <w:bookmarkStart w:name="z341" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. На основании данных мониторинга уполномоченный орган составляет прогнозный баланс производства, реализации и потребления товарного и сжиженного нефтяного газа на территории Республики Казахстан на предстоящий календарный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13293,398 +13181,398 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z379" w:id="350"/>
+    <w:bookmarkStart w:name="z379" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ ТРАНСПОРТИРОВКИ,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ХРАНЕНИЯ, РЕАЛИЗАЦИИ И УЧЕТА ТОВАРНОГО ГАЗА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z343" w:id="351"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z343" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 22. Транспортировка и хранение товарного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z344" w:id="352"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z344" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Услуги по транспортировке товарного газа по соединительным, магистральным газопроводам, а также по хранению товарного газа в хранилищах товарного газа оказывают газотранспортные организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z345" w:id="353"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z345" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещается эксплуатация одних и тех же соединительных, магистральных газопроводов и хранилищ товарного газа двумя и более газотранспортными организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z346" w:id="354"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z346" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Газотранспортные организации вправе оказывать услуги по транспортировке товарного газа по магистральным газопроводам за пределы территории Республики Казахстан исключительно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z347" w:id="355"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z347" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) национальному оператору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z348" w:id="356"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z348" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) производителям товарного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z349" w:id="357"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z349" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) недропользователям, являющимся собственниками товарного газа, произведенного в процессе переработки добытого ими сырого газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z350" w:id="358"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z350" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) владельцам товарного газа, произведенного за пределами территории Республики Казахстан, имеющим намерение осуществить его транспортировку через территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z351" w:id="359"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z351" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Газотранспортная, газораспределительная организации обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z352" w:id="360"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z352" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) с учетом ограничений, предусмотренных пунктом 3 настоящей статьи, предоставлять владельцам товарного газа на равных условиях доступ к мощностям магистрального газопровода, хранилища товарного газа или газораспределительной системы в соответствии с законодательством Республики Казахстан о естественных монополиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z353" w:id="361"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z353" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставлять по запросу уполномоченного органа информацию о наличии свободных мощностей магистрального газопровода, хранилища товарного газа, газораспределительной системы, а также программу их использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z354" w:id="362"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z354" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информировать владельцев товарного газа и (или) потребителей о планируемых ремонтных и профилактических работах, влияющих на исполнение обязательств по транспортировке, хранению и (или) розничной реализации товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z355" w:id="363"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z355" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Газотранспортная организация обязана отказать владельцу товарного газа в транспортировке и (или) хранении товарного газа в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z356" w:id="364"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z356" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоответствия товарного газа требованиям технических регламентов и национальных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z357" w:id="365"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z357" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) непредставления недропользователем письменного отказа национального оператора от преимущественного права государства на приобретение объемов товарного газа, планируемого к транспортировке, либо документов, подтверждающих получение национальным оператором за месяц до обращения недропользователя в газотранспортную организацию коммерческого предложения об отчуждении объемов товарного газа, планируемого к транспортировке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z358" w:id="366"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z358" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Газотранспортные организации несут ответственность за необоснованный отказ в транспортировке и хранении товарного газа в порядке, предусмотренном законами Республики Казахстан и договором на предоставление услуг по транспортировке и хранению товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13723,346 +13611,346 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="367"/>
+    <w:bookmarkStart w:name="z359" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23. Оптовая реализация товарного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z360" w:id="368"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z360" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оптовую реализацию товарного газа вправе осуществлять:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z361" w:id="369"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z361" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) национальный оператор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z362" w:id="370"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z362" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) производители товарного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z363" w:id="371"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z363" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) недропользователи, являющиеся собственниками товарного газа, произведенного в процессе переработки добытого ими сырого газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z364" w:id="372"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z364" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) собственники товарного газа, произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z365" w:id="373"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z365" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) собственники товарного газа, произведенного за пределами территории Республики Казахстан из сырого газа, добываемого в Республике Казахстан, на основании международных договоров Республики Казахстан, в случаях реализации товарного газа национальному оператору и (или) за пределы территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z366" w:id="374"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z366" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) газораспределительные организации в случаях реализации товарного газа национальному оператору и (или) владельцам автогазонаполнительных компрессорных станций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z367" w:id="375"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z367" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные лица не вправе осуществлять оптовую реализацию товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z368" w:id="376"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z368" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лицу, которое приобрело товарный газ у лиц, указанных в пункте 1 настоящей статьи, запрещается осуществлять его оптовую реализацию, за исключением случаев оптовой реализации газораспределительными организациями национальному оператору и (или) владельцам автогазонаполнительных компрессорных станций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z369" w:id="377"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z369" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения настоящего пункта не распространяются на национального оператора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z370" w:id="378"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z370" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24. Розничная реализация товарного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z371" w:id="379"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z371" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Розничная реализация товарного газа осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z372" w:id="380"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z372" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) газораспределительными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z373" w:id="381"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z373" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) владельцами автогазонаполнительных компрессорных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14091,130 +13979,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="382"/>
+    <w:bookmarkStart w:name="z375" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) производителями товарного газа, недропользователями, являющимися собственниками товарного газа, произведенного в процессе переработки добытого ими сырого газа, собственниками товарного газа, произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан, в случае розничной реализации товарного газа промышленным потребителям, газопотребляющие системы которых подключены непосредственно к магистральному или соединительному газопроводу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z376" w:id="383"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z376" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные лица не вправе осуществлять розничную реализацию товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z377" w:id="384"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z377" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Подключение газового оборудования физических и юридических лиц к газораспределительной системе, модернизация и (или) реконструкция объектов систем газоснабжения, необходимые для покрытия дополнительных нагрузок подключаемых потребителей в случае отсутствия свободных мощностей, а также изменение технологической схемы такого подключения осуществляются газораспределительной организацией за счет таких потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z378" w:id="385"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z378" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Подача товарного газа в газопотребляющие системы потребителей осуществляется газотранспортной или газораспределительной организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14233,328 +14121,328 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="386"/>
+    <w:bookmarkStart w:name="z392" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 25. Учет товарного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z380" w:id="387"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z380" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Не допускаются транспортировка, хранение и реализация товарного газа без учета его объема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z381" w:id="388"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z381" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учет объема товарного газа, транспортируемого по магистральным газопроводам, производится газотранспортной организацией на газоизмерительных станциях по приборам учета газа с постоянным подтверждением данных по приборам учета товарного газа, установленным на пунктах приема (передачи) товарного газа. Газотранспортные организации обеспечивают передачу данных по учету объема транспортируемого товарного газа национальному оператору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z382" w:id="389"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z382" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учет объема товарного газа, транспортируемого по газораспределительным системам, производится газораспределительными организациями по приборам учета. Газораспределительные организации обеспечивают передачу данных по учету объема реализуемого товарного газа национальному оператору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z383" w:id="390"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z383" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учет объема товарного газа, используемого промышленными и коммунально-бытовыми потребителями, производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z384" w:id="391"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z384" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по приборам учета, установленным на пунктах приема (передачи) товарного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z385" w:id="392"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z385" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по мощности газопотребляющего оборудования – при отсутствии приборов учета, их неисправности либо несоответствии параметрам газового оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z573" w:id="393"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z573" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Учет объема товарного газа, используемого промышленными потребителями-инвесторами, потребителями, включенными в перечень электростанций, крупными коммерческими потребителями, лицами, осуществляющими цифровой майнинг, либо лицами по производству электрической энергии для осуществления цифрового майнинга производится по приборам учета, установленным на пунктах приема (передачи) товарного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z386" w:id="394"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z386" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учет объема товарного газа, используемого бытовыми потребителями, производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z387" w:id="395"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z387" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по индивидуальным приборам учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z388" w:id="396"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z388" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по коллективным приборам учета в многоквартирных домах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z389" w:id="397"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z389" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по коллективным приборам учета в индивидуальных жилых домах, установленным на шкафах регуляторных или газорегуляторных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z390" w:id="398"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z390" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по нормам потребления, утверждаемым местными исполнительными органами областей, городов республиканского значения и столицы, – при отсутствии индивидуальных или коллективных приборов учета, их неисправности либо несоответствии параметрам газового оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z391" w:id="399"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z391" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Приборы учета товарного газа должны соответствовать требованиям технических регламентов и национальных стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkEnd w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14633,310 +14521,310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z452" w:id="400"/>
+    <w:bookmarkStart w:name="z452" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ ПЕРЕВОЗКИ,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ХРАНЕНИЯ, РЕАЛИЗАЦИИ И УЧЕТА СЖИЖЕННОГО</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>НЕФТЯНОГО И СЖИЖЕННОГО ПРИРОДНОГО ГАЗА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z393" w:id="401"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z393" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 26. Перевозка сжиженного нефтяного и сжиженного природного газа железнодорожным, автомобильным, морским и внутренним водным транспортом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z394" w:id="402"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z394" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Перевозка сжиженного нефтяного и сжиженного природного газа железнодорожным, автомобильным, морским и внутренним водным транспортом допускается посредством специально оборудованного и допущенного к перевозке транспорта в соответствии с требованиями, предъявляемыми законодательством Республики Казахстан к перевозкам опасных грузов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z395" w:id="403"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z395" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перевозку сжиженного нефтяного и сжиженного природного газа железнодорожным, автомобильным, морским и внутренним водным транспортом за пределы территории Республики Казахстан самостоятельно либо с привлечением лиц, оказывающих услуги по перевозке сжиженного нефтяного и (или) сжиженного природного газа, вправе осуществлять:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z396" w:id="404"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z396" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производители сжиженного нефтяного и сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z397" w:id="405"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z397" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) собственники сжиженного нефтяного и (или) сжиженного природного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z398" w:id="406"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z398" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) владельцы сжиженного нефтяного и (или) сжиженного природного газа, произведенного за пределами территории Республики Казахстан, имеющие намерение осуществить его перевозку через территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z486" w:id="407"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z486" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) собственники сжиженного нефтяного газа, приобретенного непосредственно у недропользователей, осуществивших его производство в рамках соглашения (контракта) о разделе продукции либо контракта на недропользование, утвержденного Президентом Республики Казахстан, обладающих стабильностью налогового режима в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 722 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z399" w:id="408"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z399" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, оказывающие услуги по перевозке сжиженного нефтяного и (или) сжиженного природного газа за пределы территории Республики Казахстан, вправе оказывать такие услуги исключительно лицам, указанным в пункте 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z400" w:id="409"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z400" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Документы, связанные с перевозкой сжиженного нефтяного и (или) сжиженного природного газа железнодорожным, автомобильным, морским и внутренним водным транспортом, должны соответствовать требованиям, установленным законодательством Республики Казахстан для перевозки опасных грузов для каждого вида транспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z401" w:id="410"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z401" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Конструкция и условия эксплуатации средств хранения и перевозки сжиженного нефтяного или сжиженного природного газа железнодорожным, автомобильным, морским и внутренним водным транспортом должны соответствовать требованиям технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15035,228 +14923,228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="411"/>
+    <w:bookmarkStart w:name="z402" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 27. Оптовая реализация сжиженного нефтяного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z511" w:id="412"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z511" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оптовую реализацию сжиженного нефтяного газа вправе осуществлять:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z738" w:id="413"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z738" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производители сжиженного нефтяного газа – через собственные эстакады налива производственных объектов сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z739" w:id="414"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z739" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) собственники сжиженного нефтяного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья, – через эстакады налива производственных объектов производителей сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z740" w:id="415"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z740" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) собственники сжиженного нефтяного газа, произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z741" w:id="416"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z741" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) владельцы газонаполнительных станций через такие газонаполнительные станции – в случае реализации сжиженного нефтяного газа владельцам групповых резервуарных установок, газонаполнительных пунктов и (или) автогазозаправочных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z742" w:id="417"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z742" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) собственники сжиженного нефтяного газа, приобретенного непосредственно у недропользователей, осуществивших его производство в рамках соглашения (контракта) о разделе продукции либо контракта на недропользование, утвержденного Президентом Республики Казахстан, обладающих стабильностью налогового режима в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 722 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z743" w:id="418"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z743" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные лица не вправе осуществлять оптовую реализацию сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkEnd w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15285,190 +15173,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z519" w:id="419"/>
+    <w:bookmarkStart w:name="z519" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правом реализации сжиженного нефтяного газа за пределы территории Республики Казахстан обладают исключительно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z520" w:id="420"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z520" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производители сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z521" w:id="421"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z521" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) собственники сжиженного нефтяного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z522" w:id="422"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z522" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) собственники сжиженного нефтяного газа, приобретенного непосредственно у недропользователей, осуществивших его производство в рамках соглашения (контракта) о разделе продукции либо контракта на недропользование, утвержденного Президентом Республики Казахстан, обладающих стабильностью налогового режима в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 722 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z523" w:id="423"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z523" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные лица не вправе осуществлять реализацию сжиженного нефтяного газа за пределы территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z777" w:id="424"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z777" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Производственные объекты производителей сжиженного нефтяного газа должны быть оснащены эстакадами автомобильного налива сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkEnd w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15712,150 +15600,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27-1. Реализация сжиженного нефтяного газа на внутреннем рынке Республики Казахстан в рамках плана поставки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z527" w:id="425"/>
+    <w:bookmarkStart w:name="z527" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях удовлетворения потребностей внутреннего рынка Республики Казахстан в сжиженном нефтяном газе уполномоченный орган в определяемом им порядке формирует план поставки и публикует его на своем интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z778" w:id="426"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z778" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План поставки формируется посредством информационной системы уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z753" w:id="427"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z753" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В плане поставки указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z754" w:id="428"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z754" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование производителей сжиженного нефтяного газа и заявленные ими объемы производства сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z755" w:id="429"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z755" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объемы сжиженного нефтяного газа, которые каждый производитель сжиженного нефтяного газа обязан поставить в соответствующую (соответствующие) административно-территориальную единицу (единицы) Республики Казахстан согласно распределению, утвержденному соответствующим местным исполнительным органом области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15908,450 +15796,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z757" w:id="430"/>
+    <w:bookmarkStart w:name="z757" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Местные исполнительные органы областей, городов республиканского значения, столицы в порядке, определяемом уполномоченным органом, утверждают распределение объемов сжиженного нефтяного газа, выделенных в рамках плана поставки, публикуют его на своем интернет-ресурсе и направляют его в уполномоченный орган и производителям сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z758" w:id="431"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z758" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Производители, собственники сжиженного нефтяного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья, обязаны выполнять план поставки и распределение выделенных объемов сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z759" w:id="432"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z759" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Правом приобретения сжиженного нефтяного газа, реализуемого в рамках плана поставки вне товарных бирж лицами, указанными в пункте 4 настоящей статьи, обладают включенные в реестры уполномоченного органа в области промышленной безопасности и местных исполнительных органов областей, городов республиканского значения, столицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z760" w:id="433"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z760" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) владельцы газонаполнительных станций – в объемах, необходимых для последующей оптовой реализации владельцам групповых резервуарных установок, газонаполнительных пунктов и автогазозаправочных станций, а также розничной реализации промышленным потребителям для производства социально значимых продовольственных товаров, в бытовых баллонах и (или) через принадлежащие им на праве собственности и (или) иных законных основаниях групповые резервуарные установки, газонаполнительные пункты и автогазозаправочные станции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z761" w:id="434"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z761" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) владельцы групповых резервуарных установок, являющиеся субъектами общественно значимых рынков, – в объемах, необходимых для последующей розничной реализации бытовым и коммунально-бытовым потребителям через такие групповые резервуарные установки в соответствии с их технологическими циклами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z762" w:id="435"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z762" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) владельцы газонаполнительных пунктов – в объемах, необходимых для последующей розничной реализации в бытовых баллонах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z763" w:id="436"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z763" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) владельцы автогазозаправочных станций – в объемах, необходимых для последующей розничной реализации через такие автогазозаправочные станции потребителям посредством заправки транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z764" w:id="437"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z764" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) промышленные потребители, использующие сжиженный нефтяной газ в качестве сырья для производства нефтегазохимической продукции, – в объемах, необходимых для использования в качестве сырья при производстве нефтегазохимической продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z765" w:id="438"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z765" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей поставки лицам, указанным в подпункте 5) части первой настоящего пункта, сжиженным нефтяным газом также признаются пропан-пропиленовая и (или) бутан-бутиленовая фракции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z766" w:id="439"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z766" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень лиц, указанных в подпункте 5) части первой настоящего пункта, утверждается уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z767" w:id="440"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z767" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Лица, указанные в части первой пункта 5 настоящей статьи, осуществившие приобретение сжиженного нефтяного газа в рамках плана поставки для целей его дальнейшей реализации, обязаны реализовывать приобретенный сжиженный нефтяной газ исключительно в пределах территории области, города республиканского значения, столицы, для которой он был выделен в рамках плана поставки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z768" w:id="441"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z768" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При распределении объемов сжиженного нефтяного газа между получателями области, города республиканского значения, столицы приоритет отдается исполнению заявок на поставку сжиженного нефтяного газа для целей последующей розничной реализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z769" w:id="442"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z769" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) через групповые резервуарные установки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z770" w:id="443"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z770" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в бытовых баллонах, имеющих уникальные коды, присвоенные системами учета бытовых баллонов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z771" w:id="444"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z771" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) через автогазозаправочные станции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z772" w:id="445"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z772" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае если промышленным потребителем, использующим сжиженный нефтяной газ в качестве сырья для производства нефтегазохимической продукции, потребляется только часть фракций сжиженного нефтяного газа, то остальные фракции сжиженного нефтяного газа подлежат распределению в рамках плана поставки лицам, указанным в части первой пункта 5 настоящей статьи, с учетом отгрузки с производственных объектов такого промышленного потребителя и сроков, необходимых для извлечения им фракций сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z773" w:id="446"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z773" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Положения настоящей статьи не распространяются на собственников сжиженного нефтяного газа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z774" w:id="447"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z774" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) произведенного за пределами территории Республики Казахстан из сырого газа, добываемого в Республике Казахстан, на основании международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z775" w:id="448"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z775" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) произведенного в рамках партнерства в сфере газа и газоснабжения при реализации инвестиционного проекта по переработке сырого газа в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан в течение периода окупаемости проекта, указанного в соответствующем инвестиционном контракте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16430,448 +16318,448 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z421" w:id="449"/>
+    <w:bookmarkStart w:name="z421" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 28. Розничная реализация сжиженного нефтяного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z422" w:id="450"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z422" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Розничная реализация сжиженного нефтяного газа осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z303" w:id="451"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z303" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) владельцами газонаполнительных станций в случае розничной реализации посредством заправки емкостей хранения сжиженного нефтяного газа бытовых, коммунально-бытовых и промышленных потребителей, а также в случае розничной реализации сжиженного нефтяного газа бытовым и коммунально-бытовым потребителям в бытовых баллонах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z304" w:id="452"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z304" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) владельцами газонаполнительных пунктов в случае розничной реализации сжиженного нефтяного газа бытовым и коммунально-бытовым потребителям в бытовых баллонах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z305" w:id="453"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z305" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) При этом фракции сжиженного нефтяного газа (бутаны), оседающие в зимний период в емкостях групповых резервуарных установок, могут быть реализованы иным потребителям сжиженного нефтяного газа в соответствии с порядком розничной реализации и пользования товарным и сжиженным нефтяным газом, определяемым уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z306" w:id="454"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z306" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) владельцами автогазозаправочных станций в случае розничной реализации посредством заправки сжиженным нефтяным газом автомобильных транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z307" w:id="455"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z307" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) производителями, собственниками сжиженного нефтяного газа, произведенного в процессе переработки принадлежащего им на праве собственности или иных законных основаниях углеводородного сырья, собственниками сжиженного нефтяного газа, произведенного за пределами территории Республики Казахстан и ввезенного для потребления на территорию Республики Казахстан, в случае розничной реализации сжиженного нефтяного газа промышленным потребителям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z308" w:id="456"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z308" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Владельцы групповых резервуарных установок обязаны обеспечивать их сохранность и исправное техническое состояние.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z309" w:id="457"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z309" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Подключение газового оборудования физических и юридических лиц к системе снабжения сжиженным нефтяным газом, модернизация и (или) реконструкция объектов системы снабжения сжиженным нефтяным газом, а также изменение технологической схемы подключения осуществляются владельцами групповых резервуарных установок за счет таких лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z310" w:id="458"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z310" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Розничная реализация сжиженного нефтяного газа потребителям через групповые резервуарные установки осуществляется на основании договора розничной реализации сжиженного нефтяного газа между потребителем и владельцем групповых резервуарных установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z311" w:id="459"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z311" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Розничная реализация сжиженного нефтяного газа в бытовых баллонах осуществляется владельцами газонаполнительных станций и газонаполнительных пунктов, которые обязаны обеспечивать исправное техническое состояние бытовых баллонов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z312" w:id="460"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z312" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом заправка сжиженным нефтяным газом бытовых баллонов допускается только на газонаполнительных станциях и газонаполнительных пунктах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z313" w:id="461"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z313" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Владельцы газонаполнительных станций и газонаполнительных пунктов обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z314" w:id="462"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z314" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять абонентский учет потребителей, приобретающих сжиженный нефтяной газ в бытовых баллонах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z315" w:id="463"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z315" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обследовать наполняемые бытовые баллоны на предмет технической исправности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z316" w:id="464"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z316" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществлять идентификацию бытовых баллонов уникальным кодом, присваиваемым системами учета бытовых баллонов, и (или) товарным знаком владельца газонаполнительной станции и газонаполнительного пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z317" w:id="465"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z317" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выдавать гарантийный талон качества на каждый продаваемый потребителям бытовой баллон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z318" w:id="466"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z318" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивать аварийное и плановое обслуживание газобаллонных установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z319" w:id="467"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z319" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Запрещаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z320" w:id="468"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z320" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хранение и (или) использование сжиженного нефтяного газа в бытовых баллонах в жилых многоквартирных домах этажностью более двух этажей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16900,130 +16788,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="469"/>
+    <w:bookmarkStart w:name="z322" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) использование газонаполнительных пунктов и автогазозаправочных станций для реализации сжиженного нефтяного газа одновременно двумя и более физическими и (или) юридическими лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z751" w:id="470"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z751" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заправка бытовых баллонов сжиженным нефтяным газом на автогазозаправочных станциях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z323" w:id="471"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z323" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Владельцы групповых резервуарных установок, эксплуатирующие внутридомовое газовое оборудование, предназначенное для подачи сжиженного нефтяного газа в газопотребляющие системы потребителей, обязаны обеспечивать его сохранность и исправное техническое состояние.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z324" w:id="472"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z324" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положение части первой настоящего пункта не распространяется на газовое оборудование, находящееся внутри жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkEnd w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17102,328 +16990,328 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z445" w:id="473"/>
+    <w:bookmarkStart w:name="z445" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 29. Учет сжиженного нефтяного газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z446" w:id="474"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z446" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учет сжиженного нефтяного газа на автогазозаправочных станциях, газонаполнительных станциях, газонаполнительных пунктах и в групповых резервуарных установках осуществляется в соответствии с порядком розничной реализации и пользования товарным и сжиженным нефтяным газом, утверждаемым уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z447" w:id="475"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z447" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учет сжиженного нефтяного газа, реализуемого потребителям, осуществляется по приборам учета, за исключением случая, предусмотренного подпунктом 2) пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z448" w:id="476"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z448" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учет сжиженного нефтяного газа, реализуемого бытовым потребителям через групповые резервуарные установки, производится объемным методом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z449" w:id="477"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z449" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по индивидуальным приборам учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z450" w:id="478"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z450" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по нормам потребления, утверждаемым местными исполнительными органами областей, городов республиканского значения и столицы, – при отсутствии индивидуальных приборов учета, их неисправности либо несоответствии параметрам газового оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z451" w:id="479"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z451" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Положения пунктов 2 и 3 настоящей статьи не распространяются на сжиженный нефтяной газ, реализуемый потребителям в бытовых баллонах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z585" w:id="480"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z585" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Правила идентификации бытовых баллонов и функционирования систем учета бытовых баллонов устанавливают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z586" w:id="481"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z586" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требования к системам учета бытовых баллонов и порядок подтверждения их соответствия таким требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z587" w:id="482"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z587" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) основания и порядок признания систем учета бытовых баллонов не соответствующими установленным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z588" w:id="483"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z588" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок синхронизации систем учета бытовых баллонов с информационной системой уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z589" w:id="484"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z589" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) требования к бытовым баллонам и порядок их идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z590" w:id="485"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z590" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) условия, при которых бытовые баллоны учитываются в системе учета бытовых баллонов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z591" w:id="486"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z591" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) порядок учета бытовых баллонов в системе учета бытовых баллонов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkEnd w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17482,1072 +17370,1008 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="487"/>
+    <w:bookmarkStart w:name="z65" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ОБЕСПЕЧЕНИЕ БЕЗОПАСНОСТИ СИСТЕМ ГАЗОСНАБЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z453" w:id="488"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z453" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 30. Обеспечение безопасности систем газоснабжения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z454" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обеспечение безопасности систем газоснабжения осуществляется в соответствии с законодательством Республики Казахстан о гражданской защите, газе и газоснабжении и экологическим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z455" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Владельцы объектов систем газоснабжения обязаны обеспечить их безопасную эксплуатацию и исправное состояние, проводить работы по техническому обслуживанию или заключить договор на техническое обслуживание принадлежащих им объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z456" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Физические и юридические лица, осуществляющие работы по техническому обслуживанию объектов систем газоснабжения, обязаны обеспечивать их качество и своевременное выполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z457" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Владельцы дымовых и вентиляционных каналов, уплотнений вводов инженерных коммуникаций зданий, помещений обязаны обеспечивать их исправное техническое состояние.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z458" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Газотранспортные, газораспределительные организации и владельцы групповых резервуарных установок обязаны иметь в своем составе аварийно-диспетчерскую службу с круглосуточным режимом работы, включая выходные и праздничные дни.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z459" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Газотранспортные, газораспределительные организации и владельцы групповых резервуарных установок вправе на договорной основе привлекать аварийно-диспетчерскую службу иных организаций для ликвидации аварийных ситуаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z460" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Объекты систем газоснабжения являются объектами непрерывного энергоснабжения. Организациям энергоснабжения запрещается проведение режимных мероприятий по ограничению установленных лимитов энергопотребления на объектах систем газоснабжения без согласования с организациями, эксплуатирующими объекты систем газоснабжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z461" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Запрещается эксплуатация единого технического коридора двумя и более организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Сноска. Статья 30 с изменениями, внесенными законами РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...207 lines deleted...]
-    <w:bookmarkEnd w:id="495"/>
+    </w:p>
+    <w:bookmarkStart w:name="z462" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 31. Государственный контроль в сфере газа и газоснабжения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль в сфере газа и газоснабжения осуществляется в форме проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 30 с изменениями, внесенными Законом РК от 30.12.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 31 в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z462" w:id="496"/>
+    <w:bookmarkStart w:name="z465" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 31. Государственный контроль в сфере газа и газоснабжения</w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Статья 32. Охранная зона объектов систем газоснабжения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z466" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях обеспечения безопасности населения, предотвращения причинения вреда окружающей среде, а также создания условий для безопасной эксплуатации объектов систем газоснабжения на территориях, примыкающих к ним, устанавливаются охранные зоны. Для единого технического коридора устанавливается одна охранная зона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z467" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Границы охранных зон объектов систем газоснабжения устанавливаются в соответствии с требованиями технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z468" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В охранной зоне объекта систем газоснабжения запрещается без письменного разрешения, выдаваемого организацией, эксплуатирующей объект систем газоснабжения, производство строительных, монтажных, земляных, погрузочно-разгрузочных работ, поисковых работ, связанных с устройством скважин и шурфов, обустройство площадок, стоянок автомобильного транспорта, размещение рынков, складирование материалов, сооружение ограждений и заборов, сброс и слив едких коррозионных веществ и горюче-смазочных материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z469" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ответственность за нарушения требований безопасности в охранной зоне несут лица, ведущие хозяйственную деятельность без письменного разрешения организации, эксплуатирующей объект систем газоснабжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z470" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z465" w:id="497"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z471" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 32. Охранная зона объектов систем газоснабжения</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z470" w:id="502"/>
+        <w:t xml:space="preserve"> Статья 33. Ответственность за нарушение законодательства Республики Казахстан о газе и газоснабжении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z472" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о газе и газоснабжении влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z473" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Статья 34. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z474" w:id="506"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z474" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон применяется к отношениям, возникшим после введения его в действие, за исключением случаев, предусмотренных пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z744" w:id="507"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z744" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. По договорам купли-продажи сырого, товарного и (или) сжиженного нефтяного газа, а также на техническое обслуживание газопотребляющих систем и газового оборудования коммунально-бытовых и бытовых потребителей, заключенным до введения в действие настоящего Закона на срок более одного календарного года, продавец или исполнитель обязаны в срок до 31 декабря 2012 года осуществить их перезаключение с учетом положений настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z476" w:id="508"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z476" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положение настоящего пункта не распространяется на договоры купли-продажи сырого, товарного и (или) сжиженного нефтяного газа, заключенные в рамках исполнения международных договоров Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z477" w:id="509"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z477" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридические лица, осуществляющие эксплуатацию газонаполнительной станции, групповых резервуарных установок, а также оптовую и розничную реализацию сжиженного нефтяного газа на территории Республики Казахстан, для продолжения осуществления указанной деятельности в качестве газосетевых организаций обязаны привести свою деятельность в соответствие с настоящим Законом и пройти процедуру аккредитации в срок до 1 июля 2012 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z707" w:id="510"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z707" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z708" w:id="511"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z708" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 настоящего Закона действует со 2 марта 2022 года до 1 июля 2022 года в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z709" w:id="512"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z709" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Предельная цена сжиженного нефтяного газа, реализуемого в рамках плана поставки вне товарных бирж, устанавливается ежеквартально и действует на всей территории Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z746" w:id="513"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z746" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) подпункт 1) пункта 1 статьи 27 настоящего Закона до 30 июня 2024 года действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z747" w:id="514"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z747" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производители сжиженного нефтяного газа – через эстакады налива производственных объектов сжиженного нефтяного газа;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z710" w:id="515"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z710" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27-1 настоящего Закона действует с 1 января 2022 года до 1 сентября 2023 года в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z711" w:id="516"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z711" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11. Правом приобретения сжиженного нефтяного газа, реализуемого в рамках плана поставки, обладают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z712" w:id="517"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z712" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) владельцы газонаполнительных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z713" w:id="518"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z713" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) владельцы групповых резервуарных установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z714" w:id="519"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z714" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) владельцы газонаполнительных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z715" w:id="520"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z715" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) владельцы автогазозаправочных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z716" w:id="521"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z716" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) промышленные потребители, использующие сжиженный нефтяной газ в качестве сырья для производства нефтегазохимической продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z717" w:id="522"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z717" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень промышленных потребителей, указанных в подпункте 5) части первой настоящего пункта, утверждается уполномоченным органом в соответствии с правилами формирования плана поставки сжиженного нефтяного газа на внутренний рынок Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkEnd w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18640,168 +18464,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="523"/>
+    <w:bookmarkStart w:name="z478" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 35. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z479" w:id="524"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z479" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z480" w:id="525"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z480" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подпунктов 3) и 4) пункта 1 статьи 9, статей 14, 15, пункта 3, подпункта 2) пункта 5 статьи 22, пунктов 2 и 3 статьи 26, которые вводятся в действие с 1 апреля 2012 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z481" w:id="526"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z481" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подпункта 6) статьи 5, пунктов 4 и 7 статьи 20, которые вводятся в действие с 1 июня 2012 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z482" w:id="527"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z482" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подпункта 18) статьи 6, пунктов 2 и 4 статьи 17, пункта 1 статьи 23, пункта 1 статьи 24, пунктов 1–3, 5–7 статьи 27, подпунктов 2) и 3) пункта 7 статьи 28, которые вводятся в действие с 1 июля 2012 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z483" w:id="528"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z483" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подпункта 1) пункта 7 статьи 28, который вводится в действие с 1 июля 2013 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkEnd w:id="531"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>