--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="612d2ef" w14:textId="612d2ef">
+    <w:p w14:paraId="5b71c58" w14:textId="5b71c58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -425,672 +425,228 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3) пачка – единица потребительской тары, изготовленной из картона или бумаги или иного материала, содержащей определенное количество табачного изделия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...541 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="1"/>
+    <w:bookmarkStart w:name="z27" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4) изделие с нагреваемым табаком – вид табачного изделия, состоящего из табачного сырья с добавлением или без добавления ингредиентов табачного изделия, предназначенного для использования в системе для нагрева табака;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z28" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-5) упаковка – единица групповой потребительской тары, содержащей определенное количество пачек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z31" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-6) идентификация – процедура, обеспечивающая в сфере производства, обращения (оборота), использования однозначное распознание определенной продукции среди подобной по отличительным признакам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z60" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-7) средство идентификации – уникальная последовательность символов в машиночитаемой форме, представленная в виде штрихового кода, или записанная на радиочастотную метку, или представленная с использованием иного средства (технологии) автоматической идентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-8) маркировка – текст, условное обозначение и рисунки, несущие информацию для потребителя и нанесенные на пачки и упаковки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) оборот табачных изделий - экспорт, импорт, хранение, оптовая и розничная реализация табачных изделий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z17" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) оптовая реализация табачных изделий - реализация (отгрузка) табачных изделий для дальнейшей перепродажи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z18" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) паспорт производства - документ, отражающий показатели производственных мощностей производителя табачных изделий, основные его характеристики, регламентирующие использование имеющегося оборудования для соблюдения технологического процесса производства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z19" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) производитель табачных изделий - физическое или юридическое лицо, которое производит табачные изделия для продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1119,150 +675,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="5"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) производство табачных изделий – совокупность технологических процессов, обеспечивающих изготовление табачных изделий, соответствующих документам по стандартизации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) табачные изделия – продукты полностью или частично изготовленные из табачного листа и (или) других частей табачного растения в качестве сырья, приготовленного таким образом, чтобы использовать для курения, сосания, жевания, нюханья или иных способов потребления, в том числе с помощью системы нагрева табака или любого иного прибора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z29" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z29" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-1) сигареты с фильтром - вид курительных табачных изделий, сформированных из резаного табака, обернутых сигаретной бумагой с применением фильтра; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z30" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-2) сигареты без фильтра - вид курительных табачных изделий, сформированных из резаного табака, обернутых сигаретной бумагой без применения фильтра; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) уполномоченный орган - государственный орган, осуществляющий контроль и регулирование производства и оборота табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1404,144 +960,164 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2. Законодательство Республики Казахстан о государственном регулировании производства и оборота табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="10"/>
+    <w:bookmarkStart w:name="z41" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан о государственном регулировании производства и оборота табачных изделий основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан, регулирующих отношения, связанные с производством и оборотом табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z63" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z63" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Целями регулирования в области государственного регулирования производства и оборота табачных изделий являются государственное регулирование и контроль деятельности субъектов производства и оборота табачных изделий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z42" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z42" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1577,250 +1153,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 3. Государственное регулирование производства и оборота табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="13"/>
+    <w:bookmarkStart w:name="z43" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное регулирование производства и оборота табачных изделий осуществляется Президентом Республики Казахстан, Правительством Республики Казахстан, уполномоченным органом, а также иными государственными органами в пределах их компетенции, установленной законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z64" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Регулирование в области государственного регулирования производства и оборота табачных изделий основывается на следующих принципах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z65" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) законности при осуществлении государственного регулирования производства и оборота табачных изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z66" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z66" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обоснованности при осуществлении государственного регулирования производства и оборота табачных изделий в соответствии с законодательством Республики Казахстан, техническими регламентами, санитарно-эпидемиологическими и гигиеническими требованиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z67" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z67" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объективности и прозрачности при осуществлении государственного регулирования производства и оборота табачных изделий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z68" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z68" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Задачами регулирования в области государственного регулирования производства и оборота табачных изделий являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z69" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z69" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) защита экономических интересов и здоровья населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z70" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z70" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) создание условий для повышения качества табачных изделий, производимых и ввозимых в Республику Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z71" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z71" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение соблюдения законодательства Республики Казахстан о государственном регулировании производства и оборота табачных изделий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственное регулирование производства и оборота табачных изделий включает в себя: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) лицензирование деятельности по производству табачных изделий; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1849,90 +1425,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) контроль за производством и оборотом табачных изделий посредством осуществления мониторинга и установления порядка декларирования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) установление минимальных розничных цен на сигареты с фильтром, без фильтра, папиросы, сигариллы и изделия с нагреваемым табаком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="23"/>
+    <w:bookmarkStart w:name="z72" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственный контроль за производством и оборотом табачных изделий осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2066,70 +1642,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Компетенция Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правительство Республики Казахстан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) разрабатывает основные направления государственной политики в области государственного регулирования производства и оборота табачных изделий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2158,70 +1734,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) устанавливает ограничения и запреты на ввоз в Республику Казахстан табачных изделий в соответствии с законами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключен Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2782,108 +2358,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирует и реализует государственную политику в области государственного регулирования производства и оборота табачных изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="26"/>
+    <w:bookmarkStart w:name="z73" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) разрабатывает и утверждает нормативные правовые акты Республики Казахстан в области государственного регулирования производства и оборота табачных изделий в соответствии с целями и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ведет контроль, учет и анализ балансов объемов производства и оборота табачных изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="27"/>
+    <w:bookmarkStart w:name="z59" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) устанавливает минимальные розничные цены на сигареты с фильтром, без фильтра, папиросы, сигариллы и изделия с нагреваемым табаком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выдает лицензии на производство табачных изделий в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2950,70 +2526,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) определяет форму, порядок и сроки представления сведений, необходимых для осуществления мониторинга;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2) определяет форму, порядок и сроки представления деклараций об остатках и (или) обороте табачных изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="28"/>
+    <w:bookmarkStart w:name="z55" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-3) определяет порядок маркировки и прослеживаемости табачных изделий средствами идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3413,70 +2989,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Особенности условий производства табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Производство табачных изделий осуществляется: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) по адресу, указанному в лицензии; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3602,90 +3178,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 7. Сведения, включаемые в паспорт производства </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Паспорт производства разрабатывается и заполняется производителем табачных изделий и направляется уполномоченному органу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Паспорт производства должен содержать следующие основные сведения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) технологическая схема производства табачных изделий с указанием основных характеристик технологического оборудования; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3749,90 +3325,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае изменения сведений, содержащихся в паспорте производства, производитель табачных изделий обязан в течение одного месяца документально сообщить уполномоченному органу об указанных изменениях. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 8. Мониторинг и декларирование производства и оборота табачных изделий </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лица, осуществляющие производство табачных изделий, обязаны предоставлять уполномоченному органу сведения, необходимые для осуществления мониторинга, в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, осуществляющие импорт и (или) оптовую реализацию табачных изделий, обязаны представлять уполномоченному органу декларации об остатках и (или) обороте табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3868,70 +3444,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Лицензирование деятельности по производству табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деятельность по производству табачных изделий подлежит лицензированию в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3967,70 +3543,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Приостановление действия и лишение лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Действие лицензии на производство табачных изделий может быть приостановлено лицензиаром в соответствии с законами Республики Казахстан на срок до шести месяцев в случаях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарушения норм, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4119,90 +3695,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) неосуществления лицензируемой деятельности в течение года со дня выдачи лицензии; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отказа в предоставлении лицензиару сведений в соответствии с его компетенцией или предоставления недостоверной информации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нарушения правил маркировки и прослеживаемости табачных изделий средствами идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лишение лицензии на производство табачных изделий осуществляется в судебном порядке в соответствии с законодательством Республики Казахстан об административных правонарушениях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4338,130 +3914,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Реализация табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории Республики Казахстан реализация табачных изделий осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При обороте табачных изделий в обязательном порядке оформляются уведомление о ввозе товаров и акт приема (передачи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок оформления уведомления о ввозе товаров и акта приема (передачи) устанавливается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Запрещаются оборот и перемещение табачных изделий без наличия уведомления о ввозе товаров и акта приема (передачи), а также с нарушением правил маркировки и прослеживаемости табачных изделий средствами идентификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4708,90 +4284,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Ответственность за нарушение законодательства Республики Казахстан о государственном регулировании производства и оборота табачных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Физические и юридические лица, осуществляющие деятельность с нарушением законодательства Республики Казахстан о государственном регулировании производства и оборота табачных изделий, несут ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Табачные изделия неустановленного происхождения, не соответствующие требованиям законодательства Республики Казахстан и требованиям технических регламентов и (или) санитарно-эпидемиологическим и гигиеническим требованиям, а также реализуемые без средств идентификации и с нарушением правил маркировки и прослеживаемости табачных изделий средствами идентификации, подлежат изъятию и уничтожению в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5069,55 +4645,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>