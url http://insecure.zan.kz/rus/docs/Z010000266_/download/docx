--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2d4e8a3" w14:textId="2d4e8a3">
+    <w:p w14:paraId="264f1a1" w14:textId="264f1a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>