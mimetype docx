--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="264f1a1" w14:textId="264f1a1">
+    <w:p w14:paraId="2b41458" w14:textId="2b41458">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -17634,50 +17634,136 @@
     <w:bookmarkEnd w:id="429"/>
     <w:bookmarkStart w:name="z488" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Грузоотправитель обязан при предъявлении груза к перевозке представить перевозчику железнодорожную транспортную накладную на каждую отправку, а в необходимых случаях, предусмотренных законодательством Республики Казахстан, и иные документы (сертификат, лицензию, ветеринарный сертификат, таможенные декларации).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч 2 пункта 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае оформления таможенной декларации в виде электронного документа орган государственных доходов направляет перевозчику электронное уведомление о выпуске товаров с использованием информационных систем органов государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z489" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -29424,3002 +29510,3180 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формы актов на проведение проверок, оформление результатов проведенной проверки, необходимых учетных документов по учету случаев нарушений безопасности движения, предписаний на устранение выявленных нарушений устанавливаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z860" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 88-6. Порядок проведения профилактического контроля без посещения субъекта (объекта) контроля</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z861" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч 1 пункта 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется уполномоченным органом на основе анализа и данных информационных систем, а также других сведений о деятельности субъекта (объекта) контроля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z862" w:id="714"/>
+    <w:bookmarkStart w:name="z862" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами контроля являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z863" w:id="715"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z863" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) национальный оператор инфраструктуры; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z864" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перевозчики;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z864" w:id="716"/>
-[...15 lines deleted...]
-      2) перевозчики;</w:t>
+    <w:bookmarkStart w:name="z865" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) операторы вагонов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z865" w:id="717"/>
-[...15 lines deleted...]
-      3) операторы вагонов;</w:t>
+    <w:bookmarkStart w:name="z866" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) операторы локомотивной тяги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z866" w:id="718"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z867" w:id="719"/>
+    <w:bookmarkStart w:name="z867" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ветвевладельцы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z868" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вспомогательные службы железнодорожного транспорта.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z868" w:id="720"/>
-[...15 lines deleted...]
-      6) вспомогательные службы железнодорожного транспорта.</w:t>
+    <w:bookmarkStart w:name="z869" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на субъект контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z869" w:id="721"/>
-[...15 lines deleted...]
-      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на субъект контроля.</w:t>
+    <w:bookmarkStart w:name="z870" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для предоставления права самостоятельного устранения нарушений субъектам контроля профилактический контроль без посещения субъекта (объекта) контроля проводится только по тем нарушениям, последствия которых возможно устранить в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z870" w:id="722"/>
-[...15 lines deleted...]
-      Для предоставления права самостоятельного устранения нарушений субъектам контроля профилактический контроль без посещения субъекта (объекта) контроля проводится только по тем нарушениям, последствия которых возможно устранить в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z871" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом оформляется и направляется рекомендация в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z871" w:id="723"/>
-[...15 lines deleted...]
-      2. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом оформляется и направляется рекомендация в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
+    <w:bookmarkStart w:name="z872" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z872" w:id="724"/>
-[...15 lines deleted...]
-      3. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
+    <w:bookmarkStart w:name="z873" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z873" w:id="725"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z874" w:id="726"/>
+    <w:bookmarkStart w:name="z874" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z875" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z875" w:id="727"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z876" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля, указанный в письме при запросе уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z876" w:id="728"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля, указанный в письме при запросе уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z877" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z877" w:id="729"/>
-[...15 lines deleted...]
-      4. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z878" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z878" w:id="730"/>
-[...15 lines deleted...]
-      5. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z879" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z879" w:id="731"/>
-[...15 lines deleted...]
-      6. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
+    <w:bookmarkStart w:name="z880" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Профилактический контроль без посещения в отношении субъектов (объектов) контроля проводится не чаще одного раза в год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z880" w:id="732"/>
-[...15 lines deleted...]
-      7. Профилактический контроль без посещения в отношении субъектов (объектов) контроля проводится не чаще одного раза в год.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 88-6 в соответствии с Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z903" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10-2. Расследование нарушений безопасности движения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 10-2 в соответствии с Законом РК от 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z904" w:id="734"/>
+    <w:bookmarkStart w:name="z904" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 88-7. Общие положения расследования нарушений безопасности движения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z905" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Нарушения безопасности движения подлежат обязательному расследованию в порядке, определенном правилами расследования нарушений безопасности движения на железнодорожном транспорте. К нарушениям безопасности движения относятся крушения, аварии, события и инциденты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z905" w:id="735"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z906" w:id="736"/>
+    <w:bookmarkStart w:name="z906" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Целями расследования являются установление причин и (или) сопутствующих факторов, выработка рекомендаций по предотвращению нарушения безопасности движения в будущем и обеспечению безопасности движения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z907" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Расследование событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий осуществляется комиссией, создаваемой уполномоченным органом. В состав данной комиссии входят уполномоченный по расследованию, который является должностным лицом уполномоченного органа, представители его территориальных подразделений, участники перевозочного процесса и заинтересованные лица.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z907" w:id="737"/>
-[...15 lines deleted...]
-      3. Расследование событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий осуществляется комиссией, создаваемой уполномоченным органом. В состав данной комиссии входят уполномоченный по расследованию, который является должностным лицом уполномоченного органа, представители его территориальных подразделений, участники перевозочного процесса и заинтересованные лица.</w:t>
+    <w:bookmarkStart w:name="z908" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      События, за исключением повлекших сход подвижного состава в пассажирском поезде, и инциденты расследуются участниками перевозочного процесса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z908" w:id="738"/>
-[...15 lines deleted...]
-      События, за исключением повлекших сход подвижного состава в пассажирском поезде, и инциденты расследуются участниками перевозочного процесса.</w:t>
+    <w:bookmarkStart w:name="z909" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Работа комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий проводится под председательством уполномоченного по расследованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z909" w:id="739"/>
-[...15 lines deleted...]
-      4. Работа комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий проводится под председательством уполномоченного по расследованию.</w:t>
+    <w:bookmarkStart w:name="z910" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уполномоченный по расследованию организовывает и координирует работу комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий, в том числе всех аспектов, связанных с ними, на месте событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z910" w:id="740"/>
-[...15 lines deleted...]
-      5. Уполномоченный по расследованию организовывает и координирует работу комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий, в том числе всех аспектов, связанных с ними, на месте событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий.</w:t>
+    <w:bookmarkStart w:name="z911" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченный по расследованию для поддержания профессионального уровня и повышения квалификации периодически проходит обучение в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z911" w:id="741"/>
-[...15 lines deleted...]
-      6. Уполномоченный по расследованию для поддержания профессионального уровня и повышения квалификации периодически проходит обучение в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z912" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Физические и юридические лица, государственные органы обязаны предоставлять по запросам комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий информацию и (или) документацию, имеющие отношение к проводимому расследованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z912" w:id="742"/>
-[...15 lines deleted...]
-      7. Физические и юридические лица, государственные органы обязаны предоставлять по запросам комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий информацию и (или) документацию, имеющие отношение к проводимому расследованию.</w:t>
+    <w:bookmarkStart w:name="z913" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комиссия по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий проводит расследования событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий отдельно и независимо от других видов расследований, проводимых другими государственными органами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z913" w:id="743"/>
-[...15 lines deleted...]
-      8. Комиссия по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий проводит расследования событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий отдельно и независимо от других видов расследований, проводимых другими государственными органами.</w:t>
+    <w:bookmarkStart w:name="z914" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При проведении расследования не допускается вмешательство в деятельность комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий физических и (или) юридических лиц, других государственных органов, кроме случаев, прямо предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z914" w:id="744"/>
-[...15 lines deleted...]
-      9. При проведении расследования не допускается вмешательство в деятельность комиссии по расследованию событий, повлекших сход подвижного состава в пассажирском поезде, а также крушений и аварий физических и (или) юридических лиц, других государственных органов, кроме случаев, прямо предусмотренных законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 88-7 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z915" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 88-8. Права и обязанности комиссии по расследованию событий, повлекших сход вагонов в пассажирском поезде, а также крушений и аварий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 88-8 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z916" w:id="746"/>
+    <w:bookmarkStart w:name="z916" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Комиссия по расследованию событий, повлекших сход вагонов в пассажирском поезде, а также крушений и аварий вправе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z917" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять взаимодействие с представителями других государственных органов для обеспечения независимости и объективности проведения расследования, а также во избежание потери или изменения доказательств, относящихся к расследованию;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z917" w:id="747"/>
-[...15 lines deleted...]
-      1) осуществлять взаимодействие с представителями других государственных органов для обеспечения независимости и объективности проведения расследования, а также во избежание потери или изменения доказательств, относящихся к расследованию;</w:t>
+    <w:bookmarkStart w:name="z918" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь беспрепятственный доступ к месту события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии, ко всей документации, связанной с эксплуатацией подвижного состава, к персоналу, привлеченному к его обслуживанию и обеспечению безопасности, проводить осмотр и дальнейшее обследование места происшествия, объектов и обломков, запасных частей и любых других объектов, которые являются причиной или могли способствовать, воздействовать возникновению события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z918" w:id="748"/>
-[...15 lines deleted...]
-      2) иметь беспрепятственный доступ к месту события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии, ко всей документации, связанной с эксплуатацией подвижного состава, к персоналу, привлеченному к его обслуживанию и обеспечению безопасности, проводить осмотр и дальнейшее обследование места происшествия, объектов и обломков, запасных частей и любых других объектов, которые являются причиной или могли способствовать, воздействовать возникновению события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии;</w:t>
+    <w:bookmarkStart w:name="z919" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять поиск, восстановление, извлечение, считывание данных приборов объективного контроля или любого другого устройства носителя информации на подвижном составе, а также записей технических средств обслуживания движения и полный контроль над сохранением полученных данных. Извлечение и считывание записей объективного контроля или любого другого устройства носителя информации должны быть произведены без каких-либо задержек с использованием соответствующих средств в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z919" w:id="749"/>
-[...15 lines deleted...]
-      3) осуществлять поиск, восстановление, извлечение, считывание данных приборов объективного контроля или любого другого устройства носителя информации на подвижном составе, а также записей технических средств обслуживания движения и полный контроль над сохранением полученных данных. Извлечение и считывание записей объективного контроля или любого другого устройства носителя информации должны быть произведены без каких-либо задержек с использованием соответствующих средств в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z920" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) опрашивать очевидцев, персонал и других лиц, причастных к событию, повлекшему сход вагонов в пассажирском поезде, а также крушению и аварии, назначать проведение исследований и испытаний, необходимых для установления причин события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии и (или) сопутствующих факторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z920" w:id="750"/>
-[...15 lines deleted...]
-      4) опрашивать очевидцев, персонал и других лиц, причастных к событию, повлекшему сход вагонов в пассажирском поезде, а также крушению и аварии, назначать проведение исследований и испытаний, необходимых для установления причин события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии и (или) сопутствующих факторов;</w:t>
+    <w:bookmarkStart w:name="z921" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) привлекать к работам экспертов, запрашивать их отчеты, относящиеся к расследованию события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z921" w:id="751"/>
-[...15 lines deleted...]
-      5) привлекать к работам экспертов, запрашивать их отчеты, относящиеся к расследованию события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии;</w:t>
+    <w:bookmarkStart w:name="z922" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) находиться по согласованию с собственником подвижного состава в пассажирском вагоне или локомотиве в пути следования к месту события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z922" w:id="752"/>
-[...15 lines deleted...]
-      6) находиться по согласованию с собственником подвижного состава в пассажирском вагоне или локомотиве в пути следования к месту события, повлекшего сход вагонов в пассажирском поезде, а также крушения и аварии.</w:t>
+    <w:bookmarkStart w:name="z923" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комиссия по расследованию событий, повлекших сход вагонов в пассажирском поезде, а также крушений и аварий обязана соблюдать законодательство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z923" w:id="753"/>
-[...15 lines deleted...]
-      2. Комиссия по расследованию событий, повлекших сход вагонов в пассажирском поезде, а также крушений и аварий обязана соблюдать законодательство Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 88-8 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. Акты, претензии, иски</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z185" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 89. Условия и порядок предъявления претензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z687" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право предъявления к перевозчику претензий, вытекающих из договора перевозки, имеет пассажир, отправитель (грузоотправитель), получатель (грузополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Право предъявления к перевозчику претензий в случае утраты, повреждения вагонов, контейнеров имеет лицо, владеющее на праве собственности или иных законных основаниях вагонами, контейнерами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Физические или юридические лица могут предъявлять претензии от имени лиц, обладающих правом предъявления претензий, по договору перевозки в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z321" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К претензии должны быть приложены документы, свидетельствующие о наличии у заявителя права на предъявление претензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z322" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. К претензии в подлинниках должны быть приложены следующие документы, подтверждающие требования заявителя, в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) требования о возмещении за вред, причиненный жизни или здоровью пассажира, - проездной документ (билет) и акт о несчастном случае;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) задержки отправления или опоздания пассажирского поезда, предъявления требования о возврате платы за проезд - проездной документ (билет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утраты, нарушения сроков доставки багажа, грузобагажа, предъявления требования о возврате провозной платы за перевозку багажа, грузобагажа - багажная, грузобагажная квитанции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) недостачи, повреждения (порчи) багажа, грузобагажа - багажная, грузобагажная квитанции и коммерческий акт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неправильного применения тарифа за перевозку пассажира, багажа, грузобагажа, ошибочного определения массы багажа, грузобагажа, ошибок в расчете при определении провозных платежей - проездной документ (билет), багажная, грузобагажная квитанции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) полной утраты груза - квитанция о приеме груза с отметкой станции назначения о неприбытии груза и документ, подтверждающий количество и стоимость отправленного груза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) недостачи, повреждения (порчи) груза - железнодорожная транспортная накладная, коммерческий акт, выданный станцией назначения, и документы, подтверждающие количество и стоимость отправленного, недостающего, поврежденного (испорченного) груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае недостачи груза, по которому расчеты между грузоотправителем и грузополучателем производятся с учетом нормированной и фактической влажности, к претензии прилагаются документы, подтверждающие влажность груза при отправлении и выдаче.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае повреждения (порчи) груза, при выдаче которого произведена уценка или понижение сортности, к претензии прилагается акт экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нарушения сроков доставки груза - железнодорожная транспортная накладная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) излишней оплаты тарифа - железнодорожная транспортная накладная или квитанция о приеме груза к перевозке и документы, подтверждающие оплату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) несостоявшейся перевозки - квитанция о приеме груза к перевозке с отметкой перевозчика о возврате груза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) излишней оплаты сборов и штрафов, связанных с перевозкой грузов, - документы, подтверждающие их начисление и оплату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) утраты, повреждения перевозчиком вагонов, контейнеров, принадлежащих физическим или юридическим лицам, - квитанция о приеме груза к перевозке с отметкой перевозчика на станции назначения о неприбытии вагонов, контейнеров, технические паспорта и документы, подтверждающие аренду или право собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z323" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Одна претензия не должна объединять в себе требования по разным случаям, указанным в настоящей статье.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Претензии о возмещении за утрату, недостачу, порчу или повреждение груза предъявляются отдельно по каждой отправке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оформлении перевозки по грузам одного наименования, погруженным на одной станции отправления одним грузоотправителем на одну станцию назначения в адрес одного грузополучателя, допускается предъявление одной претензии на группу грузовых отправок, по которым перевозчиком был составлен один коммерческий акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По грузам, перевезенным маршрутной или групповой грузовой отправкой, претензии предъявляются на количество вагонов, указанных в коммерческом акте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае превышения срока доставки груза допускается объединение нескольких грузовых отправок в одной претензии при условии прибытия грузов в течение одних суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 88-8 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 89 в редакции Закона РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z184" w:id="754"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 11. Акты, претензии, иски</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="755"/>
+        <w:t xml:space="preserve"> Статья 89-1. Оформление претензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z325" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В претензии указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилия, имя, отчество (при его наличии) или полное наименование, почтовые реквизиты заявителя претензии, дата ее составления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обстоятельства, на основании которых заявлена претензия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требования заявителя, сумма претензии и его расчет, банковские реквизиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) перечень прилагаемых к претензии документов, а также других доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z326" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Претензия от физического лица подписывается заявителем с приложением копии документа, удостоверяющего его личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Претензия от юридического лица подписывается руководителем организации или лицом, им уполномоченным, и заверяется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если юридическое лицо является субъектом частного предпринимательства, скрепление документов печатью не требуется.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае выдачи грузоотправителю квитанции о приеме груза и грузополучателю накладной посредством системы электронного обмена данными заявителем указываются номер отправки, дата приема груза к перевозке и регистрационные данные электронного досье перевозки в информационных системах перевозчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 89-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 89. Условия и порядок предъявления претензии</w:t>
-[...657 lines deleted...]
-      2. Претензия от физического лица подписывается заявителем с приложением копии документа, удостоверяющего его личность.</w:t>
+        <w:t xml:space="preserve"> Статья 90. Сроки предъявления претензии </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:p>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z697" w:id="766"/>
+    <w:bookmarkStart w:name="z697" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Претензии, вытекающие из договора перевозки, могут быть предъявлены к перевозчику в течение срока исковой давности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkEnd w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сроки предъявления претензий исчисляются в отношении: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z698" w:id="767"/>
+    <w:bookmarkStart w:name="z698" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) возмещения за утрату багажа, груза, грузобагажа - по истечении семи суток со дня окончания срока доставки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z699" w:id="768"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z699" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) возмещения за недостачу, повреждение (порчу), просрочку доставки багажа, груза, грузобагажа - со дня выдачи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z700" w:id="769"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z700" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) возврата провозных платежей, излишне уплаченных за перевозку багажа, груза, грузобагажа, - со дня выдачи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z701" w:id="770"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z701" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) просрочки доставки багажа и грузобагажа - со дня выдачи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z702" w:id="771"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z702" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) взыскания штрафов за невыполнение принятой заявки на перевозку груза - по окончании срока, установленного правилами перевозок для исполнения заявки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkEnd w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В иных случаях - со дня наступления события, послужившего основанием для предъявления иска. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z328" w:id="772"/>
+    <w:bookmarkStart w:name="z328" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Днем предъявления претензии считается день сдачи почтового отправления с претензией на почту или передачи нарочно перевозчику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkEnd w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если последний день срока подачи претензии приходится на нерабочий день, днем окончания срока подачи претензии считается следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z703" w:id="773"/>
+    <w:bookmarkStart w:name="z703" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Перевозчик имеет право рассмотреть предъявленную претензию по истечении установленных сроков, если признает уважительной причину пропуска претензионного срока. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 90 с изменением, внесенным Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 91. Порядок и сроки рассмотрения претензии </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z704" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Претензия подлежит рассмотрению в месячный срок со дня ее получения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О результатах рассмотрения претензии перевозчик уведомляет в письменной форме заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В ответе на претензию указывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилия, имя, отчество (при его наличии) или полное наименование, почтовые реквизиты заявителя претензии, которому направляется ответ, дата претензии, на которую дается ответ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае признания претензии полностью или частично, указывается признанная сумма и способ удовлетворения претензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае отклонения претензии полностью или частично - мотивы отклонения со ссылкой на соответствующие нормативные правовые акты и документы, обосновывающие отклонение претензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) перечень приложенных к ответу документов и иных доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z330" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При удовлетворении претензии в полной сумме документы, представленные заявителем, перевозчиком не возвращаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, когда претензия отклонена полностью или частично, заявителю должны быть возвращены документы, полученные с претензией, а также направлены документы, обосновывающие отклонение претензии, если их нет у заявителя претензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z331" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Если претензия оформлена заявителем с нарушением требований настоящего Закона, то такая претензия возвращается заявителю в срок не позднее десяти календарных дней со дня ее поступления перевозчику с указанием причины ее возврата. Возвращение такой претензии не является отказом в ее удовлетворении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z332" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При удовлетворении претензии в случае утраты и повреждения груза сумма, подлежащая возмещению, определяется исходя из его цены, указанной в счете продавца или предусмотренной договором, а при отсутствии счета или указания цены в договоре - исходя из цены, которая при сравнимых обстоятельствах обычно взимается за аналогичные товары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наряду с возмещением ущерба перевозчик возвращает провозную плату, взысканную за перевозку утраченного, недостающего, испорченного или поврежденного груза, если данная плата не входит в стоимость груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если груз сдан к перевозке с объявлением его ценности, то в случае его утраты перевозчик возмещает ущерб в размере объявленной стоимости, а в случае частичной утраты - пропорционально утраченной части груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z333" w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Если при рассмотрении претензии установлено, что груз переадресован либо выдан другому грузополучателю по заявлению грузоотправителя или первоначального грузополучателя, претензия возвращается заявителю с указанием грузополучателя, которому выдан груз, или лица, по заявлению которого произведена переадресовка либо выдача груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 90 с изменением, внесенным Законом РК от 28.12.2010 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 91 в редакции Закона РК от 28.12.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="774"/>
+    <w:bookmarkStart w:name="z193" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 91. Порядок и сроки рассмотрения претензии </w:t>
-[...207 lines deleted...]
-      5. При удовлетворении претензии в случае утраты и повреждения груза сумма, подлежащая возмещению, определяется исходя из его цены, указанной в счете продавца или предусмотренной договором, а при отсутствии счета или указания цены в договоре - исходя из цены, которая при сравнимых обстоятельствах обычно взимается за аналогичные товары.</w:t>
+        <w:t xml:space="preserve"> Статья 92. Акты </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:p>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z707" w:id="782"/>
+    <w:bookmarkStart w:name="z707" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Обстоятельства, которые могут служить основанием для имущественной ответственности перевозчика, отправителя (грузоотправителя), получателя (грузополучателя), экспедитора или пассажира при осуществлении перевозок, удостоверяются коммерческими актами или актами общей формы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkEnd w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Формы коммерческого акта и акта общей формы, а также правила их составления устанавливаются правилами перевозок. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z708" w:id="783"/>
+    <w:bookmarkStart w:name="z708" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Перевозчик обязан составить коммерческий акт при выдаче багажа, груза и грузобагажа для удостоверения следующих обстоятельств: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z709" w:id="784"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z709" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствия фактического наименования, а также массы и количества мест данным, указанным в перевозочном документе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z710" w:id="785"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z710" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) повреждения (порчи); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z711" w:id="786"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z711" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) обнаружения багажа, груза или грузобагажа без перевозочных документов или перевозочных документов без багажа, груза или грузобагажа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z712" w:id="787"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z712" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) возвращения перевозчику похищенного багажа, груза или грузобагажа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z713" w:id="788"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z713" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) неподачи груза перевозчиком на места выгрузки (разгрузки) в течение двадцати четырех часов после оформления документов о выдаче груза. В данном случае коммерческий акт составляется только по требованию грузополучателя; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z714" w:id="789"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z714" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) передачи багажа, груза или грузобагажа на реализацию. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkEnd w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перевозчик обязан сделать отметку в перевозочных документах о составлении коммерческого акта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z715" w:id="790"/>
+    <w:bookmarkStart w:name="z715" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Акты общей формы составляются для удостоверения обстоятельств, не предусмотренных пунктом 2 настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z716" w:id="791"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z716" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Стороны, участвующие в составлении акта, не имеют права отказаться от его подписания. При несогласии с содержанием акта стороны вправе изложить в нем свое мнение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z717" w:id="792"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z717" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Лица, составившие или подписавшие акт, содержащий недостоверную информацию, несут ответственность, установленную законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkEnd w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32462,678 +32726,678 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="793"/>
+    <w:bookmarkStart w:name="z195" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 93. Сроки исковой давности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z718" w:id="794"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z718" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Иски к перевозчику, вытекающие из перевозки, могут быть предъявлены в случае полного или частичного отказа перевозчика удовлетворить претензию либо в случае неполучения ответа от перевозчика на предъявленную претензию по истечении срока ее рассмотрения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z719" w:id="795"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z719" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Срок исковой давности по договору перевозки груза, почтовых отправлений - один год, по договору перевозки пассажира, багажа, грузобагажа - шесть месяцев. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z720" w:id="796"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z720" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Срок исковой давности исчисляется со следующего дня после наступления события, послужившего основанием для предъявления исков. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 93 с изменением, внесенным Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. Заключительные и переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z198" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 94. Информация, служебное делопроизводство и связь </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z721" w:id="799"/>
+    <w:bookmarkStart w:name="z721" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Перевозчик обязан представлять пассажирам, отправителям (грузоотправителям), получателям (грузополучателям) необходимую и достоверную информацию об услугах по перевозке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkEnd w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация на железнодорожных станциях, вокзалах, в поездах и других местах обслуживания пассажиров, отправителей (грузоотправителей), получателей (грузополучателей) предоставляется на государственном и русском языках, при необходимости также на других языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z956" w:id="800"/>
+    <w:bookmarkStart w:name="z956" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Текст информации должен соответствовать требованиям Закона Республики Казахстан "О языках в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z722" w:id="801"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z722" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сведения об изменении стоимости перевозки пассажиров, багажа, грузов, грузобагажа сообщаются в средствах массовой информации не позднее, чем за десять дней до их введения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z723" w:id="802"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z723" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Служебное делопроизводство и связь на железнодорожном транспорте осуществляются на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkEnd w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При осуществлении движения поездов используются термины, утвержденные уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z724" w:id="803"/>
+    <w:bookmarkStart w:name="z724" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Перевозочные документы и международные сообщения на железнодорожном транспорте осуществляются на языках, определяемых нормами международных договоров Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 94 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z334" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 94-1. Учет и отчетность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Операторы локомотивной тяги, вагонов, контейнеров и перевозчики обязаны соблюдать установленный уполномоченным органом порядок ведения учета и представления отчетности о перевозках пассажиров, багажа, грузобагажа, грузов и об использовании подвижного состава при перевозках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 94-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 95. Учетно-отчетное время на железнодорожном транспорте </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:p>
-[...221 lines deleted...]
-    <w:bookmarkStart w:name="z725" w:id="806"/>
+    <w:bookmarkStart w:name="z725" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. На железнодорожном транспорте применяется единое учетно-отчетное время, устанавливаемое уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z726" w:id="807"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z726" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В международном сообщении учетно-отчетное время определяется международными договорами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z203" w:id="808"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z203" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 96. Порядок применения настоящего Закона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkEnd w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон применяется к правоотношениям, возникшим после введения его в действие. По правоотношениям, возникшим до введения его в действие, настоящий Закон применяется к тем правам и обязанностям, которые возникнут после введения его в действие. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z834" w:id="809"/>
+    <w:bookmarkStart w:name="z834" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 97. Применение законодательства в связи с введением в действие настоящего Закона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkEnd w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Принятые до введения в действие настоящего Закона нормативные правовые акты, регулирующие отношения в сфере железнодорожного транспорта, применяются в части, не противоречащей настоящему Закону. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -33257,55 +33521,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>