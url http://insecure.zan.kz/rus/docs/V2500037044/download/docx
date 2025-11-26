--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="671a7f1" w14:textId="671a7f1">
+    <w:p w14:paraId="6380745" w14:textId="6380745">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,59 +93,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Министра торговли и интеграции Республики Казахстан от 31 июля 2025 года № 232-НҚ "Об утверждении Правил ведения Национального каталога товаров, а также регистрации товаров в нем"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 2 октября 2025 года № 284-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 октября 2025 года № 37044</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 2 октября 2025 года № 284-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 октября 2025 года № 37044.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
@@ -179,106 +172,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящий приказ вводится в действие с 01.01.2026.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 31 июля 2025 года № 232-НҚ "Об утверждении Правил ведения Национального каталога товаров, а также регистрации товаров в нем" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 36544) следующее изменение:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -311,168 +288,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ведения Национального каталога товаров, а также регистрации товаров в нем изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту цифровой трансформации и маркировки товаров Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства торговли и интеграции Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие с 1 января 2026 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -488,58 +447,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр торговли и интеграции</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр торговли и интеграции</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -585,272 +561,206 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Шаккалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство промышленности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и строительства Республики Казахстан</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -930,86 +840,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 октября 2025 года № 284-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -1084,1875 +958,1838 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 июля 2025 года № 232-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила ведения Национального каталога товаров, а также регистрации товаров в нем</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила ведения Национального каталога товаров, а также регистрации товаров в нем (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 15-12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан "О регулировании торговой деятельности" и определяют порядок ведения Национального каталога товаров, а также регистрации товаров в нем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бизнес-идентификационный номер (далее – БИН) – уникальный номер, формируемый для юридического лица (филиала и представительства) и индивидуального предпринимателя, осуществляющего деятельность в виде совместного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) глобальный идентификационный номер (Global Trade Item Number, далее – GTIN) – номер, присваиваемый группе товаров национальным (региональным) подразделением международной организации в области стандартизации учета и штрихового кодирования логистических единиц GS1 в соответствии со стандартами данной организации GS1, в целях ее однозначной идентификации в мировом экономическом пространстве, и используемый в качестве кода товара в Национальном каталоге товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) индивидуальный идентификационный номер (далее – ИИН) – уникальный номер, формируемый для физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) единый оператор в сфере государственных закупок – юридическое лицо, определенное уполномоченным органом в сфере государственных закупок, единственным собственником акций (долей участия в уставном капитале) которого является государство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) код единицы измерения Межгосударственного классификатора единиц измерения и счета (далее – МКЕИ код) – трехзначный цифровой десятичный код, присвоенный по серийно-порядковой системе кодирования с выделением резерва кодов в каждой группе единиц измерения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) идентификационный код – уникальная последовательность символов в машиночитаемой форме, представленная в виде штрихового кода, присваиваемая видам товаров и содержащаяся в Национальном каталоге товаров в целях его однозначной идентификации в торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) товар – любой, не изъятый из оборота продукт труда, предназначенный для продажи или обмена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Единый оператор маркировки и прослеживаемости товаров – государственное предприятие, акционерное общество, товарищество с ограниченной ответственностью, более пятидесяти процентов голосующих акций (долей участия в уставном капитале) которого прямо или косвенно принадлежат государству, осуществляющее разработку, администрирование, сопровождение и эксплуатационную поддержку информационной системы маркировки и прослеживаемости товаров, включая разработку, ведение и актуализацию Национального каталога товаров, и иные функции, предусмотренные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) общий классификатор товаров, работ, услуг – национальный классификатор технико-экономической информации о товарах, работах, услугах, обеспечивающий единую систему унификации в классификации товаров, работ и услуг, путем систематизации свода кодов и наименований классификационных групп объектов технико-экономической информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Национальный каталог товаров – объект информатизации "электронного правительства", являющийся национальным регистром данных о товарах, а также единым источником номенклатуры товаров и обязательный к использованию в качестве справочника товаров в торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) GS1– международная организация в области стандартизации учета и штрихового кодирования логистических единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Национальный каталог товаров используется субъектами торговой деятельности в качестве единого справочника товаров для идентификации товара посредством идентификационного кода. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификационный код применяется на территории Республики Казахстан на всех этапах оборота товара (производство, ввоз, хранение, перемещение, реализация, потребление), при ведении учета товаров в информационных системах, осуществлении оборота и реализации товаров с применением контрольно-кассовых машин, при оценке соответствия продукции, оформлении электронных счет-фактур, таможенных деклараций и во всех процессах, в которых требуется обеспечить прослеживаемость товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Для целей регистрации товаров, обеспечения наличия унифицированного наименования и идентификационного кода товара субъектам торговой деятельности на интернет-ресурсе Национального каталога товаров предоставляется интерфейс электронного взаимодействия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для использования Национального каталога товаров в качестве справочника товаров государственные органы и организации интегрируют свои информационные системы с Национальным каталогом товаров в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> интеграции объектов информатизации "электронного правительства", утвержденными приказом исполняющего обязанности Министра информации и коммуникаций Республики Казахстан от 29 марта 2018 года № 123 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 16777).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок ведения Национального каталога товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Национальный каталог товаров формируется на основании сведений о товарах, предоставляемых:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) импортерами и производителями товаров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) другими субъектами торговой деятельности по собственной инициативе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Единым оператором маркировки и прослеживаемости товаров в отношении товаров, которые произведены до 1 января 2026 года и находятся в обращении на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ведение Национального каталога товаров включает следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регистрация товара с учетом сведений, указанных в пункте 8 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) модерация (верификация) сведений о товаре, при положительном результате которой выполняется присвоение товару унифицированного наименования и уникального идентификационного кода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) актуализация сведений о товарах (продукции) и его потребительских характеристиках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Единый оператор в сфере государственных закупок обеспечивает бесперебойное функционирование Национального каталога товаров, за исключением случаев технологических перерывов для проведения работ по актуализации Национального каталога товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный каталог товаров ведется в электронной форме, на казахском и русском языках и с учетом общего классификатора товаров, работ, услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения о товаре, подлежащие регистрации в Национальном каталоге товаров, включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) общую информацию о товаре (наименование, классификация, товарный знак, страна происхождения, производитель); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) измеряемые параметры (линейные размеры, масса, состав); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения о документах по стандартизации, в соответствии с которыми изготовлен товар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документы об оценке соответствия в отношении товаров, подлежащих обязательной оценке соответствия (для товаров, находящихся в торговом обороте);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) графические материалы для иллюстрации внешнего вида (изображения) товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дополнительные сведения о товаре, подлежащие регистрации в Национальном каталоге товаров, определяются национальным стандартом Республики Казахстан СТ РК 3833 "Порядок идентификации товаров и услуг и их кодификации. Основные положения", а также техническими регламентами и документами по стандартизации на продукцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Единый оператор маркировки и прослеживаемости товаров обеспечивает сбор сведений о товарах, произведенных и находящихся в обращении на территории Республики Казахстан до 1 января 2026 года, регистрацию новых карточек о товарах, актуальность сведений, содержащихся в карточке товара и опубликованных в Национальном каталоге товаров, модерацию (верификацию) сведений о товаре, а также организацию технической поддержки субъектов торговой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Единый оператор в сфере государственных закупок обеспечивает доступ субъектов торговой деятельности к сведениям о товарах, зарегистрированных в Национальном каталоге товаров, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полное наименование товара на казахском и русском языках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) унифицированное наименование товара на казахском и русском языках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) идентификационный код товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) единицу измерения (МКЕИ код);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) признак социально значимых продовольственных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) признак маркировки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) страна происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сведения о производителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Единый оператор в сфере государственных закупок осуществляет сопровождение, развитие Национального каталога товаров в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> создания, развития, эксплуатации, приобретения объектов информатизации "электронного правительства", а также информационно-коммуникационных услуг, утвержденными приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 января 2016 года № 129 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13282).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наполнение Национального каталога товаров Единым оператором в сфере государственных закупок осуществляется путем дополнения сведений о товарах, зарегистрированных в Национальном каталоге товаров, информацией, требуемой для осуществления государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Единый оператор в сфере государственных закупок предоставляет субъектам торговой деятельности доступ к сервису Национального каталога товаров по проверке наличия регистрации товаров в Национальном каталоге товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Если товар изъят из торгового оборота в случаях, установленных законодательством Республики Казахстан, то карточка товара переходит в архивное состояние с фиксированием причины и даты перевода в данный статус.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перевод карточки товара в архивное состояние выполняется Единым оператором маркировки и прослеживаемости товаров на основании соответствующего уведомления от государственного органа либо заявления производителя товара или владельца товарного знака, которым обозначен товар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок регистрации товаров в Национальном каталоге товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Регистрация товаров в Национальном каталоге товаров осуществляется на интернет-ресурсе Национального каталога товаров или через информационную систему субъекта торговой деятельности, интегрированную с Национальным каталогом товаров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Товар подлежит регистрации в Национальном каталоге товаров, если сведения о нем в Национальном каталоге товаров отсутствуют. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Для регистрации товаров в Национальном каталоге товаров субъекты торговой деятельности предварительно проходят процедуру собственной регистрации в Национальном каталоге товаров путем представления следующих сведений, подписанных ЭЦП первого руководителя юридического лица или индивидуального предпринимателя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ИИН или БИН субъекта торговой деятельности. При отсутствии ИИН или БИН у нерезидента Республики Казахстан – номер налоговой регистрации в стране инкорпорации нерезидента или его аналог (при его наличии); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование субъекта торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилия, имя, отчество (при его наличии) индивидуального предпринимателя или первого руководителя юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) адрес электронной почты субъекта торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) контактный номер телефона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тип субъекта торговой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иностранные производители товаров регистрируются в Национальном каталоге товаров на основании заявок физических и юридических лиц Республики Казахстан, имеющих нотариально заверенную доверенность от иностранного производителя на его регистрацию в Национальном каталоге товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Субъекты торговой деятельности указывают информацию об уполномоченных лицах, имеющих право от их имени представлять и запрашивать или редактировать сведения о товарах в Национальном каталоге товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Уполномоченные лица, которым предоставлено такое право, регистрируются и авторизуются в личном кабинете Национального каталога товаров посредством собственного ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Регистрация товаров в Национальном каталоге товаров осуществляется одним из следующих способов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стандартная заявка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) файл-шаблон (массовая загрузка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Для регистрации товара посредством стандартной заявки субъект торговой деятельность выбирает категорию товара по общему классификатору товаров, работ, услуг, заполняет обязательные сведения о товаре, проводит предварительную проверку заявки с использованием искусственного интеллекта, встроенного в Национальный каталог товаров, и отправляет заявку на модерацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Единый оператор маркировки и прослеживаемости товаров в процессе модерации заявки на регистрацию товара в Национальном каталоге товаров проверяет полноту сведений о товаре, указанных в пункте 8 настоящих Правил в следующие сроки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для применения товара в торговле – в течение 3 (трех) рабочих дней с момента подачи заявки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) для применения товара в регулируемых государственных закупках – в течение 10 (десяти) рабочих дней с момента подачи заявки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В регистрации товара в Национальном каталоге товаров отказывается, если товар уже зарегистрирован в Национальном каталоге товаров или при предоставлении неполных или недостоверных сведений о товаре, указанных в пункте 8 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. При отсутствии основания для отказа в регистрации товара заявка на регистрацию товара в Национальном каталоге товаров по истечении сроков, указанных в пункте 20 настоящих Правил, публикуется в Национальном каталоге товаров с присвоением унифицированного наименования и идентификационного кода товара, доступными для дальнейшего применения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отказе в регистрации товара в Национальном каталоге товаров по причине предоставления неполных или недостоверных сведений о товаре, предусмотренных пунктом 8 настоящих Правил, Единый оператор маркировки и прослеживаемости товаров информирует субъекта каким требованиям не соответствуют сведения о товаре, с установлением сроков для устранения выявленных несоответствий в отношении товаров, предназначенных для применения в торговле – 3 (три) рабочих дня и в отношении товаров, предназначенных для применения в государственных закупках – 10 (десять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Субъект торговой деятельности вносит недостающие сведения о товаре или устраняет другие замечания к заявке, возникшие на этапе модерации, и повторно направляет заявку на регистрацию товара в Национальном каталоге товаров. В случае не устранений замечаний, заявка на регистрацию товара отклоняется. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После устранения замечаний, заявка на регистрацию товара публикуется в Национальном каталоге товаров с присвоением унифицированного наименования и идентификационного кода товара, доступными для дальнейшего применения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При несогласии с отказом в регистрации товара, субъект торговой деятельности, вправе обжаловать решение Единого оператора маркировки и прослеживаемости товаров, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Для регистрации товара в Национальном каталоге товаров посредством файла-шаблона (массовая загрузка) субъект торговой деятельности скачивает файл-шаблон в личном кабинете Национального каталога товаров, заполняет обязательные сведения о товаре в файле-шаблоне и по завершению заполнения сведениями файл-шаблон в автоматическом режиме направляется на модерацию. Модерация и выдача результатов проверки заявки на регистрацию товара в Национальном каталоге товаров при использовании файла-шаблона (массовая загрузка) осуществляется в порядке, установленном в пунктах 20 и 22 настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Не допускается одновременное присвоение двух и более идентификационных кодов одному товару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Изменение наименования, дизайна упаковки, изображения, исправление грамматических ошибок и изменение иных сведений о товаре, зарегистрированном в Национальном каталоге товаров, допускаются, если они не затрагивают характеристики и свойства товара, влияющие на его качество и безопасность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В таком случае указанные изменения вносятся в карточку товара, опубликованную в Национальном каталоге товаров, производителем товара или владельцем товарного знака, которым обозначен товар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Изменения, затрагивающие состав и (или) характеристики, влияющие на качество и (или) безопасность товара, зарегистрированного в Национальном каталоге товаров, требуют новой регистрации товара с присвоением нового идентификационного кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В случае если отечественный товар, зарегистрированный в Национальном каталоге товаров, предназначен на экспорт, то производитель вносит изменения в состав сведений о товаре в Национальном каталоге товаров с учетом полученного GTIN.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>