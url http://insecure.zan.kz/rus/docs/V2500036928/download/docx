--- v0 (2025-11-17)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e2dd991" w14:textId="e2dd991">
+    <w:p w14:paraId="032b4c9" w14:textId="032b4c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Методики определения ставок плат за пользование рыбными ресурсами и другими водными животными и размеров возмещения вреда, причиненного нарушением законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира, а также исчисления размера компенсации вреда, наносимого и нанесенного рыбным ресурсам и другим водным животным, в том числе и неизбежного, в результате хозяйственной деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 23 сентября 2025 года № 320. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 сентября 2025 года № 36928</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 23 сентября 2025 года № 320. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 сентября 2025 года № 36928.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2620,50 +2620,1332 @@
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Методике, в месячных расчетных показателях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       y – период негативного воздействия (лет) (у=1 (1 год=1), при многократном (постоянном) у – соответствует количеству лет негативного воздействия).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Исчисление размера вреда, причиненного рыбным ресурсам и другим водным животным проводится вследствие: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаконного изъятия рыбных ресурсов и других водных животных и (или) уничтожения рыбных ресурсов и других водных животных по неосторожности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов (филе) и их дериватов, а также других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушения или уничтожения среды обитания рыбных ресурсов и других водных животных, если в результате такого нарушения объекты рыбных ресурсов и других водных животных навсегда (или временно) покинули территорию обитания (акваторию), произошла гибель рыб и других водных животных, сокращение численности рыб и других водных животных, снижение продуктивности их популяций, а также ухудшение репродуктивной функции отдельных особей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 14 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Исчисление размера вреда, причиненного рыбным ресурсам и другим водным животным, включает в себя: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) расчет размера вреда вследствие незаконного изъятия рыбных ресурсов и других водных животных, или уничтожения рыбных ресурсов и других водных животных по неосторожности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) расчет размера вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов, а также других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расчет суммарного размера вреда вследствие незаконного изъятия нескольких видов рыбных ресурсов и других водных животных или уничтожения нескольких видов рыбных ресурсов и других водных животных по неосторожности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) расчет суммарного размера вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов, а также других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) расчет размера вреда при нарушении или уничтожении среды обитания, рыбных ресурсов и других водных животных, если в результате такого нарушения объекты рыбных ресурсов и других водных животных навсегда (или временно) покинули территорию обитания (акваторию), что повлекло их гибель, сокращение численности, снижение продуктивности их популяций, а также ухудшение репродуктивной функции отдельных особей (далее - расчет размера вреда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) расчет размера вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбы и рыбной продукции (филе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 15 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Расчет размера вреда вследствие незаконного изъятия рыбных ресурсов и других водных животных или уничтожения рыбных ресурсов и других водных животных по неосторожности исчисляется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т х К x Ко х Кн х Кк х Кв х N, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У – размер вреда, причиненного вследствие незаконного изъятия рыбных ресурсов и других водных животных или уничтожения рыбных ресурсов и других водных животных по неосторожности, определяемый в месячном расчетном показателе (далее – МРП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т – установленный размер возмещения вреда за каждую особь/ килограмм, определяемый в МРП в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К, Ко, Кн, Кк, Кв – значения пересчетных коэффициентов, указанных в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N – количество особей/килограмм конкретного вида объектов рыбных ресурсов и других водных животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 16 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Расчет размера вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов, а также других водных животных исчисляется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т x Кд x N, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      У - размер вреда, причиненного вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов, а также других водных животных (МРП); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т – установленный размер возмещения вреда за каждую особь/килограмм, определяемый в МРП в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд - значение пересчетного коэффициента, указанного в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N - количество рыбных ресурсов и их дериватов, а также других водных животных (килограмм /штук).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 17 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Расчет суммарного вреда вследствие незаконного изъятия нескольких видов рыбных ресурсов и других водных животных или уничтожения нескольких видов рыбных ресурсов и других водных животных по неосторожности исчисляется как сумма вреда в отношении всех особей/килограмм каждого вида объектов рыбных ресурсов и других водных животных по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ус = (Т1 x К1 x Ко х Кн х Кк х Кв х N1) + (Т2 x К2 х Ко х Кн х Кк х Кв х N2), где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ус - размер суммарного вреда, причиненного вследствие незаконного изъятия всех особей каждого вида объектов рыбных ресурсов и других водных животных или уничтожения всех особей каждого вида объектов рыбных ресурсов и других водных животных по неосторожности (МРП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т1, Т2 - установленный размер возмещения вреда за каждую особь/килограмм конкретного вида рыбных ресурсов и других водных животных, определяемый в МРП в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К1, К2 – значения пересчетных коэффициентов для каждого конкретного вида рыбных ресурсов и других водных животных, указанные в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ко, Кн, Кк, Кв - значения пересчетных коэффициентов, указанные в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1, N2 - количество особей/килограмм конкретного вида рыбных ресурсов и других водных животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 18 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Расчет суммарного вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов, а также других водных животных исчисляется как сумма вреда в отношении каждого вида объектов рыбных ресурсов и других водных животных по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Усд = (Т1 x Кд x Ко х N1) + (Т2 x Кд x Ко х N2), где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Усд - размер суммарного вреда, причиненного вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбных ресурсов и их дериватов каждого вида объектов рыбных ресурсов и других водных животных (МРП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т1, Т2 - установленный размер возмещения вреда за каждую особь/килограмм конкретного вида рыбных ресурсов и других водных животных, определяемый в МРП в соответствии приложении 1 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд – значение пересчетного коэффициента для каждого конкретного вида рыбных ресурсов и других водных животных, указанного в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ко - значение пересчетного коэффициента на особо охраняемой природной территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1, N2 - количество рыбных ресурсов и дериватов конкретного вида рыбных ресурсов и других водных животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 19 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Расчет размера вреда вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбы и рыбной продукции (филе) исчисляется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У = Т x Кд x N, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      У - размер вреда, причиненного вследствие незаконного приобретения, хранения, сбыта, ввоза, вывоза, пересылки, перевозки рыбы и рыбной продукции (филе); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т - установленный размер возмещения вреда за каждую особь или килограмм (по рыбе и их продукции), определяемый в МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кд - значение пересчетного коэффициента, указанного в приложении 7 к настоящей Методике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N - вес рыбы, их икры и других видов рыбной продукции (килограмм).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 20 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2749,103 +4031,103 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ресурсами и другими водными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>животными и размеров</w:t>
+              <w:t>животными и размеров возмещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возмещения вреда, причиненного</w:t>
+              <w:t>вреда, причиненного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нарушением законодательства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан в области</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>охраны, воспроизводства</w:t>
+              <w:t>в области охраны, воспроизводства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и использования животного мира,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2853,126 +4135,176 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>компенсации вреда, наносимого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и нанесенного рыбным ресурсам</w:t>
+              <w:t>и нанесенного рыбным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и другим водным животным,</w:t>
+              <w:t>ресурсам и другим водным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в том числе и неизбежного,</w:t>
+              <w:t>животным, в том числе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в результате хозяйственной</w:t>
+              <w:t>и неизбежного, в результате</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности</w:t>
+              <w:t>хозяйственной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размеры возмещения вреда, причиненного нарушением законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира</w:t>
+        <w:t xml:space="preserve"> Размеры возмещения вреда, причиненного нарушением законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан в области охраны, воспроизводства и использования животного мира</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4151,51 +5483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лещ, плотва, вобла, голавль, шемая, подуст, чешуйчатый и голый осман, язь, золотой и серебряный карась, окунь обыкновенный и балхашский (кроме балхаш-илийской популяции), линь, елец обыкновенный и таласский, красноперка, густера, востобрюшка, белоглазка, синец, чехонь, буффало, обыкновенная маринка (за один килограмм)</w:t>
+Лещ, плотва, вобла, рыбец, голавль, шемая, подуст, чешуйчатый и голый осман, язь, золотой и серебряный карась, окунь обыкновенный и балхашский (кроме балхаш-илийской популяции), линь, елец обыкновенный и таласский, красноперка, густера, востобрюшка, белоглазка, синец, чехонь, буффало, обыкновенная маринка (за один килограмм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4758,190 +6090,210 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Рыбные ресурсы и другие водные животные, относящиеся к редким и находящимся под угрозой исчезновения видам, занесенных в Красную книгу Республики Казахстан, а также виды, на пользование которыми введен запрет, кроме использования в научных целях:</w:t>
+      * Рыбные ресурсы и другие водные животные, относящиеся к редким и находящимся под угрозой исчезновения видам, занесенных в Красную книгу Республики Казахстан, а также виды, на пользование которыми введен запрет, кроме использования в научных целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       за каждое незаконно уничтоженное (разоренное) обитаемое гнездо, нору, нерестилище и другие жилища рыбных ресурсов и других водных животных ущерб взыскивается в размере десяти месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       за каждый незаконно добытый или приобретенный дериват, в том числе за каждые 100 грамм икры, в соответствии со строками 1, 2, 6 и 8 раздела 3 Производные животные перечня дериватов, утвержденного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 16 февраля 2015 года № 18-03/105 "Об утверждении перечня дериватов" (далее – перечень дериватов) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10482), взыскивается 100 процентов от размера возмещения вреда за взрослую особь (самца или самки) соответствующего вида (в месячных расчетных показателях).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Другие виды водных животных:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       за каждый незаконно добытый или приобретенный дериват, в соответствии со строками 1, 3, 4 и 9 раздела 3 Производные животные перечня дериватов, взыскивается 50 процентов от размера возмещения вреда за взрослую особь (самца или самки) соответствующего вида (в месячных расчетных показателях).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5189,68 +6541,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в результате хозяйственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Биологические характеристики основных промысловых видов рыб и тюленя в Северном Каспии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10965,70 +12317,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * кратность щенки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11276,68 +12628,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в результате хозяйственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удельная биомасса кормовых организмов в Северном Каспии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12521,68 +13873,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в результате хозяйственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты продуцирования и кормовой базы рыб, рекомендованные к применению для Каспийского моря</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13448,68 +14800,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в результате хозяйственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициент промыслового возврата (в процентах)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -35521,68 +36873,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в результате хозяйственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:bookmarkStart w:name="z108" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Встречаемость рыб в уловах в Северном Каспии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -41307,56 +42659,1369 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Методике определения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ставок плат за пользование</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рыбными ресурсами и другими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водными животными и размеров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возмещения вреда, причиненного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нарушением законодательства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в области охраны, воспроизводства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и использования животного мира,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также исчисления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размера компенсации вреда,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наносимого и нанесенного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рыбным ресурсам и другим</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водным животным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в том числе и неизбежного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в результате хозяйственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Значения пересчетных коэффициентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Методика дополнена приложением 7 в соответствии с приказом Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обстоятельства, которые повлекли причинение вреда объектам рыбных ресурсов и других водных животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значения коэффициентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Умышленное уничтожение объектов рыбных ресурсов и других водных животных, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незаконное изъятие объектов рыбных ресурсов и других водных животных (за исключением на особо охраняемых природных территориях)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "К" 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незаконное изъятие объектов рыбных ресурсов и других водных животных на особо охраняемых природных территориях республиканского и местного значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Ко" 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уничтожение объектов рыбных ресурсов и других водных животных по неосторожности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кн"1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уничтожение рыбных ресурсов и других водных животных, занесенных в Красную книгу Республики Казахстан, утвержденную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 4 июня 2004 года № 622 "Об утверждении Красной книги Республики Казахстан (Том I. Животные. Часть 2. Беспозвоночные животные)" или рыбных ресурсов и других водных животных, изъятие которых запрещено, а также вылов рыбы на нерестилищах во время нереста и иных участках.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кк" 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Незаконное приобретение, хранение, сбыт, ввоз, вывоз, пересылка, перевозка рыбы и рыбной продукции (филе), а также дериватов рыбных ресурсов и других водных животных </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кд" 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Действия (бездействия), по причине которых произошло уничтожение (гибель) объектов рыбных ресурсов и других водных животных умышленно или по халатности при осуществлении хозяйственной деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент "Кв" 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -41377,55 +44042,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>