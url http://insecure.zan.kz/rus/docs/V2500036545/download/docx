--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae4c4d4" w14:textId="ae4c4d4">
+    <w:p w14:paraId="2310f02" w14:textId="2310f02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,217 +94,209 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра торговли и интеграции Республики Казахстан от 13 июля 2021 года № 454-НҚ "Об утверждении Правил по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, выдаче сертификата о происхождении товара и отмене его действия, установлении форм сертификата по определению страны происхождения товара"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 31 июля 2025 года № 231-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 июля 2025 года № 36545</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 31 июля 2025 года № 231-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 июля 2025 года № 36545.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 13 июля 2021 года № 454-НҚ "Об утверждении Правил по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, выдаче сертификата о происхождении товара и отмене его действия, установлении форм сертификата по определению страны происхождения товара" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23514) следующие изменения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок приказа изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1341,57 +1333,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила по определению страны происхождения товаров, выдаче сертификата о происхождении товара и отмене его действия, установлению форм сертификата о происхождении товаров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила по определению страны происхождения товара выдаче сертификата о происхождении товара и отмене его действия (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1406,3322 +1392,5349 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан "О регулировании торговой деятельности" (далее – Закон) и определяют порядок определения страны происхождения товара, выдачи сертификата о происхождении товара и отмены его действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) адвалорная доля - процентная доля стоимости используемых материалов, достигающая фиксированной процентной доли в цене "франко-завод" поставляемого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реэкспорт – вывоз с территории Республики Казахстан товаров, ввезенных из-за границы, без их переработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Национальная палата предпринимателей Республики Казахстан (далее – уполномоченная организация) – некоммерческая организация, представляющая собой союз субъектов предпринимательства, созданная в целях обеспечения благоприятных правовых, экономических и социальных условий для реализации предпринимательской инициативы и развития взаимовыгодного партнерства между бизнес-сообществом и органами государственной власти Республики Казахстан, а также стимулирования и поддержки деятельности объединений индивидуальных предпринимателей и (или) юридических лиц в форме ассоциации (союза);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заявитель – физические или юридические лица, их филиалы и представительства, заинтересованные в получении сертификата о происхождении товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сертификат о происхождении серийной продукции - сертификат о происхождении товара, производимого одним производителем Республики Казахстан (юридическое лицо или индивидуальный предприниматель) в рамках неизменного производственного процесса в течение срока действия сертификата, вывозимого на территории стран государств-членов Евразийского экономического союза (далее – ЕАЭС) в соответствии с требованиями Решения Евразийского межправительственного совета № 2 "О внесении изменения в Решение Евразийского межправительственного совета № 5 и о применении сертификата о происхождении серийной продукции", имеющего 10-значный код в соответствии с единой Товарной номенклатурой внешнеэкономической деятельности ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отраслевая ассоциация (союз) – ассоциация (союз) субъектов предпринимательства, либо саморегулируемая организация, основанные предприятиями, работающими в определенных отраслях и видах экономической деятельности, аккредитованная в уполномоченной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) критерии достаточной переработки товара - один из критериев определения страны происхождения товаров, в соответствии с которым товар, если в его производстве участвуют две страны или более, считается происходящим из той страны, на территории которой он был подвергнут последней существенной обработке/переработке, достаточной для придания товару его характерных свойств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сертификат о происхождении товара – документ, свидетельствующий о стране происхождения товара, статусе товара Евразийского экономического союза или иностранного товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) страна происхождения товара - страна, в которой товар был полностью произведен или подвергнут достаточной обработке/переработке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) товар - любой, не изъятый из оборота продукт труда, предназначенный для продажи или обмена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) информационная система уполномоченной организации - электронная система сертификации, посредством которой осуществляется прием заявок и электронных копий документов, оформление сертификата о происхождении товара и отмена его действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) уполномоченное лицо - лицо, состоящее в штате уполномоченной организации, наделенное правом оформления, удостоверения и выдачи сертификата о происхождении товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) цена на условиях "франко-завод" - цена товара, подлежащая уплате изготовителю, на предприятии которого производилась последняя переработка, на условиях "франко-завод", за исключением любых внутренних налогов, которые уплачены или будут уплачены при экспорте произведенного товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) экспорт - вывоз товара с территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок определения страны происхождения товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для определения страны происхождения товара устанавливается, что товар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полностью казахстанского происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) казахстанского происхождения с учетом критерия достаточной переработки товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иностранного происхождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В отношении товаров, вывозимых с территории Республики Казахстан на территории стран (союзов), с которыми имеются действующие (ратифицированные) международные соглашения/договоры, содержащие правила определения страны происхождения (критерии определения страны происхождения) или имеются правила определения страны происхождения (критерии определения страны происхождения), установленные в одностороннем порядке страной (союзом) ввоза, критерии определения страны происхождения товаров определяются в соответствии с такими международными соглашениями/договорами или правилами определения страны происхождения (критериями определения страны происхождения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии действующих (ратифицированных) международных соглашений/договоров или отсутствии в распоряжении уполномоченной организации информации о правилах определения страны происхождения (критериев определения страны происхождения), установленных в одностороннем порядке страной (союзом) ввоза, определение страны происхождения товара осуществляется в соответствии с критериями происхождения, установленными пунктом 6 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невыполнении условий, действующих (ратифицированных) международных соглашений/договоров или правил определения страны происхождения (критериев определения страны происхождения), установленных в одностороннем порядке страной (союзом) ввоза, по обращению заявителя, оформляется сертификат о происхождении товара общей формы "Оригинал" в соответствии с пунктом 6 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z307" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости оформления сертификата о происхождении товара формы "CT-KZ" для целей, предусмотренных действующими (ратифицированными) международными соглашениями/договорами, определение страны происхождения товара осуществляется в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае если применяется правило адвалорной доли, расчет адвалорной доли в производстве товара производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для импортированных товаров - по таможенной стоимости этих товаров при их ввозе в страну, где осуществляется производство конечной продукции, или в случае если происхождение импортированных товаров неизвестно - по документально подтвержденной цене их первой продажи на территории страны, где осуществляется производство конечной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для конечной продукции - по цене завода (склада) продавца, не включающей расходы на погрузку, таможенное декларирование и вывоз товара из страны экспорта (цена на условиях "франко-завод").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расчет адвалорной доли в производстве товара производится по формуле согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Товары считаются происходящими из Республики Казахстан, если они полностью произведены в Республике Казахстан в соответствии с пунктом 7 настоящих Правил или произведены в Республике Казахстан с использованием материалов иностранного происхождения и удовлетворяют требованиям критериев достаточной обработки (переработки), установленных пунктом 8 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Товарами, полностью произведенными в Республике Казахстан, считаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) природные ресурсы (полезные ископаемые и минеральные продукты, водные, земельные ресурсы), добытые из недр Республики Казахстан, на ее территории либо в ее территориальном море (ином водоеме страны) или с ее дна, либо из атмосферного воздуха на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) продукция растительного происхождения, выращенная или собранная в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) живые животные, родившиеся и выращенные в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) продукция, полученная в Республике Казахстан от выращенных в ней животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) продукция, полученная в результате сбора, охоты, ловли, рыболовства, выращивания, разведения и аквакультур в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) продукция морского рыболовного промысла и другая продукция морского промысла, полученная судном Республики Казахстан либо арендованным (зафрахтованным) ею;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) продукция, полученная на борту перерабатывающего судна Республики Казахстан исключительно из продукции, указанной в подпункте 6) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) продукция, полученная из морского дна или из морских недр за пределами территориальных вод (моря) Республики Казахстан при условии, что у Республики Казахстан есть исключительные права на разработку этого морского дна или этих морских недр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) отходы и лом (вторичное сырье), полученные в результате производственных или иных операций по переработке, и бывшие в употреблении изделия, собранные в Республике Казахстан и пригодные только для переработки в сырье;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) продукция высоких технологий, полученная в открытом космосе на космических судах, принадлежащих Республике Казахстан либо арендованных (зафрахтованных) ею;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) товары, изготовленные в Республике Казахстан исключительно из продукции, указанной в подпунктах 1), 2), 3), 4), 5), 6), 7), 8), 9) и 10) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электрическая, тепловая и иные виды энергии, произведенные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Критерием достаточной переработки товара, экспортируемого из Республики Казахстан, для придания ему статуса товара, произведенного в Республики Казахстан, является переработка товара, достаточная для придания товару его характерных свойств, за исключением осуществления операций, указанных в пункте 9 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Условиями, не отвечающими критериям достаточной переработки товара для придания ему статуса, произведенного в Республике Казахстан, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) операции по обеспечению сохранности товаров во время их хранения или транспортировки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) операции по подготовке товаров к продаже и транспортировке (дробление партии, формирование отправок, сортировка, переупаковка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мойка, чистка, удаление пыли, покрытие окисью, маслом и другими веществами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) глажка или прессование текстиля (любые виды волокон и пряжи, тканые материалы из любых видов волокон и пряжи и изделия из них);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) операции по покраске или полировке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) шелушение, частичное или полное отбеливание, шлифовка и полировка зерновых и риса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) операции по окрашиванию сахара или формированию кускового сахара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) снятие кожуры, извлечение семян и разделка фруктов, овощей и орехов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) затачивание, простой помол или простая резка, которые не приводят к существенному отличию полученных компонентов от исходного товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) просеивание через сито или решето, сортировка, классифицирование, отбор, подбор (в том числе составление наборов изделий);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) разлив, фасовка в банки, флаконы, мешки, ящики, коробки и другие простые операции по упаковке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) операции по сборке товара из отдельных, не производимых заявителем материалов, узлов и деталей, в том числе монтаж, клепка, запрессовка, склеивание, соединение крепежными изделиями (болтами, гайками, винтами, шурупами и другими метизами), ручная пайка паяльником/паяльной станцией, выполнение которых не требует применения специальных навыков, предназначенных для выполнения таких операций или разборка товаров по частям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разделение товаров на компоненты, которое не приводит к существенному отличию полученных компонентов от исходного товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) смешивание товаров (компонентов), которое не приводит к существенному отличию полученной продукции от исходных составляющих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) убой скота, разделка (сортировка) мяса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) комбинация двух или большего числа указанных выше операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) заморозка и размораживание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При определении страны происхождения товары в разобранном или несобранном виде, а также товары, транспортируемые насыпью, поставляемые несколькими партиями, если по производственным или транспортным условиям невозможна их отгрузка одной партией, и в случае если партия товаров разбита на несколько партий в результате ошибки или неверной адресации, рассматриваются по желанию декларанта как единый товар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения настоящего пункта применяются при соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предварительное уведомление таможенного органа страны ввоза о разбивке разобранного или несобранного товара на несколько партий с указанием причин такой разбивки, приложением подробной спецификации, каждой партии с указанием кодов товаров по Единой товарной номенклатуре внешнеэкономической деятельности Евразийского экономического союза (далее – ТН ВЭД), утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 14 сентября 2021 года № 80 "Об утверждении единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, а также об изменении и признании утратившими силу некоторых решений Совета Евразийской экономической комиссии" (далее – Правила классификации товаров по ТН ВЭД), стоимости и страны происхождения товаров, входящих в каждую партию, и уведомление о разбивке товара на несколько партий в результате ошибки или неверной адресации - при документальном подтверждении ошибочности разбивки товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поставка всех партий товаров из одной страны одним экспортером (поставщиком); ввоз и оформление всех партий товара через одну и ту же таможню;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) поставка всех партий товара в срок, не превышающий шести месяцев с даты принятия таможенной декларации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При определении происхождения товара не учитывается происхождение используемых для его производства или переработки тепловой и электрической энергии, машин, оборудования и инструментов, любых других товаров, которые не включены в состав конечного товара, но использование которых при его производстве может быть представлено как часть производственного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Приспособления, принадлежности, запасные части и инструменты, предназначенные для использования с машинами, оборудованием, аппаратами или транспортными средствами, считаются происходящими из той же страны, что и машины, оборудование, аппараты или транспортные средства, если данные приспособления, принадлежности, запасные части и инструменты ввозятся и продаются в комплекте с вышеуказанными машинами, оборудованием, аппаратами или транспортными средствами и в количестве, обычно поставляемом с данными устройствами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Если в силу пятого основного правила интерпретации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> классификации товаров по ТН ВЭД, упаковка классифицируется совместно с находящимися в ней продуктами, то упаковка рассматривается как составная часть товара при определении происхождения данного товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Часть первая настоящего пункта не распространяется на товары, полностью произведенные в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Товар, состоящий из группы элементов или собранный из ряда частей и классифицируемый в соответствии с третьим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> классификации товаров по ТН ВЭД как единый товар, рассматривается как соответствующий критериям достаточной переработки, если все его составляющие соответствуют критериям достаточной переработки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если часть составляющих данного товара соответствуют, а часть не соответствуют критериям достаточной переработки, то данный товар будет считаться соответствующим критериям достаточной переработки в случае, если стоимость составляющих, не удовлетворяющих критериям достаточной переработки, не превышает 15 % цены "франко-завода" конечного товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок выдачи сертификата о происхождении товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Выдача сертификата о происхождении товара осуществляется не позднее 2 (двух) рабочих дней, следующего за днем регистрации, за исключением случая, предусмотренного частью третьей пункта 16 настоящих Правил, когда выдача осуществляется не позднее 3 (трех) рабочих дней, следующих за днем регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении скоропортящихся пищевых товаров, требующих специальных условий транспортировки, хранения и реализации в строго регламентируемые сроки, выдача сертификата о происхождении товара, экспортируемого, реэкспортируемого из Республики Казахстан, осуществляется не позднее 1 (одного) рабочего дня, следующего за днем регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Сертификат о происхождении товара выдается заявителю на договорной основе, на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявки на получение сертификата о происхождении товара, экспортируемого, реэкспортируемого из Республики Казахстан в электронной форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам посредством информационной системы уполномоченной организации, посредством которой осуществляется прием заявок и электронных копий документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставления документов, подтверждающих происхождение товара согласно перечню документов, подтверждающих происхождение товара, утвержденного приказом Заместителя Премьер-Министра Республики Казахстан – Министра индустрии и новых технологий Республики Казахстан от 8 июля 2014 года № 257 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 9665) (далее – Перечень);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доверенности на представление интересов заявителя (в случае если заявка подается не руководителем).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченное лицо проводит анализ документов и проверку сведений в них и составляет заключение в произвольной форме об оформлении сертификата о происхождении товара либо об отказе в оформлении сертификата о происхождении товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если на момент подачи заявки на получение сертификата о происхождении серийной продукции у заявителя отсутствует сертификат о происхождении товара формы "СТ-1" в отношении запрашиваемого товара, выданного за последние 2 (два) года, уполномоченное лицо осуществляет выезд на место нахождения производства заявляемого товара для проверки места производства серийной продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для подтверждения происхождения товаров, экспортируемых из Республики Казахстан, в отношении которых страной ввоза установлены отдельные меры регулирования на ввоз товаров из других стран, уполномоченная организация имеет право запрашивать подтверждающие документы о происхождении товара от уполномоченных государственных органов и (или) заявителя, а также осуществлять выезд на место нахождения производства товара в целях проверки производственной базы, технологического оборудования, технологического процесса производства товара и идентификации партии товара по внешним признакам, маркировке (наименование, тип, упаковка, класс, предприятие-изготовитель), осуществление фотосъемки товара и места его производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении уполномоченной организацией запроса в соответствующие государственные органы и (или) заявителю срок рассмотрения заявки продлевается до момента получения ответа от государственного органа и (или) заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сертификаты о происхождении товара формируются в информационной системе уполномоченной организации и выдаются по формам, предусмотренным ратифицированными международными соглашениями/договорами и правилами определения страны происхождения товара, установленными в одностороннем порядке страной ввоза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификат о происхождении товара формы "Оригинал" выдается по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат о происхождении серийной продукции заполняется в соответствии с требованиями приложения № 2 Решения Евразийского межправительственного совета № 2 "О внесении изменения в Решение Евразийского межправительственного совета № 5 и о применении сертификата о происхождении серийной продукции" (далее – Решение ЕМПС) и выдается в отношении товаров, установленных приложением № 1 к Решению ЕМПС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z115" w:id="100"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При вывозе товара с территории Республики Казахстан сертификат о происхождении товара оформляется на каждую одновременно отправляемую партию товара, которая осуществляется одним или несколькими транспортными средствами одному и тому же грузополучателю от одного и того же грузоотправителя, если иное не предусмотрено в ратифицированных международных соглашениях/договорах и правилах определения страны происхождения товара, установленных в одностороннем порядке страной ввоза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат о происхождении серийной продукции выдается на неограниченное количество партий серийной продукции, перемещаемых в период действия сертификата. Производитель, которому выдан сертификат о происхождении серийной продукции, самостоятельно заверяет копии этого сертификата для сопровождения каждой партии продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z117" w:id="102"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Срок действия сертификата о происхождении товара определен ратифицированными международными соглашениям/договорам и правилами определения страны происхождения товара, установленными в одностороннем порядке страной ввоза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z118" w:id="103"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия сертификата формы "Оригинал" составляет 12 (двенадцать) месяцев со дня его выдачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z119" w:id="104"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия сертификата о происхождении серийной продукции составляет 6 (шесть) месяцев со дня его выдачи при условии соблюдения неизменности производственного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z120" w:id="105"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сертификат о происхождении товара считается недействительным, если в нем имеются подчистки, помарки, исправления, отсутствуют необходимые подписи и (или) печати, если иное не предусмотрено в ратифицированных международных соглашениях/договорах, которые содержат правила определения страны происхождения товара, установленные в одностороннем порядке страной ввоза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Копии сертификатов о происхождении товара и документы, на основании которых они были выданы, хранятся в уполномоченной организации не менее трех лет со дня выдачи сертификата о происхождении товара согласно подпункту 8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальной палате предпринимателей Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. При перемещении товаров в рамках государств-участников Соглашения о Правилах определения страны происхождения товаров в Содружестве Независимых Государств от 20 ноября 2009 года (далее - Соглашение 2009 года) и данные товары завезены на территорию Республики Казахстан до вступления в силу Правил определения страны происхождения товаров от 24 сентября 1993 года, возможна выдача сертификата формы СТ-1 с внесением в графу 5 записи: "Товар изготовлен в (указывается современное название страны, наименование изготовителя и год изготовления)". При этом в графе 9 сертификата ставится прочерк, а в графе 13 указывается современное название страны, на территории которой был произведен товар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Уполномоченная организация обеспечивает формирование реестра выданных сертификатов о происхождении серийной продукции по форме к приложению 3 Решения ЕМПС (далее – Реестр), и обеспечивает его размещение и ежедневную актуализацию на своем официальном интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. В случае изменения производственного процесса соответствующей серийной продукции, при котором не соблюдаются критерии достаточной переработки товара, до завершения срока действия сертификата о происхождении серийной продукции, производитель сообщает об изменениях и их причинах в уполномоченную организацию в течение 5 (пяти) рабочих дней с приложением соответствующих документов. Не допускается использование выданного ранее сертификата о происхождении серийной продукции в отношении партий товара, произведенного по измененному производственному процессу. Уполномоченное лицо проводит анализ представленных документов в течение 3 (трех) рабочих дней со дня их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подтверждения того, что в силу произошедших изменений производственного процесса критерии достаточной переработки товара не соблюдаются, уполномоченная организация принимает решение о приостановлении действия сертификата до момента восстановления неизменности производственного процесса с последующим уведомлением производителя о принятом решении в течение 2 (двух) рабочих дней, следующих за днем принятия решения, и вносит информацию о принятом решении в Реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z126" w:id="110"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае восстановления неизменности производственного процесса производитель информирует уполномоченную организацию с приложением документов, подтверждающих восстановление неизменности производственного процесса для восстановления действия сертификата о происхождении серийной продукции. Уполномоченное лицо проводит анализ представленных документов в течение 3 (трех) рабочих дней со дня их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подтверждения восстановления производственного процесса, уполномоченная организация принимает решение о восстановлении действия сертификата о происхождении серийной продукции с последующим уведомлением производителя о принятом решении в течение 2 (двух) рабочих дней, следующих за днем принятия решения и вносит информацию о принятом решении в Реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При реэкспорте товаров в рамках государств–участников ратифицированных международных соглашений/договоров выдаются заменные сертификаты при соблюдении условий, предусмотренных ратифицированными международными соглашениями/договорами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z129" w:id="113"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невыполнении условий, предусмотренных в ратифицированных международных соглашениях/договорах, по обращению заявителя выдаются заменные сертификаты о происхождении товара общей формы "Оригинал".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z130" w:id="114"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При перемещении товаров вне рамок одного ратифицированного международного соглашения/договора, по обращению заявителя выдаются заменные сертификаты о происхождении товара общей формы "Оригинал".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z131" w:id="115"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выдаче заменных сертификатов не допускается изменение первоначальной страны происхождения данного товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z132" w:id="116"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Уполномоченная организация выдает сертификат о происхождении товара если сертификат о происхождении товара не был выдан, когда данный товар экспортировался.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z133" w:id="117"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Уполномоченная организация отказывает заявителю в выдаче сертификата о происхождении товара с обоснованием причин отказа в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z134" w:id="118"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) непредставления документов согласно Перечню;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z135" w:id="119"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствия настоящим Правилам и/или ратифицированным международным соглашениям/договорам, которые содержат правила определения страны происхождения, установленные в одностороннем порядке страной ввоза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z136" w:id="120"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) установления недостоверности документов, представленных заявителем для получения сертификата о происхождении товара на товары экспортируемые, реэкспортируемые из Республики Казахстан, и (или) данных (сведений), содержащихся в них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z137" w:id="121"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обжалование отказа заявителю проводится в соответствии с положениями Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z138" w:id="122"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок отмены действия сертификата о происхождении товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z139" w:id="123"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Отмена действия сертификата о происхождении товара осуществляется решением уполномоченной организации на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z140" w:id="124"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обращения заявителя об изменении сведений, содержащихся в графах сертификата о происхождении товара, с приложением документов, подтверждающих эти изменения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предписания уполномоченного органа в области технического регулирования, выданного в соответствии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О техническом регулировании" (далее - Закон о техническом регулировании);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="125"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) акта о результатах верификации уполномоченного органа по итогам верификации (проверки) обоснованности выдачи сертификатов о происхождении товара, достоверности, содержащихся в них сведений и выполнения изготовителями критериев определения страны происхождения товаров на основании запросов уполномоченных органов страны ввоза товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z143" w:id="126"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае принятия решения об отмене действия сертификата о происхождении товара на основании подпункта 1) настоящего пункта, по обращению заявителя выдается сертификат о происхождении товара взамен. При этом заявитель представляет необходимые документы, подтверждающие эти изменения. При выдаче сертификата о происхождении товара, выданного взамен, во вновь выдаваемом сертификате о происхождении товара делается запись о выдаче взамен с указанием номера и даты заменяемого сертификата. Сертификату о происхождении товара, выдаваемому взамен другого сертификата, присваивается новый порядковый номер. Срок действия сертификата, выданного взамен, не превышает срок действия заменяемого сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z144" w:id="127"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация в Реестре выданных сертификатов о происхождении товара, экспортируемого, реэкспортируемого из Республики Казахстан указывает информацию об отмене действия сертификата о происхождении товара, экспортируемого, реэкспортируемого из Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z145" w:id="128"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок выдачи сертификата о происхождении товара взамен или письменного мотивированного решения об отказе в его выдаче не превышает один рабочий день, следующий за днем регистрации заявки в уполномоченной организации. Мотивированное решение об отказе в выдаче взамен сертификата о происхождении товара выдается посредством информационной системы уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z146" w:id="129"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок верификации (проверки) обоснованности выдачи сертификатов о происхождении товара, достоверности, содержащихся в них сведений и выполнения изготовителями критериев определения страны происхождения товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z147" w:id="130"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Уполномоченный орган страны ввоза товара при наличии обоснованных сомнений относительно подлинности выдачи сертификата о происхождении товара, экспортируемого из Республики Казахстан, достоверности содержащихся в нем сведений и выполнения производителями критериев определения страны происхождения товаров, обращается в уполномоченный орган с запросом о подтверждении подлинности сертификата о происхождении товара и (или) достоверности содержащихся в них сведений или предоставлении сведения о выполнении критерия происхождения товаров, и (или) копии документов, на основании которых был выдан сертификат. К запросу о верификации прилагается копия проверяемого сертификата о происхождении товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z148" w:id="131"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Уполномоченная организация предоставляет доступ к сведениям информационной системы уполномоченной организации для проведения верификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z149" w:id="132"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Верификация (проверка) осуществляется в течение 3 (трех) месяцев с даты поступления запроса. Информация о ее результатах рассмотрения направляется в уполномоченный орган страны ввоза товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z150" w:id="133"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. При невозможности установления подлинности сертификата о происхождении товара или его действительное происхождение, в уполномоченный орган страны ввоза товара направляется соответствующая информация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z151" w:id="134"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. При проведении верификации (проверки) копии сертификатов о происхождении товаров экспортные документы хранятся не менее трех лет у заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z152" w:id="135"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Верификация осуществляется с выездом на производство для проверки соответствия заявленных данных фактическим условиям производства, в случае, если это предусмотрено ратифицированными международными соглашениями или договорами и правилами определения страны происхождения, установленными в одностороннем порядке страной ввоза или в случае, когда уполномоченный орган страны ввоза товара не удовлетворен результатами верификационного запроса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z153" w:id="136"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Выезд осуществляется комиссией, состоящей из представителей уполномоченного органа, уполномоченной организации и отраслевых ассоциаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z154" w:id="137"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z154" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Перед выездом уполномоченный орган направляет производителю письменное уведомление с указанием цели посещения, сведений о товарах, являющихся предметом верификации, состава комиссии и предполагаемой даты выезда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z155" w:id="138"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z155" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Выезд осуществляется только с письменного согласия производителя товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z156" w:id="139"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z156" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Производитель предоставляет согласие на проведение выезда или обоснованный отказ в течение трех рабочих дней с момента получения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z157" w:id="140"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. В случае согласия производителя выезд осуществляется в течение трех рабочих дней после получения согласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z158" w:id="141"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. В ходе выезда комиссия проверяет выполнение технологического процесса или операции для производства проверяемого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z159" w:id="142"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z159" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. По результатам выезда составляется акт выезда на производство подписывается членами комиссии и представителями производителя товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z160" w:id="143"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z160" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. По итогам верификации (проверки) обоснованности выдачи сертификатов о происхождении товара, достоверности, содержащихся в них сведений и выполнения изготовителями критериев определения страны происхождения товаров, уполномоченный орган составляет акт о результатах верификации (проверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z161" w:id="144"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z161" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Сертификат о происхождении товара оформляется на бланках, имеющих степени защиты: первый экземпляр – подлинник, второй и третий экземпляр – копии. Подлинник и одна копия сертификата выдаются заявителю, а вторая копия хранится в уполномоченной организации, выдавшей сертификат о происхождении товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z162" w:id="145"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оформленные сертификаты выдаются заявителю либо его представителю по доверенности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z163" w:id="146"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдача оформленных сертификатов о происхождении товара другим лицам не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z164" w:id="147"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z164" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. В случаях утраты или повреждения сертификата о происхождении товара заявитель обращается в письменной форме в уполномоченную организацию, выдавшую сертификат о происхождении товара, с заявлением о выдаче дубликата сертификата. Регистрационный номер выданного дубликата соответствует регистрационному номеру оригинала. Дубликат сертификата действует до истечения срока, на который был выдан подлинник.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z165" w:id="148"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Срок выдачи дубликата сертификата о происхождении товара или письменного мотивированного решения об отказе в его выдаче не превышает один рабочий день, следующий за днем регистрации заявки в уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z166" w:id="149"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мотивированное решение об отказе в выдаче дубликата сертификата о происхождении товара выдается посредством информационной системы уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z167" w:id="150"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Размер бланка сертификата о происхождении товара формы "Оригинал" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 6-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и пятизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-розового оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) голубого оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z168" w:id="151"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "СТ-1" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-голубого оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) оранжевого оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z169" w:id="152"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "СТ-1" (1993) 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-голубого оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) розового оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z170" w:id="153"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "СТ-2" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-желтого оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) оранжевого оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z171" w:id="154"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z171" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "СТ-3" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-зеленого оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) розового оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z172" w:id="155"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "А" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-зеленого оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z173" w:id="156"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер бланка сертификата о происхождении товара формы "EAV" 210х297 мм (по длине допускается отклонение в большую сторону на 5 миллиметров или в меньшую сторону на 8 миллиметров), изготавливается типографским способом на белой писчей бумаге 80 грамм, без механических примесей целлюлозы, имеющим четыре степени защиты: 7-значный серийный номер в нижнем правом углу бланка, состоящий из последней цифры года, в котором изготовлен бланк, и шестизначного порядкового номера бланка, микротекст по контуру (наименование и адрес типографии), фон светло-розового оттенка с отпечатанным блокперфектным рисунком (тангир), делающий любую фальсификацию механическим или химическим способом заметной для глаз, рамка по контуру (гильош) светло-розового оттенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z174" w:id="157"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Сертификат о происхождении товара формы "СТ-1" для целей проведения процедур государственных закупок в государствах-участниках Соглашения 2009 года заполняется по форме, установленной в Правилах определения страны происхождения товаров, являющихся неотъемлемой частью Соглашения от 1994 года или 2009 года, и в соответствии с критериями определения страны происхождения товаров, предусмотренными в Правилах определения страны происхождения товаров, с учетом следующих особенностей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z175" w:id="158"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в графе 1 "Грузоотправитель/экспортер (наименование и адрес)" указывается информация о заявителе - участнике процедуры государственной закупки (наименование (фамилия, имя, отчество (при его наличии) - для индивидуального предпринимателя), место нахождения (место жительства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z176" w:id="159"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в графу 2 "Грузополучатель/импортер (наименование и адрес)" вносится запись: "Для представления по требованию";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z177" w:id="160"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) графа 3 "Средства транспорта и маршрут следования (насколько это известно)" не заполняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z178" w:id="161"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в графу 5 "Для служебных отметок" вносится следующая запись: "Для целей участия в процедурах государственных (муниципальных) закупок";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z179" w:id="162"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z179" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) графа 7 "Количество мест и вид упаковки" не заполняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z180" w:id="163"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z180" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) графа 10 "Количество товара" не заполняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z181" w:id="164"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z181" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) графа 11 "Номер и дата счета-фактуры" не заполняется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z182" w:id="165"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z182" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат о происхождении товара формы "СТ-1" для целей проведения процедур государственных закупок выдается в случае наличия у заявителя сертификата формы "СТ-1" для целей экспорта товара в отношении запрашиваемого товара, выданного за последние 2 (два) года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z183" w:id="166"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для выдачи сертификата о происхождении товара формы "СТ-1" для целей проведения процедур государственных закупок не требуются документы, предусмотренные пунктом 1-1 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z184" w:id="167"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат о происхождении товара СТ-1 для целей проведения процедур государственных закупок выдается на неопределенный объем (количество) товара и рассматривается в качестве документа о происхождении товара в течение 2 лет с даты его выдачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z308" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Определение страны происхождения товаров для выдачи сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 6 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Для определения страны происхождения товара устанавливается, что товар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z310" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) полностью казахстанского происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z311" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) казахстанского происхождения с учетом критерия достаточной переработки товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z312" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Определение товаров, считающихся полностью произведенными в Республике Казахстан, производится в соответствии с пунктом 7 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z313" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Критериями достаточной переработки товара казахстанского происхождения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z314" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменение кода товара по ТН ВЭД на уровне любого из первых шести знаков, произошедшее в результате переработки товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z315" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменение стоимости товара, когда процентное содержание стоимости используемых иностранных материалов в цене стоимости готовой продукции на условиях цены "франко-завод" составляет не более 30 процентов с учетом требований пункта 48 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z316" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Основным критерием достаточной переработки товара является изменение кода товара по ТН ВЭД на уровне любого из первых шести знаков, произошедшее в результате переработки товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z317" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. В случае невыполнения критерия достаточной переработки, указанного в подпункте 1) пункта 50 настоящих Правил, применяется критерий достаточной переработки подпункта 2) пункта 50 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z318" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Условия, не отвечающие критериям достаточной переработки товара, установлены в пункте 9 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z319" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. В случае, если применяется правило адвалорной доли, расчет адвалорной доли в производстве товара производится в соответствии с пунктом 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z320" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет адвалорной доли в производстве товара производится по формуле согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z321" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Определение страны происхождения товаров, поставляемых в разобранном или несобранном виде, производится в соответствии с пунктом 10 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z322" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Особенности определения страны происхождения товара предусматриваются с учетом требований пункта 11 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z323" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При расчете адвалорной доли тепловая и электрическая энергии учитываются в стоимости готовой продукции по цене "франко-завод".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z324" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если в силу пункта 5 Основных правил интерпретации ТН ВЭД, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 14 сентября 2021 года № 80 "Об утверждении единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, а также об изменении и признании утратившими силу некоторых решений Совета Евразийской экономической комиссии" (далее – Правила интерпретации ТН ВЭД) упаковка классифицируется совместно с находящимися в ней продуктами, то упаковка рассматривается как составная часть товара при определении происхождения данного товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z325" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Объектом применения критерия достаточной переработки является товар, определяемый в качестве самостоятельного объекта классификации в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами интерпретации ТН ВЭД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z326" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При определении происхождения комплекта товаров объектом применения критерия достаточной переработки рассматривается каждый отдельный элемент, входящий в состав комплекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z327" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Товар, состоящий из группы элементов или собранный из ряда частей и классифицируемый в соответствии с Правилами интерпретации ТН ВЭД как единый товар, в целом рассматривается как объект применения критерия достаточной переработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z328" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если партия товаров состоит из идентичных продуктов, классифицируемых в одной и той же товарной позиции ТН ВЭД, то каждый продукт рассматривается отдельно для целей применения критерия достаточной переработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z329" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Товар, состоящий из группы элементов или собранный из ряда частей и классифицируемый в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами интерпретации ТН ВЭД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как единый товар, рассматривается как соответствующий критериям достаточной переработки, если все его составляющие соответствуют критериям достаточной переработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z330" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если часть составляющих данного товара соответствуют, а часть не соответствуют критериям достаточной переработки, то данный товар будет считаться соответствующим критериям достаточной переработки в случае, если стоимость составляющих, не удовлетворяющих критериям достаточной переработки, не превышает 15 % цены "франко-завода" конечного продукта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z331" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Проведение анализа по определению страны происхождения товара для выдачи сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 7 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z332" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. Анализ по определению страны происхождения товара проводится на договорной основе на основании заявки по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и представленных заявителем документов согласно перечню, указанному в пункте 60 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z333" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Анализ по определению страны происхождения товара осуществляется уполномоченным лицом в срок не более пяти рабочих дней с момента представления и регистрации заявки с полным пакетом документов, согласно перечню, указанному в пункте 60 настоящих Правил, при условии соблюдения требований пункта 59 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z334" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Анализ по определению страны происхождения товара включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z335" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анализ документов, подтверждающих происхождение товара, представленных согласно пункту 60 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z336" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) идентификацию товара по внешним признакам, маркировке (наименование, тип, упаковка, класс, предприятие-изготовитель), осуществление фотосъемки товара и места его производства с выездом на место нахождения производства, в случае подачи заявки на товарные подсубпозиции ТН ВЭД, выпуск которых осуществляется впервые;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z337" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) анализ технологического процесса при производстве товара с целью установления критерия достаточной переработки товара в соответствии с пунктом 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z338" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проверку соответствия заявленного товара по ТН ВЭД и Национальному классификатору Республики Казахстан НК РК 04 "Классификатор продукции по видам экономической деятельности" (далее – КП ВЭД).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z339" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Для проведения анализа по определению страны происхождения товара совместно с заявкой предъявляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z340" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, подтверждающие юридический статус заявителя (для юридических лиц – справка (свидетельство) о государственной регистрации (перерегистрации) юридического лица, справка об учетной регистрации филиала или представительства юридического лица, положение о филиале или представительстве юридического лица, для индивидуальных предпринимателей – регистрационный документ индивидуального предпринимателя) предоставляются 1 (один) раз в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z341" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документы, подтверждающие приобретение товара (в случае, если заявитель не является производителем заявленного товара) – договор с производителем товара или на приобретение товара, накладные, счета-фактуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z342" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документы, подтверждающие осуществление деятельности на территории свободных экономических зон и свободных складов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z343" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия внешнеторгового контракта (договора), счет-фактуры или счет-проформы, или иного документа, отражающего финансовые и (или) количественные параметры товара (предоставляется в случае вывоза товара за пределы Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z344" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выписка из реестра казахстанских товаропроизводителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z345" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) документы для определения критерия достаточной переработки товара:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z346" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      договоры на поставку сырья, и (или) счета-фактуры, и (или) накладные для подтверждения стоимости сырья и (или) компонентов, используемых в производстве товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z347" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документация с описанием технологических операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z348" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень оборудования для производства заявленного товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z349" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы на производственное помещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z350" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет стоимости готовой продукции на условиях цены "франко-завод" с учетом стоимости используемого сырья или компонента иностранного происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z351" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, указанные в абзацах втором, четвертом, пятом и шестом настоящего подпункта, не предоставляются для товаров, полностью произведенных в Республике Казахстан, за исключением указанных в подпункте 11) пункта 7 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z352" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) складская справка о наличии и количестве товара на складе с указанием адреса склада;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z353" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) доверенность на представление интересов заявителя (в случае если заявление подается не руководителем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z354" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. По результатам анализа по определению страны происхождения товара уполномоченное лицо удостоверяет и выдает заключение об оформлении сертификата о происхождении товара формы "CT-KZ" либо об отказе в оформлении сертификата о происхождении товара формы "CT-KZ" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z355" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение об отказе в оформлении сертификата о происхождении товара формы "CT-KZ" оформляется в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z356" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непредставления документов согласно пункту 69 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z357" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствия требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z358" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) установления недостоверности документов, представленных заявителем для получения сертификата о происхождении товара формы "CT-KZ", и (или) данных (сведений), содержащихся в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z359" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок действия заключения о происхождении товара составляет двенадцать месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z360" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Выдачи сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 8 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z361" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Сертификат о происхождении товара формы "CT-KZ" оформляется, удостоверяется и выдается на основании заключения об оформлении сертификата о происхождении товара формы "CT-KZ".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z362" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат о происхождении товара формы "CT-KZ" выдается в электронной форме посредством информационной системы уполномоченной организации. По обращению заявителя сертификат о происхождении товара формы "CT-KZ" выдается в бумажном виде, заверенном печатью уполномоченной организации и подписью уполномоченного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z363" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если расстояние от места нахождения производства заявителя до соответствующего территориального подразделения уполномоченной организации превышает расстояние до другого территориального подразделения уполномоченной организации в двукратном размере, то заявителю допускается подавать заявку и приложенные к ней документы в ближайшее территориальное подразделение уполномоченной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z364" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Срок выдачи сертификата о происхождении товара формы "CT-KZ" составляет не более 1 (одного) рабочего дня, следующего за днем выдачи заключения об оформлении сертификата о происхождении товара формы "CT-KZ".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z365" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат о происхождении товара формы "CT-KZ" оформляется, удостоверяется и выдается уполномоченной организацией на товары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z366" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) произведенные или подвергнутые достаточной переработке в соответствии с критериями достаточной переработки товара и вывозимые с территории свободных экономических зон и свободных складов на остальную часть территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z367" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) произведенные или подвергнутые достаточной переработке в соответствии с критериями достаточной переработки товара и вывозимые с территории свободных экономических зон и свободных складов за пределы территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z368" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификат о происхождении товара формы "CT-KZ" выдается в электронной и бумажной форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z369" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      64. Посредством информационной системы уполномоченной организации представляются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z370" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявка и электронные копии документов в электронной форме, предусмотренных пунктом 60 настоящих Правил, и удостоверенных электронной цифровой подписью заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z371" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оформляется заключение об оформлении сертификата о происхождении товара формы "CT-KZ" либо об отказе в оформлении сертификата о происхождении товара формы "CT-KZ".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z372" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченная организация предоставляет доступ к сведениям уполномоченному органу, для проведения государственного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z373" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Сертификат о происхождении товара формы "CT-KZ" и документы, на основании которых они были выданы, хранятся в уполномоченной организации не менее трех лет со дня выдачи сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z374" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Срок действия сертификата о происхождении товара формы "CT-KZ" составляет двенадцать месяцев со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z375" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат о происхождении товара формы "CT-KZ" действует на количество товара, указанное в нем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z376" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9. Отмена действия сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 9 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Отмена действия сертификата о происхождении товара формы "CT-KZ" принимается решением уполномоченной организации в случаях/на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z378" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обращения заявителя в связи с прекращением деятельности предприятия-изготовителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z379" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращения заявителя об изменении сведений, содержащихся в графах сертификата о происхождении товара, с приложением документов, подтверждающих эти изменения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z380" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) предписания уполномоченного органа в области технического регулирования, выданного в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 46 Закона о техническом регулировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z381" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) предписания (постановления) иных государственных органов, уполномоченных выявлять недостоверность представленных заявителем документов (сведений), предоставляемых при получении сертификата о происхождении товара формы "CT-KZ". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z382" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обращения заявителя, указанные в подпунктах 1) и 2) настоящего пункта, подаются посредством информационной системы уполномоченной организации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z383" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат о происхождении товара формы "CT-KZ" при принятии решения на основании подпунктов 3) и 4) настоящего пункта отменяется с даты его выдачи в случаях, повлиявших на критерий и страну происхождения товара:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z384" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при обнаружении фактов фальсификации и (или) недостоверности в сведениях, содержащихся в заявке и представленных согласно пункту 60 настоящих Правил документах заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z385" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при несоответствии фактически используемого заявителем оборудования и (или) технологического процесса производства заявленному им при получении сертификата о происхождении товара формы "CT-KZ", за исключением случаев усовершенствования оборудования и (или) технологического процесса, не влияющих на страну происхождения товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z386" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Уполномоченная организация в Реестре выданных сертификатов о происхождении товара формы "CT-KZ" указывает информацию об отмене действия сертификата о происхождении товара формы "CT-KZ", дату и причину его отмены и с какого времени он считается отмененным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z387" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О принятом решении об отмене действия сертификата о происхождении товара формы "CT-KZ" в соответствии с подпунктом 4) пункта 67 настоящих Правил уполномоченная организация в письменном виде уведомляет уполномоченный орган в области технического регулирования в течение трех рабочих дней, следующих за днем принятия настоящего решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z388" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. В случае принятия решения об отмене действия сертификата о происхождении товара формы "CT-KZ" на основании подпункта 2) пункта 67 настоящих Правил, по обращению заявителя выдается сертификат о происхождении товара взамен. При этом заявитель представляет необходимые документы, подтверждающие эти изменения. При выдаче сертификата о происхождении товара формы "CT-KZ", выданного взамен, в графу 5 вновь выдаваемого сертификата о происхождении товара формы "CT-KZ" делается запись о выдаче взамен с указанием номера и даты заменяемого сертификата. Сертификату о происхождении товара, выдаваемому взамен другого сертификата, присваивается новый порядковый номер. Срок действия сертификата, выданного взамен, не превышает срок действия заменяемого сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z389" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. В случае принятия решения об отмене действия сертификата о происхождении товара формы "CT-KZ" на основании подпунктов 3) и 4) пункта 67 настоящих Правил уполномоченная организация в письменном виде уведомляет заявителя в течение пяти рабочих дней, следующих за датой принятия такого решения с указанием причин его принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z390" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Сертификат о происхождении товара оформляется на бланках, имеющих степени защиты: первый экземпляр – подлинник, второй и третий экземпляр – копии. Подлинник и одна копия сертификата выдаются заявителю, а вторая копия хранится в уполномоченной организации, выдавшей сертификат о происхождении товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z391" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оформленные сертификаты выдаются заявителю либо его представителю по доверенности. Выдача оформленных сертификатов о происхождении товара другим лицам не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4839,88 +6852,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>установлению форм сертификата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о происхождении товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="168"/>
+    <w:bookmarkStart w:name="z186" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчет адвалорной доли в производстве товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z187" w:id="169"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z187" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4533900" cy="1333500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -4942,130 +6955,130 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="170"/>
+    <w:bookmarkStart w:name="z188" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z189" w:id="171"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z189" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Д.ад.доли - адвалорная доля в производстве товара, %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z190" w:id="172"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z190" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С ин.мат. - стоимость сырья и материалов иностранного происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z191" w:id="173"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z191" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С гот.пр. - стоимость готовой продукции по цене "франко-завод".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5248,393 +7261,388 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z194" w:id="174"/>
+    <w:bookmarkStart w:name="z194" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на получение сертификата о происхождении товара, экспортируемого из Республики Казахстан, реэкспортируемого из Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z195" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявка № __ от "____" ____________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="175"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z196" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Просим выдать сертификат о происхождении товара формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z197" w:id="176"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z197" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z198" w:id="177"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z198" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на____________языке и следующих реквизитов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z199" w:id="178"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z199" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отправитель товара, его адрес, телефон, электронный адрес</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z200" w:id="179"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z200" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z201" w:id="180"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z201" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2*. Получатель товара, адрес, страна</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z202" w:id="181"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z202" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z203" w:id="182"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z203" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3*. Производитель товара, его адрес, страна</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z204" w:id="183"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z204" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z205" w:id="184"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z205" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1 Если заявитель является производителем товара, делается отметка о согласии заявителя на выезд комиссии на производство товара в случае проведения верификации (проверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z206" w:id="185"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z206" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4*. Внешнеторговый контракт (договор), его дата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z207" w:id="186"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z207" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z208" w:id="187"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z208" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5*. Инвойс (счет-фактура), №, дата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z209" w:id="188"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z209" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z210" w:id="189"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z210" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сведения о товаре:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -6172,702 +8180,670 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="190"/>
+    <w:bookmarkStart w:name="z211" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ТН ВЭД</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z212" w:id="191"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z212" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7 *. Станция (пункт) отправления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z213" w:id="192"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z213" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z214" w:id="193"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z214" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8*. Станция (пункт) назначения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z215" w:id="194"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z215" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z216" w:id="195"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z216" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9*. Вид и количество транспорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z217" w:id="196"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z217" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z218" w:id="197"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z218" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Разрешение на экспорт и/или лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z219" w:id="198"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z219" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z220" w:id="199"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z220" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11 *. Характер сделки: продажа, бартер, консигнация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z221" w:id="200"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z221" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z222" w:id="201"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z222" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 *. Стоимость товара в тенге по курсу Национального банка Республики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z223" w:id="202"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z223" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Казахстан на момент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z224" w:id="203"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z224" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подачи заявки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z225" w:id="204"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z225" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z226" w:id="205"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z226" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Расчетный счет, отделение банка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z227" w:id="206"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z227" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z228" w:id="207"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z228" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Для физических лиц – индивидуальный идентификационный</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z229" w:id="208"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z229" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номер, для юридических лиц – бизнес-идентификационный номер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z230" w:id="209"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z230" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z231" w:id="210"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z231" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Фамилия, имя, отчество (при его наличии) руководителя, телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z232" w:id="211"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z232" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z233" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомлен об ответственности за представление фальсифицированных и (или) недостоверных документов, подтверждающих происхождение товара согласно статье 417 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях". **</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z234" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Гарантирую соблюдать неизменность производственного процесса в течение всего срока действия сертификата о происхождении серийной продукции, в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Евразийского межправительственного совета от 10 апреля 2020 года № 2 "О внесении изменения в Решение Евразийского межправительственного совета от 12 августа 2016 года № 5 и о применении сертификата о происхождении серийной продукции".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="212"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z235" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись заявителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z236" w:id="213"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z236" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z237" w:id="214"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z237" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Не заполняется в случае подачи заявки на получение сертификата о происхождении серийной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z238" w:id="215"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z238" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продукции или для целей участия в государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z239" w:id="216"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z239" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** Указывается в случае подачи заявки на получение сертификата о происхождении серийной продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7050,68 +9026,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="217"/>
+    <w:bookmarkStart w:name="z242" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма бланка сертификата о происхождении товара формы "Оригинал"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7159,80 +9135,80 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Exporter (name, address, country)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="218"/>
+          <w:bookmarkStart w:name="z243" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ORIGINAL №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7632,70 +9608,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="219"/>
+          <w:bookmarkStart w:name="z245" w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. Certification.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7745,70 +9721,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Place, date, signature, name and stamp of certifying authority</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z248" w:id="220"/>
+          <w:bookmarkStart w:name="z248" w:id="314"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. Declaration by the exporter.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="314"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7926,221 +9902,221 @@
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Place, date, stamp (if available) and signature of authorized signatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="221"/>
+    <w:bookmarkStart w:name="z254" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z255" w:id="222"/>
+          <w:bookmarkStart w:name="z255" w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Отправитель</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(наименование, адрес, страна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z256" w:id="223"/>
+          <w:bookmarkStart w:name="z256" w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ОРИГИНАЛ №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8177,70 +10153,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="224"/>
+          <w:bookmarkStart w:name="z258" w:id="318"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Получатель</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="318"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование, адрес, страна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8560,70 +10536,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z259" w:id="225"/>
+          <w:bookmarkStart w:name="z259" w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. Удостоверение:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8729,70 +10705,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование и печать удостоверяющей организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="226"/>
+          <w:bookmarkStart w:name="z264" w:id="320"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. Декларация экспортера</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="320"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8938,88 +10914,70 @@
               </w:rPr>
               <w:t>уполномоченного лица</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 организации-экспортера</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="227"/>
+    <w:bookmarkStart w:name="z271" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: настоящая форма заполняется в соответствии с порядком заполнения сертификата о происхождении товара формы "Оригинал" согласно приложению к настоящей форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9098,782 +11056,7399 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о происхождении товара формы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Оригинал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="228"/>
+    <w:bookmarkStart w:name="z273" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Порядок заполнения сертификата о происхождении товара формы "Оригинал"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z274" w:id="229"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z274" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат о происхождении товара формы "Оригинал" заполняется на английском или русском языках с указанием в графах следующих сведений о товаре, на который он выдан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z275" w:id="230"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z275" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) графа 1 – "Информация об экспортере или отправителе товара (наименование, адрес)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z276" w:id="231"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z276" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При заполнении графы указывается наименование юридического или физического лица, являющегося экспортером или отправителем товара согласно документам, подтверждающим юридический статус заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z277" w:id="232"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z277" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия документа, удостоверяющего личность - для физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z278" w:id="233"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z278" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия справки (свидетельства) о государственной регистрации (перерегистрации) юридического лица - для юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z279" w:id="234"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z279" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия свидетельства о государственной регистрации в качестве индивидуального предпринимателя или копия уведомления о начале деятельности в качестве индивидуального предпринимателя - для индивидуальных предпринимателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z280" w:id="235"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z280" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия свидетельства о государственной регистрации крестьянского (фермерского) хозяйства или копия уведомления о начале деятельности в качестве индивидуального предпринимателя - для крестьянских или фермерских хозяйств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z281" w:id="236"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z281" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименования и адреса экспортера или отправителя указываются идентично наименованию, указанному в товаросопроводительных документах, связанных с отгрузкой товара (внешнеторговый договор/сделка, счет-фактура, таможенная декларация и др.).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z282" w:id="237"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z282" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если отправитель и экспортер являются разными юридическими (физическими) лицами следует указывать, что грузоотправитель (наименование и адрес) действует "by order" - "по поручению" экспортера (наименование и адрес);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z283" w:id="238"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z283" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) графа 2 – "Информация об импортере или получателе товара (наименование, адрес)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z284" w:id="239"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z284" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименования и адреса импортера или получателя товара указывается идентично наименованию, указанному в товаросопроводительных документах, связанных с отгрузкой товара (внешнеторговый договор/сделка, счет-фактура, таможенная декларация и другие).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z285" w:id="240"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z285" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если получатель и импортер являются разными юридическими (физическими) лицами следует указывать, что грузополучатель (наименование и адрес) действует "by order" - "по поручению" импортера (наименование и адрес).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z286" w:id="241"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z286" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, если грузополучатель неизвестен, в данной графе указывается "to order" – "по приказу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z287" w:id="242"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z287" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) графа 3 – "Вид транспорта и маршрут".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z288" w:id="243"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z288" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указывается вид транспорта и маршрут следования товара, насколько это известно. Например: "By truck from Almaty to Warsaw" - "Автотранспортом из Алматы в Варшаву"; "By air from Almaty to Paris" - "Авиатранспортом из Алматы в Париж"; "By sea from Saint-Petersburg to Amsterdam" - "Морским транспортом из Санкт-Петербурга в Амстердам"; "By rail from Moscow to Berlin" - "Железнодорожным транспортом из Москвы в Берлин". Если маршрут следования и вид транспорта неизвестны, данная графа может быть оставлена без заполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z289" w:id="244"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z289" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) графа 4 – "Для служебных отметок".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z290" w:id="245"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z290" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данную графу могут быть внесены следующие записи: "Дубликат" или "Duplicate", с указанием номера и даты ранее выданного сертификата-подлинника (в случаях утраты или повреждения сертификата о происхождении товара); "Выдан впоследствии" или "Issued retrospectively" (в случае, если сертификат о происхождении товара не был выдан в момент вывоза товара с территории Республики Казахстан); "Выдан взамен" или "Issued in substitution", с указанием номера и даты заменяемого сертификата (в случае изменения сведений, содержащихся в графах сертификата о происхождении товара);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z291" w:id="246"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z291" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) графа 5 – "Страна происхождения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z292" w:id="247"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z292" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В этой графе указывается страна, в которой товар был полностью произведен либо подвергся достаточной обработке/переработке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z293" w:id="248"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z293" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) графа 6 – "Дополнительные сведения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z294" w:id="249"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z294" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данной графе по просьбе заявителя могут быть указаны номер и дата экспортного контракта, лицензии, а также документально подтвержденная информация, носящая официальный характер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z295" w:id="250"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z295" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) графа 7 "Номер".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z296" w:id="251"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z296" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указываются номера по порядку, в соответствии с наименованием экспортируемого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z297" w:id="252"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z297" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) графа 8 – "Описание товара"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z298" w:id="253"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z298" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указываются коммерческое наименование товара и сведения, позволяющие произвести однозначную идентификацию товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z299" w:id="254"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z299" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) графа 9 – "Количество мест и вид упаковки".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z300" w:id="255"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z300" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данной графе указывается количество мест и вид упаковки (например, "10 boxes" - "10 коробок", "8 pallets" - "8 поддонов", "12 bales" - "12 мешков", "in bulk" – "навалом" и др.);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z301" w:id="256"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z301" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) графа 10 – "Общий вес или другие количественные характеристики товара".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z302" w:id="257"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z302" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указываются весовые характеристики (вес брутто и (или) нетто товара) или другие количественные характеристики товара в единицах измерения согласно ТН ВЭД;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z303" w:id="258"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z303" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) графа 11 – "Удостоверение". В данной графе указывается полное наименование и адрес Региональной палаты, ставится подпись уполномоченного лица, печать для заверки сертификата, а также дата удостоверения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z304" w:id="259"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z304" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) графа 12 – "Декларация экспортера". В этой графе ставится печать (при наличии) и подпись заявителя с указанием даты заполнения, а также впечатывается название страны, в которую экспортируется товар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z305" w:id="260"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z305" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пустое пространство в заполненных графах сертификата о происхождении товара формы "Оригинал" - графы 7, 8, 9, 10 прочеркивается от руки (знаком "Z") во избежание внесения дополнительных записей после его удостоверения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z306" w:id="261"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z306" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Графы 1, 2, 5, с 7 по 12 сертификата формы "Оригинал" обязательны для заполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам по определению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страны происхождения товаров,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выдаче сертификата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о происхождении товара</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и отмене его действия,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>установлению форм сертификата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о происхождении товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z393" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка на проведение анализа по определению страны происхождения товара и выдачи сертификата о происхождении товара формы "CT-KZ" </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 4 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z394" w:id="357"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявка № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" _____________________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цель получения сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(выбрать одну из двух):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z395" w:id="358"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для вывоза товара с территории свободных экономических зон и свободных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>складов на остальную часть территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z396" w:id="359"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для вывоза товара с территории свободных экономических зон и свободных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>складов за пределы территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Просим провести анализ по определению страны происхождения товара и выдать</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сертификат о происхождении товара формы "CT-KZ" на _______________ языке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на основании следующих реквизитов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z397" w:id="360"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Производитель товара, его адрес (юридический адрес и адрес места нахождения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>производства), телефон, электронный адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z398" w:id="361"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Получатель товара, юридический адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z399" w:id="362"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о товаре:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Точное наименование товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Единица измерения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Масса брутто/нетто, килограмм</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество мест товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид упаковки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Код Товарной номенклатуры внешнеэкономической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Код Классификатора продукции по видам экономической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Критерий происхождения товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z400" w:id="363"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для физических лиц - индивидуальный идентификационный номер/</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для юридических лиц - бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z401" w:id="364"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Расчетный счет, отделение банка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z402" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Фамилия, имя, отчество (при наличии) руководителя, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За достоверность сведений, содержащихся в настоящей заявке и представленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документах, несем ответственность в соответствии со статьей 417 Кодекса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам по определению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страны происхождения товаров,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выдаче сертификата о происхождении</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>товара и отмене его действия,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>установлению форм сертификата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о происхождении товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование и бизнес-идентификационный номер организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z404" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение об оформлении/отказе в оформлении сертификата о происхождении товара формы "CT-KZ" № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z405" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Производитель товара _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z406" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата составления заключения ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z407" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основание для проведения анализа ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z408" w:id="370"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Наименование товара (коммерческое наименование товара и сведения,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>позволяющие произвести однозначную идентификацию товара).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z409" w:id="371"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Количество ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(мест, вес брутто и нетто, штук, комплектов, метр, объем)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z410" w:id="372"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Внешнеторговый контракт (договор), (указывается в случае вывоза товара</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за пределы Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z411" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Получатель товара _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z412" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Вид упаковки, маркировка ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z413" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Предъявленная документация ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z414" w:id="376"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Анализом установлено:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заполняются сведения по осмотру производства (о месте нахождения производства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявленного товара, о составе и принадлежности основных и производственных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фондов (здания, оборудования в собственности, арендуемые), об используемом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при производстве товара оборудовании, выполнении технологического процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>производства, о выполнении критерия достаточной переработки с установлением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>происхождения заявленного товара, позиции ТН ВЭД используемых сырья,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>материалов и конечной продукции):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z415" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Заключение: на основании вышеизложенного товар может быть определен как</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________ в количестве, указанном в пункте 5 настоящего заключения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Критерии происхождения _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Код Товарной номенклатуры внешнеэкономической деятельности товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Код Классификатора продукции по видам экономической деятельности товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись уполномоченного лица ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись заявителя (представителя заявителя) ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (уполномоченного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата начала анализа ___ Дата окончания анализа __20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данное заключение без электронной цифровой подписи уполномоченного лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявителя (представителя заявителя), недействительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам по определению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страны происхождения товаров,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выдаче сертификата о происхождении</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>товара и отмене его действия,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>установлению форм сертификата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о происхождении товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z417" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма бланка сертификата о происхождении товара формы "СТ-KZ" в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра торговли и интеграции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z418" w:id="379"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Тауарды өндіруші (атауы және пошталық мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="379"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Производитель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № ____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ СЕРТИФИКАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>СЕРТИФИКАТ О ПРОИСХОЖДЕНИИ ТОВАРА "CT-KZ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЫСАНЫ ФОРМА "CT-KZ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z421" w:id="380"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Тауарды алушы (атауы және пошталық мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="380"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Получатель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берілді (елдің атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдан в _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование страны)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z424" w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Тауардың шығу тегі туралы сертификатты алу мақсаты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цель получения сертификата о происхождении товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Қызметтік ескертулер үшін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для служебных отметок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z427" w:id="382"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="382"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салмағы (килограмм)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вес (килограмм)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z433" w:id="383"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="383"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/ Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z435" w:id="384"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді. Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="384"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z437" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭЛЕКТРОНДЫҚ НЫСАНЫНДАҒЫ "СТ-KZ" НЫСАНЫНДАҒЫ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ № ___________ СЕРТИФИКАТҚА ҚОСЫМША ПАРАҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ДОПОЛНИТЕЛЬНЫЙ ЛИСТ СЕРТИФИКАТА № ___________ О ПРОИСХОЖДЕНИИ ТОВАРА ФОРМЫ "СТ-KZ" В ЭЛЕКТРОННОЙ ФОРМЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z438" w:id="386"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="386"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z444" w:id="387"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="387"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық цифрлық қолтаңба/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная цифровая подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z447" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма бланка сертификата о происхождении товара формы "СТ-KZ" в бумажном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z448" w:id="389"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Тауарды өндіруші (атауы және пошталық мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="389"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Производитель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № ____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ СЕРТИФИКАТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>СЕРТИФИКАТ О ПРОИСХОЖДЕНИИ ТОВАРА "СТ-KZ" НЫСАНЫ ФОРМА CT-KZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z451" w:id="390"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Тауарды алушы (атауы және пошталық мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="390"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Получатель товара (наименование и почтовый адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берілді (елдің атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдан в _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование страны)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z454" w:id="391"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Тауардың шығу тегі туралы сертификатты алу мақсаты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="391"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цель получения сертификата о происхождении товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Қызметтік ескертулер үшін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для служебных отметок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z457" w:id="392"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="392"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z463" w:id="393"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="393"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөрі/Печать</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөрі (болған жағдайда)/Печать (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z466" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАҒАЗ ТҮРІНДЕ "СТ-KZ" НЫСАНЫНДАҒЫ ТАУАРДЫҢ ШЫҒУ ТЕГІ ТУРАЛЫ № ___________ СЕРТИФИКАТҚА ҚОСЫМША ПАРАҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ДОПОЛНИТЕЛЬНЫЙ ЛИСТ СЕРТИФИКАТА № ___________ О ПРОИСХОЖДЕНИИ ТОВАРА ФОРМЫ "СТ-KZ" В БУМАЖНОМ ВИДЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z467" w:id="395"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. №</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="395"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Орындар саны және қаптама түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество мест и вид упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Описание товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Шығу тегінің өлшемдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Брутто/нетто салмағы (килограмм)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вес (килограмм) брутто/нетто</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z473" w:id="396"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11. Куәлік. Осы арқылы өтініш берушінің декларациясы шындыққа сәйкес келетіні куәландырылады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="396"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение. Настоящим удостоверяется, что декларация заявителя соответствует действительности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы/Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен-жайы/Адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөрі/Печать</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Өтініш берушінің декларациясы: Төменде қол қоюшы жоғарыда көрсетілген мәліметтер шындыққа сәйкес келетінін, барлық тауарлар толығымен Қазақстан Республикасында өндірілгенін немесе жеткілікті өңдеуден/қайта өңдеуден өткенін және олардың барлығы да осындай тауарларға қатысты белгіленген шығу тегінің талаптарына сәйкес екендігін мәлімдейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Декларация заявителя: Нижеподписавшийся заявляет, что вышеприведенные сведения соответствуют действительности, что все товары полностью произведены или подвергнуты достаточной обработке/переработке в Республике Казахстан и, что все они отвечают требованиям происхождения, установленным в отношении таких товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (болған жағдайда)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы/ Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөрі (болған жағдайда)/Печать (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z476" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание. Пояснение по заполнению электронной и бумажной формы бланка сертификата о происхождении товара формы "CT-KZ" предусмотрено в приложении к настоящей форме. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к форме бланка сертификата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о происхождении товара формы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"CT-KZ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z478" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению электронной и бумажной формы бланка сертификата о происхождении товара формы "CT-KZ"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z479" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификат о происхождении товара формы "CT-KZ" заполняется на государственном или русском языках с указанием в графах следующих сведений о товаре, на который он выдан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z480" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) графа 1 – "Производитель товара (наименование и почтовый адрес)" - наименование юридического лица или индивидуального предпринимателя, являющегося производителем товара согласно документам, подтверждающим юридический статус производителя товара:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z481" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для юридического лица - согласно справке (свидетельству) о государственной регистрации (перерегистрации) юридического лица или справке об учетной регистрации филиала или представительства юридического лица, положения о филиале или представительстве юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z482" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для индивидуального предпринимателя - согласно свидетельству о государственной регистрации индивидуального предпринимателя или уведомления о начале деятельности в качестве индивидуального предпринимателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z483" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При заполнении графы указывается юридический адрес производителя и фактический адрес производства товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z484" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) графа 2 "Получатель товара (наименование и почтовый адрес)" - наименование юридического лица или индивидуального предпринимателя, являющегося получателем товара согласно документам, подтверждающим юридический статус получателя товара:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z485" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для юридического лица - согласно справке (свидетельству) о государственной регистрации (перерегистрации) юридического лица или справке об учетной регистрации филиала или представительства юридического лица, положения о филиале или представительстве юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z486" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для индивидуального предпринимателя - согласно свидетельству о государственной регистрации индивидуального предпринимателя или уведомления о начале деятельности в качестве индивидуального предпринимателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z487" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При заполнении графы указывается юридический адрес получателя товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z488" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Графа "Получатель товара" заполняется производителем, или уполномоченным им лицом, представляющим интересы производителя товара по доверенности, или лицом, которому был продан данный товар самим производителем, в графе 5 "Для служебных отметок" указывается вышеназванный договор на приобретение товара между производителем товара и получателем товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z489" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае вывоза товара с территории специальных экономических зон и свободных складов Республики Казахстан на остальную территорию Республики Казахстан, графа 2 "Получатель товара" заполняется аналогично только в случае наличия уполномоченного лица (посредника);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z490" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) графа 3 – "Цель получения сертификата о происхождении товара" вносится следующая запись "Для подтверждения страны происхождения товара и вывоза товара с территории свободных экономических зон и свободных складов за пределы территории Республики Казахстан" или "Для подтверждения страны происхождения товара и вывоза товара с территории свободных экономических зон и свободных складов на остальную часть территории Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z491" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) графа 4 - регистрационный номер сертификата о происхождении товара, страна, выдавшая сертификат ("Выдан в Республике Казахстан");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z492" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) графа 5 – "Для служебных отметок". Вносятся следующие записи: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z493" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выдан впоследствии", "Дубликат", "Выдан взамен сертификата". В случае наличия получателя товара указывается договор на приобретение товара между получателем товара и производителем товара. В случае переоформления сертификата указываются все номера сертификатов, на основании которых он был переоформлен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z494" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) графа 6 – "Номер" указывается порядковый номер товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z495" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) графа 7 – "Количество мест и вид упаковки" указываются количество мест и вид упаковки товара (партии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z496" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) графа 8 – "Описание товара" - указываются коммерческое наименование товара и сведения, позволяющие произвести однозначную идентификацию товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z497" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При заполнении графы указывается код товара по ТН ВЭД и КП ВЭД, а также количественные характеристики товара согласно ТН ВЭД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z498" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) графа 9 – "Критерий происхождения" указываются следующие критерии происхождения товаров:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z499" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П - товар, полностью произведенный в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z500" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Д - товар, подвергнутый достаточной переработке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z501" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если в сертификате заявлены товары, классифицируемые в различных товарных позициях ТН ВЭД и имеющие различные критерии происхождения, то в графе 9 указываются критерии происхождения дифференцированно для всех заявленных товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z502" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) графа 10 – "Вес (килограмм) брутто/нетто".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z503" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указываются масса брутто/нетто (кг) (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z504" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) графа 11 - "Удостоверение" содержит наименование уполномоченной организации, ее адрес, дату удостоверения сведений, указанных в сертификате, а также электронную цифровую подпись, фамилию и инициалы лица, уполномоченного заверить сертификат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z505" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выдаче на бумажном носителе содержит наименование уполномоченной организации, ее адрес, печать, дату удостоверения сведений, указанных в сертификате, а также подпись, фамилию и инициалы лица, уполномоченного заверить сертификат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z506" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) графа 12 – "Декларация заявителя" указывается наименование страны происхождения товара, место и дата декларирования сведений о стране происхождения товара, фамилия и инициалы уполномоченного лица заявителя, электронную цифровую подпись заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z507" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выдаче на бумажном носителе указывается наименование страны происхождения товара, место и дата декларирования сведений о стране происхождения товара, подпись, фамилия и инициалы уполномоченного лица заявителя, печать заявителя (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>