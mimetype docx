--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94adfa2" w14:textId="94adfa2">
+    <w:p w14:paraId="e80008d" w14:textId="e80008d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи по Баянаульскому району</w:t>
+        <w:t>Об определении правил и размера оказания жилищной помощи в Баянаульском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Баянаульского районного маслихата Павлодарской области от 31 июля 2024 года № 193/21. Зарегистрировано в Департаменте юстиции Павлодарской области 1 августа 2024 года № 7575-14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции решения Баянаульского районного маслихата Павлодарской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,74 +250,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи", Баянаульский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи по Баянаульскому району согласно </w:t>
+      1. Определить правила и размер оказания жилищной помощи в Баянаульском районе согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Баянаульского районного маслихата Павлодарской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Баянаульского районного маслихата согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -328,51 +428,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -526,84 +625,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 июля 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 193/21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи по Баянаульскому району</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+        <w:t xml:space="preserve"> Правила и размер оказания жилищной помощи в Баянаульском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции решения Баянаульского районного маслихата Павлодарской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее – услугополучатель), постоянно зарегистрированным и проживающим в жилище на территории Баянаульского района, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -726,124 +863,330 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Размер оказания жилищной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Назначение жилищной помощи услугополучателям производится в соответствии с нижеследующей нормой:</w:t>
+      4. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - для одинокопроживающих граждан – 30 (тридцать) квадратных метров от общей площади жилища;</w:t>
-[...53 lines deleted...]
-      Для потребителей, не использующих электрические плиты – 90 (девяносто) киловатт в месяц на одного человека. </w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции решения Баянаульского районного маслихата Павлодарской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Компенсация услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, производится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1396,54 +1739,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 8 (восемь) рабочих дней.</w:t>
+      11. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции решения Баянаульского районного маслихата Павлодарской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Порядок обжалования решений, действий (бездействий) уполномоченного органа и (или) его должностных лиц по вопросам оказания государственных услуг производится в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1822,55 +2227,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2196,31 +2601,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>