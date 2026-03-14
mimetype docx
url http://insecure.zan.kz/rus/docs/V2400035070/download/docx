--- v0 (2025-11-01)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c6875ea" w14:textId="c6875ea">
+    <w:p w14:paraId="db0c102" w14:textId="db0c102">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Министерства финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 11 сентября 2024 года № 619. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 сентября 2024 года № 35070</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 11 сентября 2024 года № 619. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 сентября 2024 года № 35070.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -796,210 +796,294 @@
               </w:rPr>
               <w:t>от 11 сентября 2024 года № 619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства финансов Республики Казахстан, в которые вносятся изменения и дополнения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра финансов РК от 28.10. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 22 апреля 2019 года № 370 "Об утверждении Правил выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур и его формы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18583) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 39 вносится изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункте 44 вносится изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1012,210 +1096,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 52 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) в строке 27.1 "Договор (контракт) на поставку товаров, работ, услуг" делается отметка и заполняются строки 27.3 "Номер", в которой указывается номер договора (контракта) на поставку товаров, работ, услуг, 27.4 "Дата", в которой указывается дата договора (контракта) на поставку товаров, работ, услуг и 27.5 "Учетный номер", в которой указывается идентификационный номер, присвоенный валютному договору по экспорту и импорту в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле". Данные строки являются взаимозависимыми строками. При отметке строки 27.2 "Без договора (контракта) на поставку товаров, работ, услуг" не подлежат заполнению строки 27.3, 27.4 и 27.5;";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 72-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      дополнить пунктом 72-1 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "72-1. В графе 17/1 "Код товара" указывается код товара GTIN (Global Trade Item Number) или иной код (данная графа не обязательна для заполнения).";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 79 вносится изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур, утвержденных указанным приказом внести следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1228,130 +1312,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 8 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) в органы юстиции или в государственную корпорацию "Правительство для граждан" по месту нахождения участника ИС ЭСФ – юридического лица (структурного подразделения юридического лица) с заявлением для изменения сведений о руководителе юридического лица (структурного подразделения юридического лица) – в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств";";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Главу 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, вносится изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1460,170 +1544,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному приказу изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 23 апреля 2019 года № 384 "Об утверждении перечня товаров, по которым электронные счета-фактуры выписываются посредством модуля "Виртуальный склад" информационной системы электронных счетов-фактур" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18603) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, по которым электронные счета-фактуры выписываются посредством модуля "Виртуальный склад" информационной системы электронных счетов-фактур, утвержденном указанным приказом:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку, порядковый номер, 289 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
-[...15 lines deleted...]
-      строку, порядковый номер, 289 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -1871,90 +1955,90 @@
               <w:t>
 1 декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить строками, порядковые номера 290, 291, 292, 293, 294, 295, 296, 297 и 298 следующего содержания:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3921,90 +4005,174 @@
               <w:t>
 1 декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 утрачивает силу приказом и.о. Министра финансов РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 657</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 26 декабря 2019 года № 1424 "Об утверждении Перечня товаров, на которые распространяется обязанность по оформлению сопроводительных накладных на товары, а также Правил оформления сопроводительных накладных на товары и их документооборот" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19784) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4017,90 +4185,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, на которые распространяется обязанность по оформлению сопроводительных накладных на товары, утвержденный указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить строкой, порядковый номер 3-2 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4229,90 +4397,90 @@
               <w:t>
 1 декабря 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оформления сопроводительных накладных на товары и их документооборот, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4365,730 +4533,730 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. СНТ подлежит оформлению:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при перемещении, реализации и (или) отгрузке на территории Республики Казахстан товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 3-2 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при реализации на территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
-[...15 lines deleted...]
-      1) при перемещении, реализации и (или) отгрузке на территории Республики Казахстан товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 3-2 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением ввоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
-[...15 lines deleted...]
-      2) при реализации на территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
-[...15 lines deleted...]
-      3) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением ввоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, за исключением вывоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
-[...15 lines deleted...]
-      4) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при реализации на территории Республики Казахстан имущества, обращенного в государственную собственность (товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
-[...15 lines deleted...]
-      5) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, за исключением вывоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) При ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров физическому лицу автомобильным транспортом, при этом СНТ оформляется перевозчиком, осуществляющим деятельность по транспортировке товаров (экспедирование, курьерская доставка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
-[...15 lines deleted...]
-      6) при реализации на территории Республики Казахстан имущества, обращенного в государственную собственность (товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров);</w:t>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) при перемещении товаров в пределах одного лица и (или) между структурными подразделениями одного лица, за исключением перемещения по территории Республики Казахстан товаров, указанных в строках, порядковые номера 3-2 и 4 Перечня товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
-[...15 lines deleted...]
-      7) При ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров физическому лицу автомобильным транспортом, при этом СНТ оформляется перевозчиком, осуществляющим деятельность по транспортировке товаров (экспедирование, курьерская доставка);</w:t>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении перевозок автомобильным транспортным средством, СНТ оформляется отдельно на каждое транспортное средство.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
-[...15 lines deleted...]
-      8) при перемещении товаров в пределах одного лица и (или) между структурными подразделениями одного лица, за исключением перемещения по территории Республики Казахстан товаров, указанных в строках, порядковые номера 3-2 и 4 Перечня товаров.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. СНТ не подлежит оформлению:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
-[...15 lines deleted...]
-      При осуществлении перевозок автомобильным транспортным средством, СНТ оформляется отдельно на каждое транспортное средство.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при розничной торговле, в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
-[...15 lines deleted...]
-      14. СНТ не подлежит оформлению:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при реализации товаров, расчеты за которые осуществляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
-[...15 lines deleted...]
-      1) при розничной торговле, в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличными деньгами с представлением покупателю чека контрольно-кассовой машины и (или) через терминалы оплаты услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
-[...15 lines deleted...]
-      при реализации товаров, расчеты за которые осуществляются:</w:t>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с применением оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
-[...15 lines deleted...]
-      наличными деньгами с представлением покупателю чека контрольно-кассовой машины и (или) через терминалы оплаты услуг;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при реализации товаров физическим лицам, расчеты за которые осуществляются электронными деньгами или с использованием средств электронного платежа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
-[...15 lines deleted...]
-      с применением оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при розничной реализации автозаправочными станциями товаров, указанных в строках, порядковые номера 3, 3-1 и 3-2 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
-[...15 lines deleted...]
-      при реализации товаров физическим лицам, расчеты за которые осуществляются электронными деньгами или с использованием средств электронного платежа;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при ввозе товаров на территорию Республики Казахстан с территории государств, не являющихся членами ЕАЭС, и с территории государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
-[...15 lines deleted...]
-      2) при розничной реализации автозаправочными станциями товаров, указанных в строках, порядковые номера 3, 3-1 и 3-2 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе товаров с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, и на территорию государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
-[...15 lines deleted...]
-      3) при ввозе товаров на территорию Республики Казахстан с территории государств, не являющихся членами ЕАЭС, и с территории государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, по которым местом начала транспортировки является территория государств, не являющихся членами ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
-[...15 lines deleted...]
-      4) при вывозе товаров с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, и на территорию государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, по которым страной назначения является территория государства, не являющегося членом ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
-[...15 lines deleted...]
-      5) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, по которым местом начала транспортировки является территория государств, не являющихся членами ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) при отгрузке возвратной тары, за исключением случаев вывоза тары, код ТН ВЭД который включен в Перечень изъятия Всемирной торговой организации (далее – ВТО), с территории Республики Казахстан на территорию государств-членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
-[...15 lines deleted...]
-      6) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, по которым страной назначения является территория государства, не являющегося членом ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) при перемещении товаров в пределах одного лица между стационарными, производственными и (или) складскими помещениями, расположенными по одному адресу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
-[...15 lines deleted...]
-      7) при отгрузке возвратной тары, за исключением случаев вывоза тары, код ТН ВЭД который включен в Перечень изъятия Всемирной торговой организации (далее – ВТО), с территории Республики Казахстан на территорию государств-членов ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) при ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров для личного пользования физическими лицами в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. СНТ представляется поставщиком (при ввозе получателем) в следующие сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при перемещении, реализации и (или) отгрузке товаров по территории Республики Казахстан – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при ввозе товаров на территорию Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
-[...15 lines deleted...]
-      1) при перемещении, реализации и (или) отгрузке товаров по территории Республики Казахстан – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с территории государств, не являющихся членами ЕАЭС, – не позднее начала перемещения, реализации товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, по которым произведена таможенная очистка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
-[...15 lines deleted...]
-      2) при ввозе товаров на территорию Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с территории государств-членов ЕАЭС – до пересечения Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
-[...15 lines deleted...]
-      с территории государств, не являющихся членами ЕАЭС, – не позднее начала перемещения, реализации товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, по которым произведена таможенная очистка;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
-[...15 lines deleted...]
-      с территории государств-членов ЕАЭС – до пересечения Государственной границы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
-[...15 lines deleted...]
-      3) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при осуществлении международных автомобильных перевозок с территории одного государства-члена ЕАЭС на территорию другого государства-члена ЕАЭС через территорию Республики Казахстан – на автомобильном пункте пропуска при пересечении Государственной границы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
-[...15 lines deleted...]
-      4) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС автомобильным транспортным средством либо воздушным судном, работником органа государственных доходов производится подтверждение факта пересечения Государственной границы Республики Казахстан путем проставления соответствующей отметки в СНТ.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5161,250 +5329,250 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "22. При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС получатель товаров, указанных в строках, порядковых номерах 1, 2, 3, 3-1, 3-2 и 4 Перечня, оформляет первичную СНТ, посредством которой товары поступают в виртуальный склад.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные первичной СНТ по товарам, отраженным в настоящем пункте подлежат сопоставлению с данными формы 328.00 в целях автоматического указания источника происхождения при выписке ЭСФ в течение 10 (десяти) рабочих дней после подтверждения органами государственных доходов факта уплаты косвенных налогов, за исключением товаров, используемых для собственных нужд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС автомобильным транспортным средством, воздушным судном, лицо, осуществляющее такую транспортировку товаров (водитель/представитель компании (экспедирование, курьерская доставка)) при пересечении Государственной границы на пункте пропуска/в аэропорту предоставляет регистрационный номер СНТ на перевозимый товар работнику органа государственных доходов для подтверждения факта пересечения Государственной границы Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
-[...15 lines deleted...]
-      Данные первичной СНТ по товарам, отраженным в настоящем пункте подлежат сопоставлению с данными формы 328.00 в целях автоматического указания источника происхождения при выписке ЭСФ в течение 10 (десяти) рабочих дней после подтверждения органами государственных доходов факта уплаты косвенных налогов, за исключением товаров, используемых для собственных нужд.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-1. Получатель по товарам, ввозимым на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, оприходованным на виртуальный склад по СНТ, имеет возможность произвести списание указанных товаров с виртуального склада.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z84" w:id="68"/>
-[...15 lines deleted...]
-      23. При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС автомобильным транспортным средством, воздушным судном, лицо, осуществляющее такую транспортировку товаров (водитель/представитель компании (экспедирование, курьерская доставка)) при пересечении Государственной границы на пункте пропуска/в аэропорту предоставляет регистрационный номер СНТ на перевозимый товар работнику органа государственных доходов для подтверждения факта пересечения Государственной границы Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Товары, указанные в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, списываются с виртуального склада без оформления СНТ на реализацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z85" w:id="69"/>
-[...15 lines deleted...]
-      23-1. Получатель по товарам, ввозимым на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, оприходованным на виртуальный склад по СНТ, имеет возможность произвести списание указанных товаров с виртуального склада.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на основе чека контрольно-кассовой машины с функцией фиксации и (или) передачи данных, который содержит ID товара – автоматически на 16 (шестнадцатый) календарный день со дня реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z86" w:id="70"/>
-[...15 lines deleted...]
-      24. Товары, указанные в строках, порядковые номера 1, 2, 3, 3-1, 3-2 и 4 Перечня товаров, списываются с виртуального склада без оформления СНТ на реализацию:</w:t>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при использовании для собственных нужд, в производстве, оказании услуг, выполнении работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z87" w:id="71"/>
-[...15 lines deleted...]
-      на основе чека контрольно-кассовой машины с функцией фиксации и (или) передачи данных, который содержит ID товара – автоматически на 16 (шестнадцатый) календарный день со дня реализации;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при порче, утрате, хищении, утилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z88" w:id="72"/>
-[...15 lines deleted...]
-      при использовании для собственных нужд, в производстве, оказании услуг, выполнении работ;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при прекращении прослеживаемости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z89" w:id="73"/>
-[...15 lines deleted...]
-      при порче, утрате, хищении, утилизации;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при получении товаров по СНТ, оформленной в адрес субъекта розничной торговли, соответствующего критериям, установленным подпунктом 3) пункта 17 настоящих Правил, автоматически по истечении 30 (тридцати) календарных дней с даты оформления СНТ.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z90" w:id="74"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5417,470 +5585,470 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36. В разделе G1 "Данные по товарам" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указывается порядковый номер по каждому наименованию товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z94" w:id="77"/>
-[...15 lines deleted...]
-      "1. Порядковый номер" – указывается порядковый номер по каждому наименованию товаров;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z95" w:id="78"/>
-[...15 lines deleted...]
-      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z96" w:id="79"/>
-[...15 lines deleted...]
-      "3. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z98" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Единица измерения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z97" w:id="80"/>
-[...15 lines deleted...]
-      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z99" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
-[...15 lines deleted...]
-      "5. Единица измерения";</w:t>
+    <w:bookmarkStart w:name="z100" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z99" w:id="82"/>
-[...15 lines deleted...]
-      "6. Количество (объем)";</w:t>
+    <w:bookmarkStart w:name="z101" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z100" w:id="83"/>
-[...15 lines deleted...]
-      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z101" w:id="84"/>
-[...15 lines deleted...]
-      "7. Цена за единицу товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z102" w:id="85"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z103" w:id="86"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z105" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС, в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z104" w:id="87"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z106" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z105" w:id="88"/>
-[...15 lines deleted...]
-      "10. Ставка НДС" – указывается ставка НДС, в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z106" w:id="89"/>
-[...15 lines deleted...]
-      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z108" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
-[...15 lines deleted...]
-      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z109" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, сертификата о происхождении товара (СТ-1), или сертификата о происхождении товара (СТ-KZ), первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, сертификата о происхождении товара (СТ-1), или сертификата о происхождении товара (СТ-KZ), первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Код товара" – указывается код товара GTIN (Global Trade Item Number) или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z110" w:id="93"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация" – при необходимости указываются дополнительные сведения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z111" w:id="94"/>
-[...15 lines deleted...]
-      "16. Код товара" – указывается код товара GTIN (Global Trade Item Number) или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z113" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 51 "Всего" – указывается общая сумма строк по графам 6, 8, 9, 11 и 12.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z112" w:id="95"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6053,4350 +6221,4350 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "38. В разделе G2 "Этиловый спирт" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z116" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер 56, "Код операции" (выбирается из справочника ИС ЭСФ):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z117" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z116" w:id="98"/>
-[...15 lines deleted...]
-      в строке, порядковый номер 56, "Код операции" (выбирается из справочника ИС ЭСФ):</w:t>
+    <w:bookmarkStart w:name="z118" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z117" w:id="99"/>
-[...15 lines deleted...]
-      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z118" w:id="100"/>
-[...15 lines deleted...]
-      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z120" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид, наименование этилового спирта" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z119" w:id="101"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z121" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
-[...15 lines deleted...]
-      "4. Вид, наименование этилового спирта" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
+    <w:bookmarkStart w:name="z122" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (в литрах)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z121" w:id="103"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z123" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z122" w:id="104"/>
-[...15 lines deleted...]
-      "6. Количество (в литрах)";</w:t>
+    <w:bookmarkStart w:name="z124" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за литр" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии – по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z123" w:id="105"/>
-[...15 lines deleted...]
-      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z124" w:id="106"/>
-[...15 lines deleted...]
-      "7. Цена за литр" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии – по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Крепость (% – процентное содержание спирта)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z125" w:id="107"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z126" w:id="108"/>
-[...15 lines deleted...]
-      "9/1. Крепость (% – процентное содержание спирта)";</w:t>
+    <w:bookmarkStart w:name="z128" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z127" w:id="109"/>
-[...15 lines deleted...]
-      "9/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z128" w:id="110"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z130" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z129" w:id="111"/>
-[...15 lines deleted...]
-      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z131" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z130" w:id="112"/>
-[...15 lines deleted...]
-      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z131" w:id="113"/>
-[...15 lines deleted...]
-      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z132" w:id="114"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z134" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z133" w:id="115"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:bookmarkStart w:name="z135" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "16. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z136" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z137" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 57 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z136" w:id="118"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:bookmarkStart w:name="z138" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. В разделе G3 "Вино наливом" заполняются графы со следующими данными: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z139" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z140" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид, наименование вина наливом" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z141" w:id="123"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z143" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z142" w:id="124"/>
-[...15 lines deleted...]
-      "4. Вид, наименование вина наливом" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z143" w:id="125"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z145" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z144" w:id="126"/>
-[...15 lines deleted...]
-      "6. Количество (объем)";</w:t>
+    <w:bookmarkStart w:name="z146" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z145" w:id="127"/>
-[...15 lines deleted...]
-      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z146" w:id="128"/>
-[...15 lines deleted...]
-      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z147" w:id="129"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z148" w:id="130"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z150" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z149" w:id="131"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z150" w:id="132"/>
-[...15 lines deleted...]
-      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z152" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z151" w:id="133"/>
-[...15 lines deleted...]
-      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z152" w:id="134"/>
-[...15 lines deleted...]
-      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов, подтверждающих происхождение товара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z153" w:id="135"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z155" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z154" w:id="136"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z156" w:id="138"/>
+    <w:bookmarkStart w:name="z156" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "16. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z157" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z158" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 58. "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z157" w:id="139"/>
-[...15 lines deleted...]
-      "17. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z159" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. В разделе G4 "Пивоваренная продукция" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z158" w:id="140"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 58. "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер, 59 "Код операции" (выбирается из справочника):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z159" w:id="141"/>
-[...15 lines deleted...]
-      40. В разделе G4 "Пивоваренная продукция" заполняются графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z161" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z160" w:id="142"/>
-[...15 lines deleted...]
-      в строке, порядковый номер, 59 "Код операции" (выбирается из справочника):</w:t>
+    <w:bookmarkStart w:name="z162" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z161" w:id="143"/>
+    <w:bookmarkStart w:name="z163" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование пивоваренной продукции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z164" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид продукции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z165" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z166" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z167" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Емкость тары (в литрах)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z168" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (бутылок, банок, кег, упаковок в штуках)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z169" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (бутылок, банок) в упаковке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z170" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Количество (в литрах)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z171" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z172" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Цена за единицу товара" – указывается цена одной емкости, бутылки, банки, кег-бочки для пивоваренной продукции (указывается в тенге), которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z173" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z174" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z175" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z176" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z177" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z178" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z179" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Идентификатор товара в ИС ЭСФ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z180" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z181" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z182" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z183" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21. Дополнительная информация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z184" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 60 "Всего" указывается общая сумма строк по графам 8, 9, 10, 12, 13, 15 и 16.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z185" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В разделе G5 "Алкогольная продукция (кроме пивоваренной продукции)" заполняются графы со следующими данными:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z186" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер, 61 "Код операции" (выбирается из справочника):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z187" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...478 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z186" w:id="168"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z188" w:id="170"/>
+    <w:bookmarkStart w:name="z188" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z189" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z190" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование товаров" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z189" w:id="171"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z191" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z190" w:id="172"/>
-[...15 lines deleted...]
-      "4. Наименование товаров" (проставляется автоматически ИС ЭСФ при введении ПИН-кода).</w:t>
+    <w:bookmarkStart w:name="z192" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Вид продукции" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z191" w:id="173"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z193" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Емкость тары (в литрах)" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z192" w:id="174"/>
-[...15 lines deleted...]
-      "6. Вид продукции" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z194" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (бутылок, банок)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z193" w:id="175"/>
-[...15 lines deleted...]
-      "7. Емкость тары (в литрах)" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z195" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (в литрах)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z194" w:id="176"/>
-[...15 lines deleted...]
-      "8. Количество (бутылок, банок)";</w:t>
+    <w:bookmarkStart w:name="z196" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z195" w:id="177"/>
-[...15 lines deleted...]
-      "9. Количество (в литрах)";</w:t>
+    <w:bookmarkStart w:name="z197" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу товара" – указывается цена одной бутылки в тенге, которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z196" w:id="178"/>
-[...15 lines deleted...]
-      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z197" w:id="179"/>
-[...15 lines deleted...]
-      "10. Цена за единицу товара" – указывается цена одной бутылки в тенге, которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
+    <w:bookmarkStart w:name="z199" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Крепость (% - процентное содержание спирта)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z198" w:id="180"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z199" w:id="181"/>
-[...15 lines deleted...]
-      "12/1. Крепость (% - процентное содержание спирта)";</w:t>
+    <w:bookmarkStart w:name="z201" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z200" w:id="182"/>
-[...15 lines deleted...]
-      "12/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z202" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z201" w:id="183"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z202" w:id="184"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z204" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z203" w:id="185"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z204" w:id="186"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z205" w:id="187"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z207" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z206" w:id="188"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z207" w:id="189"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z208" w:id="190"/>
-[...15 lines deleted...]
-      "19. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z210" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 62 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z209" w:id="191"/>
-[...15 lines deleted...]
-      "20. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z211" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. В разделе G6 "Данные по отдельным видам нефтепродуктов" заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z210" w:id="192"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 62 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
+    <w:bookmarkStart w:name="z212" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "63. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z211" w:id="193"/>
-[...15 lines deleted...]
-      42. В разделе G6 "Данные по отдельным видам нефтепродуктов" заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z213" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "64. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z212" w:id="194"/>
-[...15 lines deleted...]
-      "63. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z214" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "65. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z213" w:id="195"/>
-[...15 lines deleted...]
-      "64. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z215" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "66. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z214" w:id="196"/>
-[...15 lines deleted...]
-      "65. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z216" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z215" w:id="197"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="199"/>
+    <w:bookmarkStart w:name="z217" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z218" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z219" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид, марка нефтепродукта";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z218" w:id="200"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z220" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z219" w:id="201"/>
-[...15 lines deleted...]
-      "4. Вид, марка нефтепродукта";</w:t>
+    <w:bookmarkStart w:name="z221" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения товара (тонны, литры)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z220" w:id="202"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z222" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Количество товара в тоннах, (в литрах для розницы)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z221" w:id="203"/>
-[...15 lines deleted...]
-      "6. Единица измерения товара (тонны, литры)";</w:t>
+    <w:bookmarkStart w:name="z223" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z222" w:id="204"/>
-[...15 lines deleted...]
-      "7. Количество товара в тоннах, (в литрах для розницы)";</w:t>
+    <w:bookmarkStart w:name="z224" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Цена за единицу измерения товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z223" w:id="205"/>
-[...15 lines deleted...]
-      "7/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z224" w:id="206"/>
-[...15 lines deleted...]
-      "8. Цена за единицу измерения товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z226" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z225" w:id="207"/>
-[...15 lines deleted...]
-      "9. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z227" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z226" w:id="208"/>
-[...15 lines deleted...]
-      "10/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z228" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z227" w:id="209"/>
-[...15 lines deleted...]
-      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z228" w:id="210"/>
-[...15 lines deleted...]
-      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z230" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z229" w:id="211"/>
-[...15 lines deleted...]
-      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z230" w:id="212"/>
-[...15 lines deleted...]
-      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z231" w:id="213"/>
-[...15 lines deleted...]
-      "14. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z233" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z232" w:id="214"/>
-[...15 lines deleted...]
-      "15. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z233" w:id="215"/>
-[...15 lines deleted...]
-      "16. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 67 "Всего" указывается общая сумма строк по графам 6, 7, 9, 10, 12 и 13.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z234" w:id="216"/>
-[...15 lines deleted...]
-      "17. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z236" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. В разделе G7 "Данные по биотопливу" заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z235" w:id="217"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 67 "Всего" указывается общая сумма строк по графам 6, 7, 9, 10, 12 и 13.</w:t>
+    <w:bookmarkStart w:name="z237" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "68. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z236" w:id="218"/>
-[...15 lines deleted...]
-      43. В разделе G7 "Данные по биотопливу" заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z238" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "69. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z237" w:id="219"/>
-[...15 lines deleted...]
-      "68. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z239" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "70. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z238" w:id="220"/>
-[...15 lines deleted...]
-      "69. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z240" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "71. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z239" w:id="221"/>
-[...15 lines deleted...]
-      "70. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z241" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z240" w:id="222"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z242" w:id="224"/>
+    <w:bookmarkStart w:name="z242" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z243" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование биотоплива";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z244" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z243" w:id="225"/>
-[...15 lines deleted...]
-      "3. Наименование биотоплива";</w:t>
+    <w:bookmarkStart w:name="z245" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Единица измерения товара (тонны, литры)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z244" w:id="226"/>
-[...15 lines deleted...]
-      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z246" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество товара в тоннах, (в литрах для розницы)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z245" w:id="227"/>
-[...15 lines deleted...]
-      "5. Единица измерения товара (тонны, литры)";</w:t>
+    <w:bookmarkStart w:name="z247" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z246" w:id="228"/>
-[...15 lines deleted...]
-      "6. Количество товара в тоннах, (в литрах для розницы)";</w:t>
+    <w:bookmarkStart w:name="z248" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу измерения товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z247" w:id="229"/>
-[...15 lines deleted...]
-      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z248" w:id="230"/>
-[...15 lines deleted...]
-      "7. Цена за единицу измерения товара";</w:t>
+    <w:bookmarkStart w:name="z250" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z249" w:id="231"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z250" w:id="232"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z252" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z251" w:id="233"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z252" w:id="234"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z254" w:id="236"/>
+    <w:bookmarkStart w:name="z254" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z255" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z256" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z255" w:id="237"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z257" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z256" w:id="238"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z257" w:id="239"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 72 "Всего" указывается общая сумма строк по графам 6, 7, 8, 9, 11 и 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z258" w:id="240"/>
-[...15 lines deleted...]
-      "16. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z260" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. В разделе G8 "Данные по табачной продукции (исключая цифровую маркировку)" – заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z259" w:id="241"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 72 "Всего" указывается общая сумма строк по графам 6, 7, 8, 9, 11 и 12.</w:t>
+    <w:bookmarkStart w:name="z261" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "73. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z260" w:id="242"/>
-[...15 lines deleted...]
-      44. В разделе G8 "Данные по табачной продукции (исключая цифровую маркировку)" – заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z262" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "74. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z261" w:id="243"/>
-[...15 lines deleted...]
-      "73. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z263" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "75. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z262" w:id="244"/>
-[...15 lines deleted...]
-      "74. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z264" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z263" w:id="245"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z265" w:id="247"/>
+    <w:bookmarkStart w:name="z265" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z266" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z267" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование табачной продукции".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z266" w:id="248"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z268" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z267" w:id="249"/>
-[...15 lines deleted...]
-      "4. Наименование табачной продукции".</w:t>
+    <w:bookmarkStart w:name="z269" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z268" w:id="250"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z270" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Количество табачного изделия в коробе, блоке, пачке (в штуках, килограммах, миллилитрах)" (автоматически проставляется ИС ЭСФ при вводе ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z269" w:id="251"/>
-[...15 lines deleted...]
-      "6. Единица измерения (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
+    <w:bookmarkStart w:name="z271" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z270" w:id="252"/>
-[...15 lines deleted...]
-      "7. Количество табачного изделия в коробе, блоке, пачке (в штуках, килограммах, миллилитрах)" (автоматически проставляется ИС ЭСФ при вводе ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z272" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество табачного изделия в штуках, килограммах, миллилитрах";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z271" w:id="253"/>
-[...15 lines deleted...]
-      "8. Количество (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
+    <w:bookmarkStart w:name="z273" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z272" w:id="254"/>
-[...15 lines deleted...]
-      "9. Количество табачного изделия в штуках, килограммах, миллилитрах";</w:t>
+    <w:bookmarkStart w:name="z274" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу измерения товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z273" w:id="255"/>
-[...15 lines deleted...]
-      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z274" w:id="256"/>
-[...15 lines deleted...]
-      "10. Цена за единицу измерения товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z275" w:id="257"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z276" w:id="258"/>
-[...15 lines deleted...]
-      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z278" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z277" w:id="259"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z278" w:id="260"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z280" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z279" w:id="261"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z280" w:id="262"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z281" w:id="263"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z283" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z282" w:id="264"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z283" w:id="265"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z284" w:id="266"/>
-[...15 lines deleted...]
-      "19. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z286" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 76 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z285" w:id="267"/>
-[...15 lines deleted...]
-      "20. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z287" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. В разделе G9 Данные по товарам, подлежащим маркировке средствами идентификации (подлежащей маркировке) заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z286" w:id="268"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 76 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
+    <w:bookmarkStart w:name="z288" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z287" w:id="269"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z289" w:id="271"/>
+    <w:bookmarkStart w:name="z289" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z290" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z291" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование товара";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z290" w:id="272"/>
-[...15 lines deleted...]
-      "3. Код товара" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z292" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z291" w:id="273"/>
-[...15 lines deleted...]
-      "4. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z293" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество потребительских упаковок";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z292" w:id="274"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z294" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z293" w:id="275"/>
-[...15 lines deleted...]
-      "6. Количество потребительских упаковок";</w:t>
+    <w:bookmarkStart w:name="z295" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z294" w:id="276"/>
-[...15 lines deleted...]
-      "6/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z295" w:id="277"/>
-[...15 lines deleted...]
-      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z296" w:id="278"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Ставка дополнительного акциза" – указывается ставка дополнительного акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z297" w:id="279"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z299" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z298" w:id="280"/>
-[...15 lines deleted...]
-      "9. Ставка дополнительного акциза" – указывается ставка дополнительного акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z300" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z299" w:id="281"/>
-[...15 lines deleted...]
-      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z300" w:id="282"/>
-[...15 lines deleted...]
-      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z302" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; идентификатор товара в ИС ЭСФ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z301" w:id="283"/>
-[...15 lines deleted...]
-      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z302" w:id="284"/>
-[...15 lines deleted...]
-      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; идентификатор товара в ИС ЭСФ;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z303" w:id="285"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z304" w:id="286"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 77 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z305" w:id="287"/>
-[...15 lines deleted...]
-      "16. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z307" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. В разделе G10 "Данные по товарам, подлежащим экспортному контролю (двойного назначения, военного назначения)" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z306" w:id="288"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 77 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+    <w:bookmarkStart w:name="z308" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z307" w:id="289"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z309" w:id="291"/>
+    <w:bookmarkStart w:name="z309" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z310" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование товара";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z311" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Номер документа (лицензии/разрешения)";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z310" w:id="292"/>
-[...15 lines deleted...]
-      "3. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z312" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Дата выдачи (лицензии/разрешения)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z311" w:id="293"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z313" w:id="295"/>
+    <w:bookmarkStart w:name="z313" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. Дата окончания (срок окончания лицензии/разрешения)"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z314" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z315" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Единица измерения";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z314" w:id="296"/>
-[...15 lines deleted...]
-      "7. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z316" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z315" w:id="297"/>
-[...15 lines deleted...]
-      "8. Единица измерения";</w:t>
+    <w:bookmarkStart w:name="z317" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z316" w:id="298"/>
-[...15 lines deleted...]
-      "9. Количество (объем)";</w:t>
+    <w:bookmarkStart w:name="z318" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z317" w:id="299"/>
-[...15 lines deleted...]
-      "9/1. Вес нетто" – указывается в килограммах, при ввозе/вывозе товаров в рамках ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z318" w:id="300"/>
-[...15 lines deleted...]
-      "10. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z319" w:id="301"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z320" w:id="302"/>
-[...15 lines deleted...]
-      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z322" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z321" w:id="303"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z322" w:id="304"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z324" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z323" w:id="305"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z324" w:id="306"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z325" w:id="307"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z327" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z326" w:id="308"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z327" w:id="309"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 78 "Всего" указывается общая сумма строк по графам 9, 11, 12, 14 и 15.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z328" w:id="310"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10409,230 +10577,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="312"/>
+    <w:bookmarkStart w:name="z331" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "50. В разделе N "Отметки ОГД" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z332" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "87. Пункт автомобильного пропуска/аэропорт/контрольно-пропускной пункт";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z333" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "88. Фамилия, имя, отчество (при его наличии) работника ОГД";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z332" w:id="313"/>
-[...15 lines deleted...]
-      "87. Пункт автомобильного пропуска/аэропорт/контрольно-пропускной пункт";</w:t>
+    <w:bookmarkStart w:name="z334" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "89. Дата и время пересечения Государственной границы/прилета воздушного судна в аэропорт/территорию СЭЗ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z333" w:id="314"/>
-[...15 lines deleted...]
-      "88. Фамилия, имя, отчество (при его наличии) работника ОГД";</w:t>
+    <w:bookmarkStart w:name="z335" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90. Данные о фактическом транспорте":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z334" w:id="315"/>
-[...15 lines deleted...]
-      "89. Дата и время пересечения Государственной границы/прилета воздушного судна в аэропорт/территорию СЭЗ";</w:t>
+    <w:bookmarkStart w:name="z336" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.1. Марка автомобильного транспортного средства/воздушного судна";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z335" w:id="316"/>
-[...15 lines deleted...]
-      "90. Данные о фактическом транспорте":</w:t>
+    <w:bookmarkStart w:name="z337" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.2. Государственный номер автомобильного транспортного средства/знак бортового номера воздушного судна";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z336" w:id="317"/>
-[...15 lines deleted...]
-      "90.1. Марка автомобильного транспортного средства/воздушного судна";</w:t>
+    <w:bookmarkStart w:name="z338" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.3. Фамилия, имя, отчество (при его наличии) водителя/представителя компании (экспедирование, курьерская доставка)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z337" w:id="318"/>
-[...15 lines deleted...]
-      "90.2. Государственный номер автомобильного транспортного средства/знак бортового номера воздушного судна";</w:t>
+    <w:bookmarkStart w:name="z339" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.4. ИИН водителя/представителя компании (экспедирование, курьерская доставка)".";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z338" w:id="319"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11058,68 +11226,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="321"/>
+    <w:bookmarkStart w:name="z345" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ДОВЕРЕННОСТЬ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11994,68 +12162,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z350" w:id="322"/>
+    <w:bookmarkStart w:name="z350" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЭЛЕКТРОННЫЙ СЧЕТ-ФАКТУРА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17480,70 +17648,70 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="323"/>
+    <w:bookmarkStart w:name="z351" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -21923,70 +22091,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего по счету:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="324"/>
+    <w:bookmarkStart w:name="z352" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -25408,70 +25576,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z353" w:id="325"/>
+    <w:bookmarkStart w:name="z353" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26280,64 +26448,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46. Ф.И.О. (при его наличии) лица, выписывающего ЭСФ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z354" w:id="326"/>
+      <w:bookmarkStart w:name="z354" w:id="324"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ТН ВЭД ЕАЭС – товарная номенклатура внешнеэкономической деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27411,68 +27579,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z365" w:id="327"/>
+    <w:bookmarkStart w:name="z365" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Печатная форма сопроводительной накладной на товары (СНТ) при осуществлении транзитных перевозок автомобильным транспортом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkEnd w:id="325"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -27554,59 +27722,59 @@
               </w:rPr>
               <w:t>
 Информация о ввозе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z366" w:id="328"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="328"/>
+          <w:bookmarkStart w:name="z366" w:id="326"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="326"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2489200" cy="2540000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId42"/>
                           <a:stretch>
@@ -30558,64 +30726,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи: {дата выгрузки}</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z367" w:id="329"/>
+      <w:bookmarkStart w:name="z367" w:id="327"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>