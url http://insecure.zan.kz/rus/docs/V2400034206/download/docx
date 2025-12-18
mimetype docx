--- v0 (2025-11-07)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1da04de" w14:textId="1da04de">
+    <w:p w14:paraId="bbff913" w14:textId="bbff913">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1140,3206 +1140,3586 @@
         <w:t>
       5) установление категорий стран по внутренней классификации ЭКА, для использования при расчете страхового или перестраховочного тарифа, или размера вознаграждения при предоставлении гарантий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рассмотрение мониторинговых отчетов, аналитических отчетов и обзоров, рекомендаций структурных подразделений по вопросам страховой и перестраховочной деятельности, гарантирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) принятие решения о возврате/сторнировании ранее полученных страховых премий;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) принятие решений по иным вопросам, касающихся страховой и перестраховочной деятельности, деятельности по гарантированию и управления страховым портфелем и портфелем выданных гарантий, не противоречащих законодательству Республики Казахстан, Уставу и внутренним документам ЭКА.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Основными функциями коллегиального органа по вопросам управления активами и пассивами являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятие инвестиционных решений ЭКА;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      2) принятие решения о возврате/сторнировании ранее полученных страховых премий;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен приказом Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принятие решения по осуществлению страховых и гарантийных выплат, в рамках лимитов, утвержденных Советом директоров ЭКА;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      3) принятие решения по осуществлению страховых выплат, в рамках лимитов, утвержденных Советом директоров ЭКА;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятие решений по установлению сверх максимальных лимитов на банки-контрагенты (контрагенты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...15 lines deleted...]
-      4) принятие решений по установлению сверх максимальных лимитов на банки-контрагенты (контрагенты);</w:t>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение и предоставление рекомендаций в части кредитов, финансовой помощи и гарантий, выдаваемых ЭКА, а также по заемному финансированию ЭКА;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      5) рассмотрение и предоставление рекомендаций в части кредитов, финансовой помощи и гарантий, выдаваемых ЭКА, а также по заемному финансированию ЭКА;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рассмотрение анализа финансового состояния банков, контрагентов, эмитентов ценных бумаг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      6) рассмотрение анализа финансового состояния банков/контрагентов;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принятие решение по выбору брокера/дилера/кастодиана в соответствии с внутренними документами ЭКА;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      7) принятие решение по выбору брокера/дилера/кастодиана в соответствии с внутренними документами ЭКА;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) принятие решений по иным вопросам, касающихся управления активами и обязательствами ЭКА, не противоречащих законодательству Республики Казахстан, Уставу и внутренним документам ЭКА.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      8) принятие решений по иным вопросам, касающихся управления активами и обязательствами ЭКА, не противоречащих законодательству Республики Казахстан, Уставу и внутренним документам ЭКА.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основными функциями коллегиального органа по вопросам урегулирования страховых и гарантийных случаев являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      6. Основными функциями коллегиального органа по вопросам урегулирования страховых и гарантийных случаев являются:</w:t>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятие решений по страховым и гарантийным случаям, включая утверждение плана мероприятий, дача поручений ответственным структурным подразделениям ЭКА, предварительное одобрение отказов в осуществлении страховых и гарантийных выплат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      1) принятие решений по страховым и гарантийным случаям, включая утверждение плана мероприятий, дача поручений ответственным структурным подразделениям ЭКА, предварительное одобрение отказов в осуществлении страховых и гарантийных выплат;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассмотрение вопросов, связанных с кредиторской и дебиторской задолженностью ЭКА по договорам добровольного страхования и перестрахования, договорам гарантий, и принятие решений по их урегулированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      2) рассмотрение вопросов, связанных с кредиторской и дебиторской задолженностью ЭКА по договорам добровольного страхования и перестрахования, договорам гарантий, и принятие решений по их урегулированию;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассмотрение и принятие решений по вопросам урегулирования страховых и гарантийных споров в досудебном и судебном порядке, а также исполнительном производстве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      3) рассмотрение и принятие решений по вопросам урегулирования страховых и гарантийных споров в досудебном и судебном порядке, а также исполнительном производстве;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятие решений по иным вопросам, касающимся вопросов урегулирования споров с участием ЭКА, не противоречащих законодательству Республики Казахстан, Уставу и внутренним документам ЭКА.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      4) принятие решений по иным вопросам, касающимся вопросов урегулирования споров с участием ЭКА, не противоречащих законодательству Республики Казахстан, Уставу и внутренним документам ЭКА.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Система внутреннего контроля представляет собой систему организации, политики, процедур и методов, принимаемых ЭКА для обеспечения деятельности, включая эффективность управления рисками, активами и обязательствами, сохранности активов, полноты, достоверности и своевременности финансовой отчетности, а также информационной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      7. Система внутреннего контроля представляет собой систему организации, политики, процедур и методов, принимаемых ЭКА для обеспечения деятельности, включая эффективность управления рисками, активами и обязательствами, сохранности активов, полноты, достоверности и своевременности финансовой отчетности, а также информационной безопасности.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. ЭКА для проверки и объективной оценки эффективности функционирования системы управления рисками и внутреннего контроля по всем аспектам деятельности обеспечивает проведение внутреннего аудита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      8. ЭКА для проверки и объективной оценки эффективности функционирования системы управления рисками и внутреннего контроля по всем аспектам деятельности обеспечивает проведение внутреннего аудита.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В штате ЭКА обязательно наличие актуария, имеющего лицензию уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на осуществление актуарной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      9. В штате ЭКА обязательно наличие актуария, имеющего лицензию уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на осуществление актуарной деятельности.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. ЭКА в целях контроля финансовой устойчивости, на ежемесячной основе рассчитывает норматив достаточности капитала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      10. ЭКА в целях контроля финансовой устойчивости, на ежемесячной основе рассчитывает норматив достаточности капитала.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Норматив достаточности капитала рассчитывается как соотношение собственного капитала ЭКА к обязательствам ЭКА и составляет не менее двух единиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      Норматив достаточности капитала рассчитывается как соотношение собственного капитала ЭКА к обязательствам ЭКА и составляет не менее двух единиц.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган в области регулирования торговой деятельности (далее – уполномоченный орган) информацию о соблюдении норматива достаточности собственного капитала согласно пункту 10 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      11. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган в области регулирования торговой деятельности (далее – уполномоченный орган) информацию о соблюдении норматива достаточности собственного капитала согласно пункту 10 настоящих Правил.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 11 внесено изменение на государственном языке, текст на русском языке не меняется в соответствии с приказом Министра торговли и интеграции РК от 23.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-нқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Управление рисками и внутренний контроль</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В рамках обеспечения устойчивости и управления рисками и внутреннего контроля, связанными со страховой, перестраховочной, гарантийной и иной деятельностью ЭКА обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие андеррайтинга страхования, перестрахования, гарантирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждение лимитов по страховым и гарантийным выплатам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждение политики по перестрахованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждение политики управлению комплаенс-риском;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размещение временно свободных денежных средств в соответствии с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование страховых резервов (обязательств).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Совет директоров в целях обеспечения эффективности системы внутреннего контроля ЭКА, обеспечения функциональной и организационной независимости службы внутреннего аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждает правила по организации внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает положение о службе внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает годовой план и бюджет внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) назначает руководителя и работников службы внутреннего аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Положение о службе внутреннего аудита включает, но не ограничивается следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организационный статус службы внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) миссию, задачи и функции службы внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) права и обязанности службы внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требования к профессиональным качествам руководителя и работников службы внутреннего аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Правила по организации внутреннего аудита включают, но не ограничивается следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок и процедуры планирования и осуществления внутреннего аудита, в том числе включающие методику оценки системы управления рисками и внутреннего контроля, корпоративного управления с указанием критериев оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) порядок взаимодействия и обмена информацией со структурными подразделениями ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Коллегиальный орган по вопросам внутреннего аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает разработку и согласовывает правила по организации внутреннего аудита, положения о службе внутреннего аудита, годового плана, бюджета и плана обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет мониторинг и контроль за соблюдением ЭКА и ее работниками правил по организации внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет отбор кандидатуры руководителя и работников службы внутреннего аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Служба внутреннего аудита создается в целях предоставления объективной оценки состояния системы внутреннего контроля, системы управления рисками, корпоративного управления и рекомендаций по их совершенствованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Служба внутреннего аудита в своей деятельности руководствуется уставом ЭКА, положением о службе внутреннего аудита ЭКА, Правилами по организации внутреннего аудита, а также внутренними документами, регламентирующими деятельность ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Служба внутреннего аудита составляет план внутреннего аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План внутреннего аудита основывается на риск-ориентированном подходе, определяющем приоритетные направления внутреннего аудита в соответствии с целями ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В задачи службы внутреннего аудита входит рассмотрение и обсуждение следующих вопросов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) функционирование системы внутреннего контроля и системы управления рисками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовка отчетности для совета директоров о деятельности службы внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) любые существенные недостатки в бухгалтерском учете или внутреннем аудите, выявленные внешними или внутренними аудиторами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Основными функциями службы внутреннего аудита являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработка и предоставление на утверждение совету директоров правил, положения, бюджета, плана деятельности службы внутреннего аудита, аудиторского заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проверка и оценка эффективности системы внутреннего контроля и системы управления рисками, а также содействие в постоянном совершенствовании системы внутреннего контроля и системы управления рисками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставление рекомендаций совету директоров по совершенствованию внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оценка принятых управленческих решений в части управления активами и обязательствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оценка адекватности и эффективности контроля за рисками в сфере корпоративного управления, операционной деятельности организации и ее информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) функции в пределах компетенции службы внутреннего аудита, предусмотренные внутренними документами ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Служба внутреннего аудита имеет доступ ко всем материалам, сведениям, документам (файлам), информации необходимых для осуществления своих функций, в том числе находящихся в локальных вычислительных сетях и автономных компьютерных системах, без права внесения в них изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Руководитель службы внутреннего аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не менее одного раза в год подтверждает совету директоров факт организационной независимости и объективности внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доводит до сведения совета директоров информацию о фактах вмешательства в деятельность службы внутреннего аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Работники службы внутреннего аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают требования законодательства Республики Казахстан об экспортно-кредитном агентстве, об акционерных обществах, о рынке ценных бумаг, о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководствуются международными профессиональными стандартами внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявляют искажения отчетности в результате мошенничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) документируют аудиторские решения и доказательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соблюдают конфиденциальность информации, полученной при осуществлении своих полномочий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в ходе оценки полученных аудиторских доказательств выполняют процедуры проверки сделок (операций), несоответствующих основной деятельности ЭКА, при которых оценивается соответствие сделки (операции) целям ЭКА (отсутствие цели) на предмет мошенничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Руководитель и работники службы внутреннего аудита не могут одновременно являться руководителем и (или) работниками иных структурных подразделений, а также быть членами коллегиальных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Работники ЭКА информируют службу внутреннего аудита о следующих сделках (операциях):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлении страховой и гарантийной выплаты в размере более 3 000 (трех тысяч) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) других сделках (операциях), вызывающих сомнения в их законности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. В пункт 11 внесено изменение на государственном языке, текст на русском языке не меняется в соответствии с приказом Министра торговли и интеграции РК от 23.05.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 227-нқ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 с изменением, внесенным приказом Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Андеррайтинг страхования, перестрахования гарантирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Совет директоров в целях эффективного управления риском, связанным с андеррайтингом страхования, перестрахования и гарантирования утверждает внутренний документ по андеррайтингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Принятие решения по страхованию, перестрахованию, гарантированию осуществляется на основании рекомендаций структурных подразделений в порядке, предусмотренном внутренними документами ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 – в редакции приказа Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Совет директоров утверждает лимиты коллегиальных органов по принятию решений о заключении договоров страхования, перестрахования и гарантирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Лимиты коллегиальных органов по принятию решений о заключении договоров добровольного страхования, перестрахования и гарантирования устанавливаются на совокупность договоров добровольного страхования, перестрахования и гарантирования, объектом добровольного страхования/гарантирования по которым являются имущественные интересы страхователей либо выгодоприобретателей (в том числе в рамках гарантирования), связанные с убытками, возникающими при неисполнении обязательств одним и тем же физическим или юридическим лицом (юридическими/физическими лицами, связанных между собой).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под связанными юридическими/физическими лицами понимаются физические или юридические лица (за исключением государственных органов, осуществляющих контрольные и надзорные функции в рамках предоставленных им полномочий), имеющие возможность прямо и (или) косвенно определять решения и (или) оказывать влияние на принимаемые друг другом (одним из лиц) решения, в том числе в силу заключенной сделки. В случае, если данное физическое или юридическое лицо уже имеет задолженность перед ЭКА, сумма задолженности включается в расчет лимитов по заключению договоров страхования, перестрахования, гарантирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию о соблюдении лимитов по принятию решений о заключении договоров добровольного страхования, перестрахования и гарантирования согласно пунктам 29 и 30 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Предельный объем ответственности, оставляемый на собственном удержании ЭКА по договору добровольного страхования, перестрахования, гарантирования (в том числе совокупности договоров) на дату заключения и внесения изменений в договор добровольного страхования, перестрахования, гарантирования (в части объема обязательств) не должен превышать по договорам страхования, перестрахования, гарантирования 25 % от балансовой стоимости активов ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под совокупностью договоров добровольного страхования, перестрахования и гарантирования, понимается два и более договора по которым объектом добровольного страхования/гарантирования являются имущественные интересы страхователей либо выгодоприобретателей (в том числе в рамках гарантирования), связанные с убытками, возникающими при неисполнении обязательств одним и тем же физическим или юридическим лицом (юридическими/физическими лицами, связанных между собой).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. ЭКА по договору добровольного страхования, перестрахования, гарантирования (в том числе совокупности договоров) согласно пункту 32 настоящих Правил не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию о соблюдении предельных объемов ответственности, оставляемых на собственном удержании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Управление рисками и внутренний контроль</w:t>
-[...1083 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+        <w:t xml:space="preserve"> Параграф 3. Страховые и гарантийные выплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Совет директоров в рамках управления рисками выплат утверждает лимиты страховых и гарантийных выплат, принятие решения по которым относится к компетенции совета директоров, совета по управлению активами и пассивами, правления, подразделения по выплатам и других органов ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Порядок осуществления страховых и гарантийных выплат определяется внутренним документом, утвержденным Советом директоров ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию о соблюдении лимитов страховых и гарантийных выплат согласно пунктам 34 и 35 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Андеррайтинг страхования, перестрахования гарантирования</w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+        <w:t xml:space="preserve"> Параграф 4. Перестрахование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Совет директоров в целях эффективного управления риском перестрахования утверждает политику по перестрахованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. ЭКА в целях контроля за финансовой устойчивостью осуществляет передачу страховых рисков на перестрахование с учетом следующих требований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) страховым (перестраховочным) организациям-резидентам Республики Казахстан, соблюдающим пруденциальные нормативы, установленные уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) страховым (перестраховочным) организациям-нерезидентам Республики Казахстан, экспортно-кредитным агентствам-нерезидентам Республики Казахстан, имеющим рейтинговую оценку перестраховщика не ниже "BBB-" по международной или национальной шкале признаваемых рейтинговых агентств, указанных в пункте 39 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные требования не распространяются на международные финансовые организации, реализующие функции по осуществлению страховой и (или) гарантийной поддержки экспорта, а также зарубежные организации, с долей государственного участия в уставном капитале не менее 50 процентов, которые осуществляют функции по страховой и (или) гарантийной поддержке экспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 38 с изменением, внесенным приказом Министра торговли и интеграции РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. ЭКА признаются рейтинговые оценки агентств Standard &amp; Poor's (Стандард энд Пурс), Moody’s (Мудис), Fitch (Фитч), A.M. Best (Эй. Эм. Бест), АКРА (Аналитическое кредитное рейтинговое агентство), Эксперт РА, их дочерних рейтинговых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию по соблюдению требований по перестрахованию согласно пунктам 37, 38 и 39 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 3. Страховые и гарантийные выплаты</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+        <w:t xml:space="preserve"> Параграф 5. Комплаенс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Функции и полномочия подразделения по комплаенсу устанавливаются законодательством Республики Казахстан и внутренними документами, утвержденными Советом директоров ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Совет директоров в целях эффективного управления комплаенс - риском:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет общий контроль за управлением комплаенс-риском в организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает политику по управлению комплаенс-риском;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает на должность комплаенс-контролера, ответственного за организацию и координацию управления комплаенс-риском;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не реже одного раза в год оценивает эффективность управления комплаенс-риском в организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет контроль за реализацией политики по управлению комплаенс-рисками, включая обеспечение эффективного и оперативного решения вопросов управления комплаенс-рисками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 4. Перестрахование</w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+        <w:t xml:space="preserve"> Параграф 6. Размещение временно свободных денежных средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. ЭКА осуществляет размещение временно свободных денежных средств с учетом следующих требований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на банковские счета и вклады, а также долговые ценные бумаги, выпущенные банками второго уровня, с долгосрочным кредитным рейтингом не ниже "В" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч)), Банке Развития Казахстана либо:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на банковские счета и вклады, а также долговые ценные бумаги банков второго уровня, которые являются дочерними банками-резидентами Республики Казахстан, родительские банки-нерезиденты Республики Казахстан которых имеют долгосрочный кредитный рейтинг в иностранной валюте не ниже "А-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на счета и вклады, а также долговые ценные бумаги, выпущенные международными финансовыми организациями, имеющих долгосрочный рейтинг не ниже "BBB-" агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в государственные ценные бумаги Республики Казахстан (в том числе эмитированные в соответствии с законодательством других государств), выпущенные Министерством финансов Республики Казахстан и Национальным Банком Республики Казахстан или ценные бумаги, обеспеченные безусловной и безотзывной гарантией Правительства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в негосударственные долговые ценные бумаги юридических лиц Республики Казахстан, выпущенные в соответствии с законодательством Республики Казахстан и других государств, имеющие (эмитент которых имеет) рейтинговую оценку не ниже "BBB-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч)) (данное требование не относится к ценным бумагам, полученным экспортно-кредитным агентством в рамках суброгации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в долговые ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами иностранных государств, имеющих суверенный рейтинг не ниже "BBB-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) аффинированные драгоценные металлы, при наличии лицензии уполномоченного государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в негосударственные долговые ценные бумаги, выпущенные иностранными эмитентами, имеющие рейтинговую оценку не ниже "BBB-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) операции "обратное РЕПО";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) долговые ценные бумаги, выпущенные акционерными обществами "Фонд национального благосостояния "Самрук-Казына", "Национальный управляющий холдинг "Байтерек", в соответствии с законодательством Республики Казахстан и других государств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) на счета акционерного общества "Центральный депозитарий ценных бумаг", Национального Банка Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) производные финансовые инструменты, отвечающие требованиям внутренних документов ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. ЭКА соблюдает следующие лимиты размещения денежных средств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) суммарная балансовая стоимость инвестиций в ценные бумаги (с учетом операций "обратное РЕПО"), вклады и деньги в одном банке второго уровня, имеющем долгосрочный кредитный рейтинг не ниже "ВВ-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, или являющемся дочерним банком-резидентом Республики Казахстан, родительский банк-нерезидент Республики Казахстан которого имеет долгосрочный кредитный рейтинг в иностранной валюте не ниже "А-" агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, и аффилированных лицах данного банка, Банке Развития Казахстана составляет не более 20% от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) суммарная балансовая стоимость инвестиций в ценные бумаги (с учетом операций "обратное РЕПО"), вклады и деньги в одном банке второго уровня, имеющем долгосрочный кредитный рейтинг от "В" до "В+" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств, и аффилированных лицах данного банка составляет не более 10% от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) суммарная балансовая стоимость инвестиций в ценные бумаги, вклады и деньги (с учетом операций "обратное РЕПО") в одну международную финансовую организацию не ниже "BBB-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч)), не более 20% от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) суммарная балансовая стоимость инвестиций в ценные бумаги (с учетом операций "обратное РЕПО") и деньги в одном юридическом лице, не являющимся банком второго уровня и аффилированным лицом данного юридического лица имеющего рейтинговую оценку не ниже " BBB-" по международной шкале агентства Standard &amp; Poor's (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других международных рейтинговых агентств (Moody’s (Мудис), Fitch (Фитч)) либо имеющих гарантию Правительства Республики Казахстан (данное требование не относится к ценным бумагам, полученным Экспортно-кредитным агентством Казахстана в рамках суброгации) составляет не более 10% от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) суммарная балансовая стоимость инвестиций в ценные бумаги (с учетом операций "обратное РЕПО"), имеющие статус государственных, выпущенные центральным правительством одного иностранного государства, имеющих суверенный рейтинг не ниже "BBB-" составляет не более 10 % от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) суммарное размещение в аффинированные драгоценные металлы составляет не более 5 % от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) суммарная балансовая стоимость инвестиций в негосударственные долговые ценные бумаги, выпущенные одним иностранным эмитентом, имеющим рейтинговую оценку не ниже "BBB-" по международной шкале агентства Standard &amp; Poor’s (Стандард энд Пурс) или рейтинг аналогичного уровня одного из других рейтинговых агентств – не более 10% от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) балансовая стоимость инвестиций в долговые ценные бумаги (с учетом операций "обратное РЕПО"), выпущенные акционерными обществами "Фонд национального благосостояния "Самрук-Казына", "Национальный управляющий холдинг "Байтерек", в соответствии с законодательством Республики Казахстан и других государств – не более 10% от собственного капитала ЭКА на каждое акционерное общество;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) суммарная балансовая стоимость денежных средств на счетах акционерного общества "Центральный депозитарий ценных бумаг" – не более 20 % от собственного капитала ЭКА;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) производные финансовые инструменты не более 5 % от собственного капитала ЭКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. ЭКА осуществляет операции "обратное РЕПО", заключенной с участием центрального контрагента и приобретает ценные бумаги Национального Банка Республики Казахстан, Министерства финансов Республики Казахстан без установления лимитов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. ЭКА с учетом требований настоящей главы приобретает негосударственные долговые ценные бумаги юридических лиц Республики Казахстан, включенных в официальный список фондовой биржи, осуществляющей деятельность на территории Республики Казахстан или допущенных к публичным торгам на фондовой бирже, функционирующей на территории Международного финансового центра "Астана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию по соблюдению требований по размещению временно свободных денежных средств согласно пунктам 43, 44, 45 и 46 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 5. Комплаенс</w:t>
-[...697 lines deleted...]
-      47. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию по соблюдению требований по размещению временно свободных денежных средств согласно пунктам 43, 44, 45 и 46 настоящих Правил.</w:t>
+        <w:t xml:space="preserve"> Глава 3. Формирование резервов и проведения по ним актуарных расчетов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z169" w:id="163"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Формирование резервов и проведения по ним актуарных расчетов</w:t>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Актуарная практика в ЭКА осуществляется в соответствии с настоящими Правилами и международными принципами (стандартами) осуществления актуарной практики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
-[...15 lines deleted...]
-      48. Актуарная практика в ЭКА осуществляется в соответствии с настоящими Правилами и международными принципами (стандартами) осуществления актуарной практики.</w:t>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Для обеспечения исполнения обязательства по договорам страхования и перестрахования, а также по гарантиям, ЭКА формирует резервы (далее – Обязательства). Состав Обязательств, методы и правила их формирования, а также формы определяются внутренним документом, утвержденным Советом директоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
-[...15 lines deleted...]
-      49. Для обеспечения исполнения обязательства по договорам страхования и перестрахования, а также по гарантиям, ЭКА формирует резервы (далее – Обязательства). Состав Обязательств, методы и правила их формирования, а также формы определяются внутренним документом, утвержденным Советом директоров.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Состав Обязательств, методы и правила их формирования соответствуют следующим требованиям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
-[...15 lines deleted...]
-      50. Состав Обязательств, методы и правила их формирования соответствуют следующим требованиям:</w:t>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формируются по обязательствам будущих страховых выплат и их обслуживанию, по страховым случаям и требованиям по гарантиям, которые произошли или были заявлены в предшествующие отчетные периоды и могут произойти или быть заявлены в будущем, в достаточном для этого размере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
-[...15 lines deleted...]
-      1) формируются по обязательствам будущих страховых выплат и их обслуживанию, по страховым случаям и требованиям по гарантиям, которые произошли или были заявлены в предшествующие отчетные периоды и могут произойти или быть заявлены в будущем, в достаточном для этого размере;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) методы расчета Обязательств соответствуют общепринятой мировой актуарной практике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
-[...15 lines deleted...]
-      2) методы расчета Обязательств соответствуют общепринятой мировой актуарной практике;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) методы расчета Обязательств учитывают оценку возможных будущих доходов, связанных с исполнением договоров страхования, перестрахования и гарантирования в частности долей перестраховщиков в убытках и (или) расходах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
-[...15 lines deleted...]
-      3) методы расчета Обязательств учитывают оценку возможных будущих доходов, связанных с исполнением договоров страхования, перестрахования и гарантирования в частности долей перестраховщиков в убытках и (или) расходах;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Обязательства учитывают курсы валют, в которых номинированы обязательства договоров страхования, перестрахования и гарантирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
-[...15 lines deleted...]
-      4) Обязательства учитывают курсы валют, в которых номинированы обязательства договоров страхования, перестрахования и гарантирования.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию о сформированных обязательствах согласно пунктам 49 и 50 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
-[...15 lines deleted...]
-      51. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет в уполномоченный орган информацию о сформированных обязательствах согласно пунктам 49 и 50 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Актуарная практика в ЭКА включает в себя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
-[...15 lines deleted...]
-      52. Актуарная практика в ЭКА включает в себя:</w:t>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составление актуарного заключения в порядке и на условиях, предусмотренных внутренними документами, утвержденных Советом директоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z179" w:id="173"/>
-[...15 lines deleted...]
-      1) составление актуарного заключения в порядке и на условиях, предусмотренных внутренними документами, утвержденных Советом директоров;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработку методологии исчисления тарифов, а также расчет ставок премий по договорам добровольного страхования и перестрахования, гарантирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z180" w:id="174"/>
-[...15 lines deleted...]
-      2) разработку методологии исчисления тарифов, а также расчет ставок премий по договорам добровольного страхования и перестрахования, гарантирования;</w:t>
+    <w:bookmarkStart w:name="z181" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказание консультационных услуг и предоставление рекомендаций по вопросам актуарных расчетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z181" w:id="175"/>
-[...15 lines deleted...]
-      3) оказание консультационных услуг и предоставление рекомендаций по вопросам актуарных расчетов;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вопросы, связанные с оценкой финансовой устойчивости и платежеспособности ЭКА в части актуарных расчетов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z182" w:id="176"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. ЭКА имеет сформированные Обязательства в объеме, рассчитанном актуарием. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Актуарий осуществляет стресс-тестинг по различным сценариям, проводит тест на адекватность сформированных Обязательств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z184" w:id="178"/>
-[...15 lines deleted...]
-      54. Актуарий осуществляет стресс-тестинг по различным сценариям, проводит тест на адекватность сформированных Обязательств.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет информацию в уполномоченный орган информацию по соблюдению требований пункта 54 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z185" w:id="179"/>
-[...15 lines deleted...]
-      55. ЭКА не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным кварталом и не позднее тридцатого апреля года, следующего за отчетным годом, представляет информацию в уполномоченный орган информацию по соблюдению требований пункта 54 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Основные требования к деятельности ЭКА по установлению, упорядочению и корректировке тарифов устанавливаются в Тарифной политике, утвержденной Советом директоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z186" w:id="180"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4665,31 +5045,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>