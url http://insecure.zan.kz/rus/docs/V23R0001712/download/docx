--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9e9f6f" w14:textId="c9e9f6f">
+    <w:p w14:paraId="ea40224" w14:textId="ea40224">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата города Алматы "Об утверждении Правил предоставления транспортных услуг по перевозке туристов в городе Алматы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата города Алматы от 26 января 2023 года № 1/36. Зарегистрировано Департаментом юстиции города Алматы 26 января 2023 года № 1712</w:t>
+        <w:t>Постановление акимата города Алматы от 26 января 2023 года № 1/36. Зарегистрировано Департаментом юстиции города Алматы 26 января 2023 года № 1712.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -657,869 +657,939 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используется следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) автомобильный перевозчик (далее - перевозчик) - физическое или юридическое лицо, владеющее автотранспортными средствами, за исключением легковых, на праве собственности или на иных законных основаниях, осуществляющее предпринимательскую деятельность по перевозке пассажиров, багажа, грузов и почтовых отправлений;</w:t>
-[...197 lines deleted...]
-      12) субъекты туристской деятельности – туроператоры и турагенты, осуществляющие деятельность в Республике Казахстан в качестве индивидуальных предпринимателей или юридических лиц, а также общественные объединения в области туристской деятельности, организация, созданная Правительством Республики Казахстан в целях развития внутреннего и въездного туризма;</w:t>
+      1) автобус – автомобильное транспортное средство, предназначенное для перевозки пассажиров и багажа, имеющее более восьми мест для сидения, исключая место водителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автомобильный перевозчик (далее - перевозчик) - физическое или юридическое лицо, владеющее автотранспортными средствами, за исключением легковых, на праве собственности или на иных законных основаниях, осуществляющее предпринимательскую деятельность по перевозке пассажиров, багажа, грузов и почтовых отправлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) туристский агент - физическое или юридическое лицо, осуществляющее турагентскую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) туристские услуги – услуги, необходимые для удовлетворения потребностей туриста, предоставляемые в период его путешествия и в связи с этим путешествием (размещение, перевозка, питание, экскурсии, услуги инструкторов туризма, гидов) и другие услуги, предусмотренные договором на туристское обслуживание, оказываемые в зависимости от целей поездки, а также услуги, направленные на обеспечение равного (безбарьерного) доступа к инфраструктуре туризма для всех туристов, включая лиц с инвалидностью и маломобильные группы населения (инклюзивный туризм);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) туристский транспорт – автобус и микроавтобус, предназначенные для туристско-экскурсионной перевозки по дорогам людей, грузов или оборудования, установленного на нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) субъекты туристской деятельности – туроператоры и турагенты, осуществляющие деятельность в Республике Казахстан в качестве индивидуальных предпринимателей или юридических лиц, а также общественные объединения в области туристской деятельности, организация, созданная Правительством Республики Казахстан в целях развития внутреннего и въездного туризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) договор на туристское обслуживание - соглашение между лицом, осуществляющим туристскую деятельность, и туристом по возмездному оказанию туристских услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) туристская деятельность - предпринимательская деятельность физических или юридических лиц по предоставлению туристских услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) туристский маршрут - путь следования туриста для удовлетворения его потребностей, который разрабатывается туристским оператором и включает в себя посещение объектов туристской деятельности с детальной регламентацией такого посещения (используемый транспорт, места остановки, объекты посещения, места ночлега, медицинская помощь в экстренных случаях и другие условия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) туристский оператор (далее - туроператор) - физическое или юридическое лицо, осуществляющее туристскую операторскую деятельность, туристскую операторскую деятельность в сфере внутреннего, въездного или выездного туризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) туристский продукт - комплекс всех необходимых туристских услуг, достаточных для удовлетворения потребностей туриста во время путешествия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) микроавтобус - автобус особо малого класса, имеющий не более шестнадцати мест для сидения, исключая место водителя, предусмотренных заводом-изготовителем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) устройство вызова экстренных оперативных служб (далее – устройство вызова) – устройство, осуществляющее и обеспечивающее определение координат, скорости и направления движения транспортного средства с помощью сигналов не менее двух действующих глобальных навигационных спутниковых систем, передачу сообщения о транспортном средстве при дорожно-транспортных происшествиях и иной чрезвычайной ситуации, а также двустороннюю голосовую связь с экстренными оперативными службами по сетям подвижной радиотелефонной связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 2 в редакции постановления акимата города Алматы от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/811</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По административно - территориальному признаку внутриреспубликанские перевозки туристов подразделяются на:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) городские – перевозки в пределах установленных границ населенного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пригородные – перевозки по маршрутам, соединяющим населенный пункт с пригородной зоной протяженностью до пятидесяти километров, измеряемых от установленных границ населенного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) междугородные, межобластные – перевозки, осуществляемые между населенными пунктами, находящимися в разных областях, или соединяющие населенные пункты с городами республиканского значения, столицей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок предоставления транспортных услуг по перевозке туристов </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок предоставления транспортных услуг по перевозке туристов </w:t>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Туроператор при формировании, продвижении и реализации туристского продукта в сфере въездного и внутреннего туризма, оказываемые ими транспортные услуги должны соответствовать условиям и требованиям настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
-[...15 lines deleted...]
-      4. Туроператор при формировании, продвижении и реализации туристского продукта в сфере въездного и внутреннего туризма, оказываемые ими транспортные услуги должны соответствовать условиям и требованиям настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Используемый туристский транспорт по перевозке туристов должен иметь государственную регистрацию, необходимые документы и государственный регистрационный номерной знак Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      5. Используемый туристский транспорт по перевозке туристов должен иметь государственную регистрацию, необходимые документы и государственный регистрационный номерной знак Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Перед начальным отправлением туристского транспорта в городских, пригородных, междугородних и межобластных сообщениях пассажиры в салоне посредством штрихового кода (QR-код), звуковой или видеозаписи должны быть проинформированы на государственном, русском и английском языках о следующем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      6. Перед начальным отправлением туристского транспорта в городских, пригородных, междугородних и межобластных сообщениях пассажиры в салоне посредством штрихового кода (QR-код), звуковой или видеозаписи должны быть проинформированы на государственном, русском и английском языках о следующем:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перевозчике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименовании маршрута;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дальности поездки в километрах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) времени следования в пути;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) промежуточных остановках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ограничениях при движении автобуса или микроавтобуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) поведении при экстренных ситуациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) о соблюдении техники безопасности при эксплуатации туристского транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) дополнительном сервисе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты туристкой деятельности обеспечивают наличие штрихового кода (QR-код) в туристском транспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Штриховой код (QR-код) подлежит интеграции к официальным сайтам субъектов туристкой деятельности, где туристы могут ознакомиться с подробной информацией, согласно перечню, указанному в пункте 6 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Субъектам туристкой деятельности при оказании туристских услуг и (или) заключении договора на туристское обслуживание, необходимо соблюдать условия и требования, установленные настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p>
-[...213 lines deleted...]
-      7. Субъектам туристкой деятельности при оказании туристских услуг и (или) заключении договора на туристское обслуживание, необходимо соблюдать условия и требования, установленные настоящими Правилами.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Перевозки детей осуществляются туристским транспортом, оборудованным в соответствии с требованиями настоящих Правил с предоставлением каждому ребенку отдельного места для сидения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      8. Перевозки детей осуществляются туристским транспортом, оборудованным в соответствии с требованиями настоящих Правил с предоставлением каждому ребенку отдельного места для сидения.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Дети, не достигшие семилетнего возраста, могут быть допущены к поездке только при индивидуальном сопровождении официальными представителями, а также родителями и лицами, их заменяющими.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. При осуществлении массовых перевозок детей субъекты туристкой деятельности уведомляют территориальные органы административной полиции Министерства внутренних дел Республики Казахстан в соответствии с требованиями правил перевозок пассажиров и багажа автомобильным транспортом, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 26 марта 2015 года №349 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11550).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Перевозка групп детей туристским транспортом в период с 22:00 до 06:00 часов, в условиях недостаточной видимости (туман, снегопад, дождь), а также в случае других неблагоприятных погодных условий, создающих высокий уровень риска для аварийных ситуации при эксплуатации туристского транспорта не допускается.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      11. Перевозка групп детей туристским транспортом в период с 22:00 до 06:00 часов, в условиях недостаточной видимости (туман, снегопад, дождь), а также в случае других неблагоприятных погодных условий, создающих высокий уровень риска для аварийных ситуации при эксплуатации туристского транспорта не допускается.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Безопасность, санитарное состояние, внешнее оформление, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оборудование и оснащение салона туристского транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...25 lines deleted...]
-        <w:t>оборудование и оснащение салона туристского транспорта</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ответственность за безопасность пассажиров в ходе предоставления транспортных услуг по перевозке туристов, возлагается на перевозчика и субъектов туристкой деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      12. Ответственность за безопасность пассажиров в ходе предоставления транспортных услуг по перевозке туристов, возлагается на перевозчика и субъектов туристкой деятельности.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Иметь бортовой журнал с отметкой о прохождении предрейсового и послерейсового медицинского осмотра и технического осмотра туристского транспорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Перевозчик обеспечивает выезд на туристский маршрут, состояние которого соответствует установленным техническим, экологическим, санитарно-эпидемиологическим требованиям и требованиям пожарной безопасности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Туристский транспорт должен иметь необходимые предупреждающие надписи или знаки об опасностях и условиях безопасной эксплуатации.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      15. Туристский транспорт должен иметь необходимые предупреждающие надписи или знаки об опасностях и условиях безопасной эксплуатации.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Туристский транспорт комплектуется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) медицинской аптечкой (автотранспортной) с необходимым набором лекарств и медицинских средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1694,170 +1764,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Туристский транспорт дополнительно комплектуется оборудованиями, обеспечивающими безопасность при его эксплуатации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О дорожном движении".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Туристский транспорт подлежит эксплуатации при соответствии с санитарно-эпидемиологическим требованиям к транспортным средствам для перевозки пассажиров и грузов, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 января 2021 года № ҚР ДСМ-5 (зарегистрирован в Реестре нормативных правовых актов № 22066).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Туристский транспорт должен иметь отдельное багажное отделение.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      18. Туристский транспорт должен иметь отдельное багажное отделение.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В салоне туристского транспорта возле кабины (места) водителя располагается информация: полное наименование перевозчика, номера контактных телефонов перевозчика, организатора перевозок, номера телефонов транспортного контроля и медицинской службы, схема маршрута, права и обязанности пассажиров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      19. В салоне туристского транспорта возле кабины (места) водителя располагается информация: полное наименование перевозчика, номера контактных телефонов перевозчика, организатора перевозок, номера телефонов транспортного контроля и медицинской службы, схема маршрута, права и обязанности пассажиров.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В передней части салона туристского транспорта, предусматриваются места для лиц с инвалидностью, пенсионеров, беременных женщин и пассажиров с детьми дошкольного возраста. Рядом с этими местами располагается информационное табло, указывающее на их предназначение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      20. В передней части салона туристского транспорта, предусматриваются места для лиц с инвалидностью, пенсионеров, беременных женщин и пассажиров с детьми дошкольного возраста. Рядом с этими местами располагается информационное табло, указывающее на их предназначение.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Салон туристского транспорта подлежит оснащению и оборудованию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) комфортными креслами надлежащего состояния с возможностью регулировки под индивидуальные параметры пассажира;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1953,55 +2023,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2327,31 +2397,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>