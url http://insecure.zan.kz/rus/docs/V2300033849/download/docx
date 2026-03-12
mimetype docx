--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3bef018" w14:textId="3bef018">
+    <w:p w14:paraId="8361160" w14:textId="8361160">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,80 +100,83 @@
         </w:rPr>
         <w:t>О внесении изменений в некоторые постановления Правления Национального Банка Республики Казахстан по вопросам представления отчетности участниками страхового рынка</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 25 декабря 2023 года № 99. Зарегистрировано в Министерстве юстиции Республики Казахстан 29 декабря 2023 года № 33849.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утратил силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -239,1361 +242,187 @@
         </w:rPr>
         <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      3. Департаменту статистики финансового рынка Национального Банка Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Внести в </w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) совместно с Юридическим департаментом Национального Банка Республики Казахстан государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего постановления представление в Юридический департамент Национального Банка Республики Казахстан сведений об исполнении мероприятия, предусмотренного подпунктом 2) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя Председателя Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1248 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1621,88 +450,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Национального Банка</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1740,203 +547,204 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Сулейменов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z371" w:id="20"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАНО"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюро национальной статистики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Агентства по стратегическому</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>планированию и реформам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАНО"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по регулированию и развитию</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансового рынка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАНО"</w:t>
-[...139 lines deleted...]
-        <w:t>финансового рынка</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2034,82 +842,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2207,82 +1028,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 2 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2380,82 +1214,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 3 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2553,82 +1400,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 4 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 4 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2726,82 +1586,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 5 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 5 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2899,82 +1772,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 6 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 6 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3072,82 +1958,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 7 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 7 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3245,82 +2144,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 8 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 8 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3418,82 +2330,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 9 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 9 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3591,82 +2516,119 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 10 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 10 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3759,2743 +2721,102 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2023 года № 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...76 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z674" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 10 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...2595 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>