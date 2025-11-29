--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e5f85e" w14:textId="2e5f85e">
+    <w:p w14:paraId="79ad131" w14:textId="79ad131">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1408,714 +1408,794 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z443" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека в квартире;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z444" w:id="29"/>
+    <w:bookmarkStart w:name="z455" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища не более пятнадцати кубических метров за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z444" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z445" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z445" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z446" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z446" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       холодная вода не более четырех метров кубических на человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z447" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z447" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       горячая вода не более двух метров кубических на человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z448" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z448" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей с приборами учета не более ноль целых двадцать пять тысячных гигакалории на один квадратный метр в месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z449" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z456" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом области, города республиканского значения, столицы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z449" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z450" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z450" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z451" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z451" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z452" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z452" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z453" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z453" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z454" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z454" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 4-1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 28.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 492</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="40"/>
+    <w:bookmarkStart w:name="z34" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в Государственную корпорацию или веб-портал "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z35" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z35" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок назначения жилищной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z36" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z36" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель для получения государственной услуги направляет Услугодателю через веб-портал "электронного правительства" или Государственную корпорацию заявление о назначении жилищной помощи, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z37" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z37" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Назначение жилищной помощи" предусмотрен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z38" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z38" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для назначения жилищной помощи услугополучатель (либо его представитель по нотариально заверенной доверенности) предоставляет документы согласно пункту 8 Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z39" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z39" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование документов, не предусмотренных настоящим пунктом, не допускается. Сведения о наличии или отсутствии жилища (по Республике Казахстан), принадлежащего им на праве собственности, услугодатель получает посредством информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z40" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z40" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При повторном обращении услугополучатель (либо его представитель по нотариально заверенной доверенности) представляет только подтверждающие документы о доходах семьи и счета на коммунальные расходы за истекший квартал перед обращением, за исключением, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z41" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z41" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z42" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z42" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При представлении неполного пакета документов, предусмотренного пунктом 8 Перечня основных требований к оказанию государственной услуги, работник Государственной корпорации выдает расписку об отказе в приеме документов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z43" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z43" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При обращении через веб-портал "электронного правительства", услугополучателю в "личный кабинет" направляются статус о принятии запроса на оказание государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z44" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Государственная корпорация принимает заявление посредством информационной системы и направляет его услугодателю, осуществляющему назначение жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z45" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Услугодатель отказывает в предоставлении жилищной помощи в порядке и сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z46" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z46" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Решение о назначении жилищной помощи либо мотивированный ответ об отказе в предоставлении услуги принимается услугодателем, осуществляющим назначение жилищной помощи. Уведомление о назначении либо мотивированный ответ об отказе в назначении жилищной помощи направляется в Государственную корпорацию или "личный кабинет" в виде электронного документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z47" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z47" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2134,271 +2214,271 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="54"/>
+    <w:bookmarkStart w:name="z48" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Действия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z49" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z49" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) канцелярия услугодателя осуществляет регистрацию заявления с документами, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги настоящих Правил, в день их поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z50" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z50" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z51" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исполнитель услугодателя рассматривает заявление с документами на соответствие требованиям настоящих Правил в течение – 2 (двух) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z52" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z52" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении услугополучателем полного пакета документов, сотрудник ответственного структурного подразделения в течение 5 (пяти) рабочих дней, проверяет на соответствие документ, удостоверяющий личность заявителя, документы, подтверждающие доходы семьи (за исключением сведений получаемых из соответствующих государственных информационных систем), справку с места работы либо справку о регистрации в качестве безработного лица (за исключением сведений получаемых из соответствующих государственных информационных систем), сведения об алиментах на детей и других иждивенцев, банковский счет, счета о размерах ежемесячных взносов на содержание жилого дома (жилого здания), счета на потребление коммунальных услуг, квитанцию-счет за услуги телекоммуникаций или копия договора на оказание услуг связи, счет о размере арендной платы за пользование жилищем, арендованным местным исполнительным органом в частном жилищном фонде, предъявленный местным исполнительным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z53" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z53" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) исполнитель услугодателя по результатам рассмотрения заявления с документами оформляет уведомление о назначении жилищной помощи либо мотивированный отказ, подписанный ЭЦП руководителя услугодателя и направляет через "личный кабинет" услугополучателя или Государственную корпорацию в течение – 1 (одного) рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z54" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z54" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК), услугодатель уведомляет услугополучателя о предварительном решении, об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z55" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z55" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z56" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z56" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугополучателю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя либо на бумажном носителе, направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z57" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z57" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Выдача готовых документов через Государственную корпорацию осуществляется при предъявлении документа, удостоверяющего личность, либо электронный документ из сервиса цифровых документов (для идентификации личности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z58" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z58" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. В соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2413,1229 +2493,1229 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги, утвержденных приказом исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 8555).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z59" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z59" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При внесении изменений и (или) дополнений в Правила, уполномоченный орган в сфере жилищных отношений и жилищно-коммунального хозяйства направляет услугодателям, Государственной корпорации, оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 3 (три) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z60" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z60" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z61" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z61" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z62" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z62" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в настоящих Правилах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z63" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z63" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z64" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z64" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z65" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z65" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок исчисления совокупного дохода малообеспеченной семьи (граждан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z66" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z66" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Совокупный доход услугополучателя, претендующей на получение жилищной помощи, исчисляется услугодателем, осуществляющим назначение жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z67" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z67" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При исчислении совокупного дохода услугополучателя учитываются все виды доходов, полученные в Республике Казахстан и за ее пределами за расчетный период:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z68" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z68" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы, получаемые в виде оплаты труда, социальных выплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z69" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z69" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) доходы в виде алиментов на детей и других иждивенцев, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О браке (супружестве) и семье";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z70" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z70" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходы от личного подсобного хозяйства – приусадебного хозяйства, включающего содержание скота и птицы, садоводство, огородничество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z71" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z71" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) доходы от предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z72" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z72" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) доходы от сдачи в аренду и продажи недвижимого имущества и движимого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z73" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z73" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) доходы от ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z74" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z74" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) доходы полученные в виде дарения, наследования недвижимого имущества, движимого и другого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z75" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z75" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) доходы в виде безвозмездно полученных денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z76" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z76" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) доходы в виде вознаграждений (интереса) по денежным вкладам и депозитам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z77" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z77" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) доходы в виде выигрышей в натуральном и (или) денежном выражении, полученных на конкурсах, соревнованиях (олимпиадах), фестивалях, по лотереям, розыгрышам, включая по вкладам и долговым ценным бумагам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z78" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z78" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Доходы, указанные в подпунктах 5), 6), 7, 8), 9) и 10) пункта 20 настоящих Правил учитываются по времени получения и подтверждаются письменным заявлением в произвольной форме с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z79" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z79" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Доходы от сдачи в аренду недвижимого имущества или движимого имущества подтверждаются предоставлением копии договора имущественного найма (аренды) с приложением подтверждающего документа об оплате нанимателя (арендатора).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z80" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z80" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Доход, полученный от продажи недвижимого и (или) движимого имущества, указанный семьей (гражданином), подтверждается копией договора купли- продажи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z81" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z81" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При приобретении недвижимого и (или) движимого имущества в том же квартале, когда была осуществлена их продажа, в совокупном доходе услугополучателя учитывается разница между стоимостью приобретенного недвижимого и (или) движимого имущества и суммой, вырученной от продажи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z82" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z82" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. При исчислении совокупного дохода услугополучателя не рассматриваются в качестве дохода физического лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z83" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z83" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) адресная социальная помощь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z84" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z84" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жилищная помощь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z85" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z85" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) единовременные пособия на погребение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z86" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z86" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственные социальные пособия по инвалидности детям с инвалидностью до семи лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z87" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z87" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) государственные социальные пособия по инвалидности детям с инвалидностью с семи до восемнадцати лет первой, второй, третьей групп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z88" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z88" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) специальные государственные пособия детям с инвалидностью до семи лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z89" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z89" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) специальные государственные пособия детям с инвалидностью с семи до восемнадцати лет первой, второй, третьей групп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z90" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z90" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ежемесячные государственные пособия, назначаемые и выплачиваемые многодетным матерям, награжденным подвесками "Алтын алқа", "Күміс алқа" или получившим ранее звание "Мать-героиня", награжденным орденами "Материнская слава" I и II степени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z91" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z91" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) стипендии, в том числе государственная именная и именная стипендии, выплачиваемые студентам, обучающимся в организациях образования, реализующих образовательные программы высшего образования, студентам организаций образования, реализующих образовательные программы технического и профессионального послесреднего образования (училищ, колледжей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z92" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z92" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) помощь, оказанная семье в целях возмещения ущерба, причиненного их здоровью и имуществу вследствие чрезвычайных ситуаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z93" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z93" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) единовременные государственные пособия в связи с рождением ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z94" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z94" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) финансовая и материальная помощь обучающимся из числа малообеспеченных семей, оказываемая в организациях образования в соответствии с законодательством Республики Казахстан в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z95" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z95" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) помощь в денежном или натуральном выражении, оказанная малообеспеченным гражданам в связи с ростом цен на продукты питания из государственного бюджета и иных источников в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан Постановление Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (далее – Типовые правила);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z96" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z96" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) единовременная денежная помощь оказываемая в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовыми правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z97" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z97" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) благотворительная помощь, за исключением безвозмездно полученных денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z98" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z98" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) оплата поездки граждан на бесплатное или льготное протезирование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z99" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z99" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) содержание граждан на время протезирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z100" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z100" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) стоимость бесплатного или льготного проезда граждан за пределы населенного пункта на лечение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z101" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z101" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) натуральные виды помощи, оказанные в соответствии с законодательством Республики Казахстан в виде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z436" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z436" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лекарственных препаратов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z437" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z437" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       санаторно-курортного лечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z438" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z438" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       протезно-ортопедических изделий (изготовление и ремонт);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z439" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z439" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       средств передвижения (кресло-коляски) и реабилитации, выделенных лицам с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z440" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z440" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       материальной помощи обучающимся и воспитанникам государственных организаций образования из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, предоставляемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования, направления и распределения средств на оказание финансовой и материальной помощи обучающимся и воспитанникам организаций образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее двух процентов от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ и на размещение государственного образовательного заказа на среднее образование, утвержденных постановлением Правительства Республики Казахстан от 25 января 2008 года № 64;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z441" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z441" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       помощи, предоставляемой в рамках ежемесячной дополнительной выплаты на каждого ребенка в возрасте от одного года до шести лет включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z108" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z108" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) единовременные денежные выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z109" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z109" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) единовременное погашение в банках второго уровня и микрофинансовых организациях задолженности по беззалоговым потребительским займам в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 26 июня 2019 года № 34 "О мерах по снижению долговой нагрузки граждан Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z110" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z110" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) сумма жилищных сертификатов для покрытия части первоначального взноса по займу в порядке, установленном жилищным законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z111" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z111" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) жилищные выплаты отдельным категориям граждан за жилище, арендуемое в частном жилищном фонде согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> назначения и осуществления выплат, отдельным категориям граждан за жилище, арендуемое в частном жилищном фонде, утвержденным приказом и.о. Министра промышленности и строительства Республики Казахстан от 17 июня 2024 года № 221 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под за № 34524).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3674,251 +3754,251 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="118"/>
+    <w:bookmarkStart w:name="z112" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При исчислении совокупного дохода услугополучателя в состав семьи включаются совместно проживающие члены семьи, связанные имущественными и личными неимущественными правами и обязанностями, вытекающими из брака (супружества), родства, свойства, усыновления (удочерения) или иной формы принятия детей на воспитание, а также совместно проживающие лица, фактически сожительствующие, но не состоящие в браке, зарегистрированные по месту жительства в пределах одного населенного пункта, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z113" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z113" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) находящихся на полном государственном обеспечении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z114" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z114" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) находящихся на срочной воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z115" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z115" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) находящихся в местах лишения свободы, на принудительном лечении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z116" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z116" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Факт совместного проживания не требуется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z117" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z117" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трудоспособным членам семьи, осуществляющим трудовую деятельность вне места жительства семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z118" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z118" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       детям, обучающимся в интернатных организациях, кроме находящихся на полном государственном обеспечении, а также обучающимся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего и (или) послевузовского образования Республики Казахстан, после достижения ими совершеннолетия до времени окончания организаций образования (но не более чем до достижения двадцатитрехлетнего возраста).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z119" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z119" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав семьи, претендующей на получение жилищной помощи, учитывается на момент обращения за жилищной помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z120" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z120" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. При исчислении совокупного дохода услугополучателя, в составе которой в расчетном периоде произошли изменения, доходы прибывшего члена семьи учитываются с даты прибытия. При выбытии в расчетном периоде члена семьи совокупный доход семьи исчисляется с даты выбытия за вычетом среднедушевого дохода, приходящегося на выбывшего члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z121" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z121" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Среднедушевой доход семьи рассчитывается путем деления совокупного дохода услугополучателя за расчетный период на количество месяцев в указанном периоде и число членов семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z122" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z122" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Доходы, полученные в иностранной валюте, пересчитываются в национальную валюту по рыночному курсу обмена валют в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3933,772 +4013,772 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 25 января 2013 года № 15 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 22 февраля 2013 года № 99 "Об установлении порядка определения и применения рыночного курса обмена валют", (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 8378).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z123" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z123" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Доходы, полученные в натуральном выражении, учитываются в совокупном доходе услугополучателя в денежном эквиваленте, указанном заявителем в сведениях о полученных доходах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z124" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z124" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Исчисление совокупного дохода не производится при представлении семьей заведомо ложной информации и (или) недостоверных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z125" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z125" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При представлении семьей заведомо ложной информации и (или) недостоверных документов, повлекших за собой незаконное назначение жилищной помощи, заявителю и его семье выплата жилищной помощи прекращается на весь период ее назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z126" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z126" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В состав совокупного дохода включаются единовременные выплаты и ежемесячные суммы, выплачиваемые работодателем в соответствии с трудовым законодательством Республики Казахстан о возмещении вреда, причиненного жизни и здоровью работников во время исполнения ими трудовых и служебных обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z127" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z127" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. При единовременном получении дохода (в том числе задолженности по заработной плате, социальным выплатам, алиментам) за период, превышающий расчетный, полученный доход делится на количество месяцев, за которые он получен, и умножается на количество месяцев, которые приходятся на расчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z128" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z128" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доход лиц, выполняющих работу по гражданско-правовому договору (подряд и иное), суммируется за весь период действия договора. Полученный доход делится на количество месяцев, предусмотренных договором для выполнения работы, и учитывается в совокупном доходе услугополучателя за те месяцы, которые приходятся на расчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z129" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z129" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доходы, полученные по гражданско-правовому договору, подтверждаются копией договора и справкой заказчика о размере выплаты вознаграждения за выполненную работу (услугу), полученного за квартал, предшествовавший обращению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z130" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z130" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Совокупный доход лиц, занятых без заключения гражданско-правового договора, подтверждается на основании их заявления. При этом натуральная часть выплаты вознаграждения за выполненную работу (услугу) включается в совокупный доход в денежном эквиваленте по рыночным ценам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z131" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z131" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Вознаграждения, полученные по гражданско-правовому договору, в том числе на создание, издание, исполнение произведений науки, литературы, искусства, культуры, выплачиваемые в счет этого договора авансом, учитываются за весь период авансирования (равными долями помесячно), а оставшаяся сумма учитывается на период действия договора после авансирования (равными долями помесячно).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z132" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z132" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Авторские вознаграждения (при отсутствии договора), а также вознаграждения за открытия, изобретения и рационализаторские предложения включаются в совокупный доход услугополучателя в размере доли, полученной от деления суммы вознаграждения на количество месяцев, за которые он получен, и умножается на количество месяцев, приходящихся на расчетный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z133" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z133" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Доходы, представленные заявителем, полученные в виде оплаты труда, подтверждаются справками от работодателя в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z134" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z134" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Получение доходов в виде социальных выплат за счет средств республиканского бюджета, подтверждается копией удостоверения получателя пенсии или пособия, либо справкой, выдаваемых отделениями Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z135" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z135" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При исчислении совокупного дохода услугополучателя от предпринимательской деятельности учитываются доходы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z136" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z136" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) от реализации продукции (работ, услуг);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z137" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z137" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) от прироста стоимости при реализации товарно-материальных ценностей, имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z138" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z138" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) полученные в результате деятельности крестьянского (фермерского) хозяйства и от условной земельной доли и имущественного паях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z139" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z139" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исчисление совокупного дохода членов крестьянского хозяйства производится с учетом фактически полученного дохода от реализации сельскохозяйственной продукции, указанной в декларации о полученных доходах, представляемой в налоговые органы, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> составления налоговой отчетности, утвержденных приказом Министра финансов Республики Казахстан от 12 февраля 2018 года № 166 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16448). При этом годовой доход делится на двенадцать месяцев, и соответствующая его часть включается в общий совокупный доход за определяемый период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z140" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z140" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) доход от осуществления предпринимательской деятельности лица за месяц определяется путем деления суммы дохода, задекларированного за предыдущий налоговый период, на количество месяцев в таком налоговом периоде, но не ниже размера 25-кратного месячного расчетного показателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z141" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z141" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Совокупный доход определяется путем умножения полученной величины либо установленного к зачету размера дохода на три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z142" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z142" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом по индивидуальным предпринимателям, применяющим специальный налоговый режим на основе патента, сумма дохода за месяц определяется путем деления суммы дохода, задекларированного в расчете стоимости патента, на количество месяцев, указанное в таком расчете, но не ниже размера 25-кратного месячного расчетного показателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z143" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z143" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. В составе совокупного дохода услугополучателя учитываются алименты на детей и других иждивенцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z144" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z144" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алименты, а также дополнительные суммы алиментов, полученные в связи с перерасчетом заработка плательщика алиментов, учитываются в совокупном доходе услугополучателя по времени их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z145" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z145" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Получаемые членом семьи алименты учитываются в совокупном доходе услугополучателя, а выплачиваемые членом семьи алименты на детей, проживающих в другой семье исключаются из его дохода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z146" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z146" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Если лица не имеют возможности взыскать алименты по причине отсутствия сведений о местонахождении лица, обязанного содержать иждивенцев, совокупный доход семьи исчисляется на основании письменного заявления в произвольной форме с приложением документов от соответствующих органов о нахождении указанного лица в розыске.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z147" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z147" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Совокупный доход услугополучателя исчисляется без учета алиментов, когда плательщик:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z148" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z148" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не работает и зарегистрирован в качестве безработного в карьерном центре по месту жительства (при представлении информации о регистрации в качестве безработного по форме, утвержденной уполномоченным органом в сфере труда и социальной защиты населения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z149" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z149" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) находится в местах лишения свободы либо изоляторе временного содержания (при представлении справки в произвольной форме от судебного исполнителя или из исправительного учреждения о том, что алименты на детей не перечисляются с указанием периода нахождения в местах лишения свободы либо изоляторе временного содержания);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z150" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z150" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) состоит на учете в туберкулезном, психоневрологическом, онкологическом, санаторно-курортном диспансерах (стационарах), при предоставлении справки от соответствующих медицинских организаций по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к приказу исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z151" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z151" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выбыл на постоянное местожительство в государство, с которым Республика Казахстан не имеет соответствующего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z152" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z152" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уклоняется от содержания детей и других иждивенцев в связи со злоупотреблением спиртными напитками, наркотическими веществами, что подтверждается справкой соответствующего правоохранительного органа или заключением участковой комиссии, а также азартными играми и пари, что подтверждается решением суда об ограничении дееспособности плательщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z153" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z153" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. При совместном проживании супругов если брак (супружество) между ними расторгнут либо не расторгнут, в совокупном доходе услугополучателя полностью учитываются доходы супруга, с которого взысканы алименты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z154" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z154" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если брак (супружество) между супругами расторгнут, но алименты с одного из супругов не взысканы, в совокупном доходе услугополучателя учитываются его доходы полностью независимо от факта их совместного проживания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z155" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z155" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Полученные алименты на детей и других иждивенцев, подтверждаются справками организаций о перечисленных алиментах либо квитанцией почтовых переводов о полученных алиментах, а также на основании письменного заявления в произвольной форме с приложением акта судебных органов о взыскании алиментов. При образовании задолженности по алиментам за период свыше 3 месяцев представляется постановление судебного исполнителя об определении задолженности по алиментам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z156" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z156" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. В состав совокупного дохода услугополучателя включаются доходы, полученные от ведения личного подсобного хозяйства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z157" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z157" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Доход от личного подсобного хозяйства, полученный от выращивания сельскохозяйственной (цветочной) продукции, содержания и разведения скота и птицы, учитываемый в совокупном доходе услугополучателя, рассчитывается на основании Перечня административно-территориальных районов по природным условиям Республики Казахстан, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4853,152 +4933,152 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее - приложение 11) индивидуальной карточки по нормам расчета дохода от личного подсобного хозяйства, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z158" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z158" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Средняя урожайность (продуктивность), средний уровень производственных расходов, приведенные в карточках по нормам, а также цены, используемые для расчета доходов от личного подсобного хозяйства, корректируются местными исполнительными органами области (городах республиканского значения, столицы) с учетом особенностей регионов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z159" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z159" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доход, полученный от реализации, выращенной в личном подсобном хозяйстве цветочной продукции, а также от разведения пушных зверей, пчел, птицы (кроме курей, гусей, уток), включается в совокупный доход услугополучателя на основании письменного заявления в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z160" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z160" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Стоимость произведенной продукции с одной сотки земли (одной головы) определяется путем умножения средней урожайности выращиваемых культур (средней продуктивности скота и птицы, содержащихся в личном подсобном хозяйстве) на среднюю цену за 1 килограмм продукции. Для определения дохода, убытка из стоимости произведенной продукции вычитается средний уровень расходов с одной сотки земли (одной головы). Полученная величина делится на двенадцать месяцев и умножается на число месяцев в расчетном периоде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z161" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z161" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Для расчета дохода используются среднегодовые цены предыдущего календарного года, сложившиеся в областях (городах республиканского значения, столице) на продукцию растениеводства и животноводства, формируемые органами статистики в сроки, предусмотренные Планом статистических работ (далее – План), который формируется на соответствующий год согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике", областными управлениями координации занятости и социальных программ, управлениями занятости и социальных программ городов республиканского значения, управление занятости, труда и социальной защиты городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z162" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z162" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Доход от домашнего скота, птицы непродуктивного возраста (молодняк) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5013,172 +5093,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учитывается лишь при его дарении или реализации (продажа, убой) в расчетном периоде по ценам, сложившимся на рынках в соответствующем месяце его дарения или реализации (продажа, убой), полученным в установленном порядке от органов государственной статистики в сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Планом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z163" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z163" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При реализации скота (птицы) в расчетном периоде в совокупный доход услугополучателя включается единовременный доход по ценам, сложившимся на рынках в соответствующем месяце реализации, полученным в установленном порядке от органов государственной статистики в сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Планом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на соответствующий год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z164" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z164" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Совокупный доход услугополучателя исчисляется без учета дохода от рабочего скота (лошадь, верблюд) и скота, не принесшего потомства (например, яловая корова) в течение одного года. При содержании в личном подсобном хозяйстве указанного скота более одного года доход учитывается как от скота мясного направления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z165" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z165" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. При наличии домашнего скота, птицы, кроме указанных в пункте 45 настоящих Правил, совокупный доход определяется путем деления годовой суммы дохода на двенадцать месяцев. Полученная величина умножается на число месяцев в расчетном периоде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z166" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z166" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Индивидуальная карточка по нормам расчета доходов от личного подсобного хозяйства, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, заполняется услугодателем на основе данных заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z167" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z167" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. При исчислении дохода от личного подсобного хозяйства местные исполнительные органы района (города областного значения) с учетом особенностей регионов определяют как не дающие доход домашний скот, птицу, сельскохозяйственные культуры, возделываемые на земельном участке (приусадебном, дачном, земельной доле), по которым показатели продуктивности и урожайности в данном регионе ниже соответствующих средних показателей, приведенных в карточках по нормам (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5273,307 +5353,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам), и совокупный доход по ним не превышает установленную предельную допустимую величину.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z168" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z168" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предельная допустимая величина устанавливается после предварительного согласования с местными представительными органами района (города областного значения) в кратности к прожиточному минимуму, сложившемуся за предыдущий квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z169" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z169" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Выплата жилищной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z170" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z170" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня в порядке, определенном местными представительными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z171" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z171" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц, по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z172" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z172" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z173" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z173" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z174" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z174" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК, услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z175" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z175" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугодателем не направляется в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), в случае принятия в течение 3 (трех) рабочих дней благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z176" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z176" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z177" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z177" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z178" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z178" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5847,88 +5927,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отдела занятости и социальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>программ (города, района)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="185"/>
+    <w:bookmarkStart w:name="z182" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление о назначении жилищной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z183" w:id="186"/>
+      <w:bookmarkStart w:name="z183" w:id="188"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Я ______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6912,64 +6992,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z184" w:id="187"/>
+      <w:bookmarkStart w:name="z184" w:id="189"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № лицевого счета _____________, наименование банка ________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Согласен на использования сведений, составляющих охраняемую законом тайну,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7392,70 +7472,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z186" w:id="188"/>
+          <w:bookmarkStart w:name="z186" w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Государственная корпорация "Правительство для граждан";</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства":</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7977,70 +8057,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z187" w:id="189"/>
+          <w:bookmarkStart w:name="z187" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Государственной корпорации - прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно Трудового кодекса Республики Казахстан.;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8158,51 +8238,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="190"/>
+          <w:bookmarkStart w:name="z189" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) в Государственную корпорацию: заявление по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8217,51 +8297,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Правилам предоставления жилищной помощи, утвержденным в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 9-1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 10-2 Закона Республики Казахстан "О жилищных отношениях" (далее - Правила);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8807,70 +8887,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z207" w:id="191"/>
+          <w:bookmarkStart w:name="z207" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkEnd w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8996,70 +9076,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z210" w:id="192"/>
+          <w:bookmarkStart w:name="z210" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучателям, имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, при необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт- центр 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="192"/>
+          <w:bookmarkEnd w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9371,69 +9451,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="193"/>
+    <w:bookmarkStart w:name="z216" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z217" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z217" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9448,251 +9528,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона отдел № ____ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги "Назначение жилищной помощи" ввиду представления Вами неполного пакета документов согласно перечню, и (или) документов с истекшим сроком действия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, а именно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z218" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z218" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование отсутствующих документов, и (или) документов с истекшим сроком действия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z219" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z219" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z220" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z220" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z221" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z221" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. ________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z222" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z222" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z223" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z223" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ФИО (работника Государственной корпорации) (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z224" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z224" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнитель: Ф.И.О._______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z225" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z225" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z226" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z226" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Получил: Ф.И.О. /подпись услугополучателя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z227" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z227" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" _______________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9758,68 +9838,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жилищной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="205"/>
+    <w:bookmarkStart w:name="z229" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень административно-территориальных районов по природным условиям Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10048,70 +10128,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Северо-Казахстанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z230" w:id="206"/>
+          <w:bookmarkStart w:name="z230" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Айыртауский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="206"/>
+          <w:bookmarkEnd w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10481,70 +10561,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акмолинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="207"/>
+          <w:bookmarkStart w:name="z243" w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Район Биржан сал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="207"/>
+          <w:bookmarkEnd w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10802,70 +10882,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Костанайская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z252" w:id="208"/>
+          <w:bookmarkStart w:name="z252" w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Карабалыкский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="208"/>
+          <w:bookmarkEnd w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11207,70 +11287,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодарская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="209"/>
+          <w:bookmarkStart w:name="z264" w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Иртышский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="209"/>
+          <w:bookmarkEnd w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11374,70 +11454,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Западно-Казахстанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z266" w:id="210"/>
+          <w:bookmarkStart w:name="z266" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Акжаикский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="210"/>
+          <w:bookmarkEnd w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11611,70 +11691,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актюбинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z272" w:id="211"/>
+          <w:bookmarkStart w:name="z272" w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Хобдинский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="211"/>
+          <w:bookmarkEnd w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11820,70 +11900,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Костанайская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z277" w:id="212"/>
+          <w:bookmarkStart w:name="z277" w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Камыстинский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="212"/>
+          <w:bookmarkEnd w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11973,70 +12053,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акмолинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z280" w:id="213"/>
+          <w:bookmarkStart w:name="z280" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Есильский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="213"/>
+          <w:bookmarkEnd w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12343,70 +12423,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карагандинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z288" w:id="214"/>
+          <w:bookmarkStart w:name="z288" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Нуринский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="214"/>
+          <w:bookmarkEnd w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12636,70 +12716,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодарская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z296" w:id="215"/>
+          <w:bookmarkStart w:name="z296" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Актогайский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="215"/>
+          <w:bookmarkEnd w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12957,70 +13037,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z305" w:id="216"/>
+          <w:bookmarkStart w:name="z305" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Бескарагайский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13082,70 +13162,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Восточно-Казахстанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z307" w:id="217"/>
+          <w:bookmarkStart w:name="z307" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Алтайский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Самарский</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13298,70 +13378,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Западно-Казахстанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z308" w:id="218"/>
+          <w:bookmarkStart w:name="z308" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Бокейординский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13507,70 +13587,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Костанайская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z313" w:id="219"/>
+          <w:bookmarkStart w:name="z313" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Амангельдинский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13632,70 +13712,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актюбинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z315" w:id="220"/>
+          <w:bookmarkStart w:name="z315" w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Уилский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13813,70 +13893,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карагандинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z319" w:id="221"/>
+          <w:bookmarkStart w:name="z319" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Шетский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+          <w:bookmarkEnd w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13966,70 +14046,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлытау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z322" w:id="222"/>
+          <w:bookmarkStart w:name="z322" w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жанааркинский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14147,70 +14227,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z326" w:id="223"/>
+          <w:bookmarkStart w:name="z326" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Абайский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14370,70 +14450,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атырауская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z330" w:id="224"/>
+          <w:bookmarkStart w:name="z330" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жылыойский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14635,70 +14715,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызылординская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z337" w:id="225"/>
+          <w:bookmarkStart w:name="z337" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Аральский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14900,70 +14980,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актюбинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z344" w:id="226"/>
+          <w:bookmarkStart w:name="z344" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Байганинский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Шалкарский</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14997,70 +15077,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мангистауская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z345" w:id="227"/>
+          <w:bookmarkStart w:name="z345" w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Бейнеуский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15234,70 +15314,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туркестанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z351" w:id="228"/>
+          <w:bookmarkStart w:name="z351" w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Созакский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Отрарский</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15331,70 +15411,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбылская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z352" w:id="229"/>
+          <w:bookmarkStart w:name="z352" w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Сарысуский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="229"/>
+          <w:bookmarkEnd w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15575,70 +15655,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алматинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z354" w:id="230"/>
+          <w:bookmarkStart w:name="z354" w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Енбекшиказахский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15840,70 +15920,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жетісу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z361" w:id="231"/>
+          <w:bookmarkStart w:name="z361" w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Аксуский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16238,70 +16318,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбылская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z370" w:id="232"/>
+          <w:bookmarkStart w:name="z370" w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Байзакский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16503,70 +16583,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туркестанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z377" w:id="233"/>
+          <w:bookmarkStart w:name="z377" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Арысский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17237,70 +17317,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Восточно-Казахстанская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z391" w:id="234"/>
+          <w:bookmarkStart w:name="z391" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Глубоковский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17632,88 +17712,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жилищной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z399" w:id="235"/>
+    <w:bookmarkStart w:name="z399" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в степной зоне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z400" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z400" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -19181,2141 +19261,65 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z401" w:id="237"/>
+    <w:bookmarkStart w:name="z401" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Продукция животноводства</w:t>
-      </w:r>
-[...2074 lines deleted...]
-      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -21370,195 +19374,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя урожайность с 1 сотки земли, килограмм</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
+Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов на 1 голову, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, (1 литр, 1 десятка яиц), тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость продукции с 1 головы, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21776,123 +19780,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Картофель</w:t>
-[...71 lines deleted...]
-1777</w:t>
+Крупно рогатый скот молочного направления (молоко)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21985,123 +19989,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овощи</w:t>
-[...71 lines deleted...]
-6264</w:t>
+Крупно рогатый скот мясного направления (говядина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36749</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22194,123 +20198,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бахчи</w:t>
-[...71 lines deleted...]
-2600</w:t>
+Свиньи (свинина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18429</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22403,123 +20407,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады семечковые (яблоки, груши)</w:t>
-[...71 lines deleted...]
-741</w:t>
+Овцы, козы мясо /шерсть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20/2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22612,123 +20616,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады косточковые (урюк, слива)</w:t>
-[...71 lines deleted...]
-681</w:t>
+Лошадь (конина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22821,123 +20825,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ягодные культуры</w:t>
-[...71 lines deleted...]
-2815</w:t>
+Птица яичного направления (яйца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23030,123 +21034,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виноград</w:t>
-[...71 lines deleted...]
-1348</w:t>
+Птица мясного направления (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23204,70 +21208,197 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z405" w:id="240"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z403" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в сухостепной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z404" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция животноводства</w:t>
+      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23319,195 +21450,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
+Средняя урожайность с 1 сотки земли, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов с 1 сотки земли, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость произведенной продукции с 1 сотки, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23725,123 +21856,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот молочного направления (молоко)</w:t>
-[...71 lines deleted...]
-40721</w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23934,123 +22065,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот мясного направления (говядина)</w:t>
-[...71 lines deleted...]
-34130</w:t>
+Овощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6264</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24143,123 +22274,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свиньи (свинина)</w:t>
-[...71 lines deleted...]
-16896</w:t>
+Бахчи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24352,123 +22483,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овцы, козы мясо /шерсть</w:t>
-[...71 lines deleted...]
-5130</w:t>
+Сады семечковые (яблоки, груши)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+741</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24561,123 +22692,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лошадь (конина)</w:t>
-[...71 lines deleted...]
-22753</w:t>
+Сады косточковые (урюк, слива)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+681</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24770,123 +22901,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Верблюд (мясо)</w:t>
-[...71 lines deleted...]
-14805</w:t>
+Ягодные культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2815</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24979,332 +23110,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Птица яичного направления (яйца)</w:t>
-[...280 lines deleted...]
-373,2</w:t>
+Виноград</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1348</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25362,194 +23284,67 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z408" w:id="242"/>
+    <w:bookmarkStart w:name="z405" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция растениеводства</w:t>
+      Продукция животноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -25604,195 +23399,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя урожайность с 1 сотки земли, килограмм</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 – графа 3)</w:t>
+Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов на 1 голову, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, (1 литр, 1 десятка яиц), тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость продукции с 1 головы, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26010,123 +23805,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Картофель</w:t>
-[...71 lines deleted...]
-1974</w:t>
+Крупно рогатый скот молочного направления (молоко)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40721</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26219,123 +24014,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овощи</w:t>
-[...71 lines deleted...]
-7241</w:t>
+Крупно рогатый скот мясного направления (говядина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26428,123 +24223,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бахчи</w:t>
-[...71 lines deleted...]
-2920</w:t>
+Свиньи (свинина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16896</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26637,123 +24432,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады семечковые (яблоки, груши)</w:t>
-[...71 lines deleted...]
-884</w:t>
+Овцы, козы мясо /шерсть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19/2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26846,123 +24641,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады косточковые (урюк, слива)</w:t>
-[...71 lines deleted...]
-778</w:t>
+Лошадь (конина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22753</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27055,123 +24850,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ягодные культуры</w:t>
-[...71 lines deleted...]
-2820</w:t>
+Верблюд (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14805</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27264,123 +25059,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виноград</w:t>
-[...71 lines deleted...]
-963</w:t>
+Птица яичного направления (яйца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Птица мясного направления (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+373,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27438,70 +25442,197 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z409" w:id="243"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z407" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в полупустынной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z408" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция животноводства</w:t>
+      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -27553,195 +25684,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
+Средняя урожайность с 1 сотки земли, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов с 1 сотки земли, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость произведенной продукции с 1 сотки, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 – графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27959,123 +26090,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот молочного направления (молоко)</w:t>
-[...71 lines deleted...]
-27300</w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1974</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28168,123 +26299,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот мясного направления (говядина)</w:t>
-[...71 lines deleted...]
-37854</w:t>
+Овощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7241</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28377,123 +26508,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свиньи (свинина)</w:t>
-[...71 lines deleted...]
-17649</w:t>
+Бахчи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2920</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28586,123 +26717,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овцы, козы мясо/шерсть</w:t>
-[...71 lines deleted...]
-5493</w:t>
+Сады семечковые (яблоки, груши)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+884</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28795,123 +26926,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лошадь (конина)</w:t>
-[...71 lines deleted...]
-19975</w:t>
+Сады косточковые (урюк, слива)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29004,123 +27135,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Верблюд (мясо)</w:t>
-[...71 lines deleted...]
-14109</w:t>
+Ягодные культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2820</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29213,332 +27344,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Птица яичного направления (яйца)</w:t>
-[...280 lines deleted...]
-304,2</w:t>
+Виноград</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29596,194 +27518,67 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z412" w:id="245"/>
+    <w:bookmarkStart w:name="z409" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция растениеводства</w:t>
+      Продукция животноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -29838,195 +27633,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя урожайность с 1 сотки земли, килограмм</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа. 3)</w:t>
+Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов на 1 голову, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, (1 литр, 1 десятка яиц), тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость продукции с 1 головы, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30244,123 +28039,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Картофель</w:t>
-[...71 lines deleted...]
-2079</w:t>
+Крупно рогатый скот молочного направления (молоко)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30453,123 +28248,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овощи</w:t>
-[...71 lines deleted...]
-7410</w:t>
+Крупно рогатый скот мясного направления (говядина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37854</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30662,123 +28457,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бахчи</w:t>
-[...71 lines deleted...]
-2980</w:t>
+Свиньи (свинина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17649</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30871,51 +28666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады семечковые (яблоки, груши)</w:t>
+Овцы, козы мясо/шерсть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30943,51 +28738,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-714</w:t>
+5493</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31080,123 +28875,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады косточковые (урюк, слива)</w:t>
-[...71 lines deleted...]
-700</w:t>
+Лошадь (конина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31289,123 +29084,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ягодные культуры</w:t>
-[...71 lines deleted...]
-2818</w:t>
+Верблюд (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31498,123 +29293,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виноград</w:t>
-[...71 lines deleted...]
-1027</w:t>
+Птица яичного направления (яйца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1540</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Птица мясного направления (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+304,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31672,70 +29676,197 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z413" w:id="246"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z411" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в пустынной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z412" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция животноводства</w:t>
+      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31787,195 +29918,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
+Средняя урожайность с 1 сотки земли, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов с 1 сотки земли, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость произведенной продукции с 1 сотки, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа. 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32193,123 +30324,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот молочного направления (молоко)</w:t>
-[...71 lines deleted...]
-22645</w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2079</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32402,123 +30533,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот мясного направления (говядина)</w:t>
-[...71 lines deleted...]
-34439</w:t>
+Овощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7410</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32611,123 +30742,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свиньи (свинина)</w:t>
-[...71 lines deleted...]
-15432</w:t>
+Бахчи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2980</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32820,123 +30951,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овцы, козы мясо/шерсть</w:t>
-[...71 lines deleted...]
-5103</w:t>
+Сады семечковые (яблоки, груши)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+714</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33029,123 +31160,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лошадь (конина)</w:t>
-[...71 lines deleted...]
-19651</w:t>
+Сады косточковые (урюк, слива)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33238,123 +31369,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Верблюд (мясо)</w:t>
-[...71 lines deleted...]
-13684</w:t>
+Ягодные культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2818</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33447,332 +31578,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Птица яичного направления (яйца)</w:t>
-[...280 lines deleted...]
-253,2</w:t>
+Виноград</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33830,194 +31752,67 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z416" w:id="248"/>
+    <w:bookmarkStart w:name="z413" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция растениеводства</w:t>
+      Продукция животноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -34072,195 +31867,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя урожайность с 1 сотки земли, килограмм</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
+Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов на 1 голову, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм с продукции, (1 литр, 1 десятка яиц), тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость продукции с 1 головы, тенге (графа 2 х графа. 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34478,123 +32273,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Картофель</w:t>
-[...71 lines deleted...]
-2294</w:t>
+Крупно рогатый скот молочного направления (молоко)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+880</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22645</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34687,123 +32482,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овощи</w:t>
-[...71 lines deleted...]
-6585</w:t>
+Крупно рогатый скот мясного направления (говядина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34439</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34896,123 +32691,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бахчи</w:t>
-[...71 lines deleted...]
-2655</w:t>
+Свиньи (свинина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15432</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35105,123 +32900,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады семечковые (яблоки, груши)</w:t>
-[...71 lines deleted...]
-905</w:t>
+Овцы, козы мясо/шерсть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35314,123 +33109,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады косточковые (урюк, слива)</w:t>
-[...71 lines deleted...]
-735</w:t>
+Лошадь (конина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35523,123 +33318,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ягодные культуры</w:t>
-[...71 lines deleted...]
-2797</w:t>
+Верблюд (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35732,123 +33527,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виноград</w:t>
-[...71 lines deleted...]
-1342</w:t>
+Птица яичного направления (яйца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Птица мясного направления (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+253,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35906,70 +33910,197 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z417" w:id="249"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z415" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в предгорно-пустынно-степной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z416" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция животноводства</w:t>
+      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36021,195 +34152,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
+Средняя урожайность с 1 сотки земли, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов с 1 сотки земли, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость произведенной продукции с 1 сотки, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36427,123 +34558,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот молочного направления (молоко)</w:t>
-[...71 lines deleted...]
-39815</w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36636,123 +34767,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Крупно рогатый скот мясного направления (говядина)</w:t>
-[...71 lines deleted...]
-41855</w:t>
+Овощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6585</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36845,123 +34976,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свиньи (свинина)</w:t>
-[...71 lines deleted...]
-16736</w:t>
+Бахчи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2655</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37054,123 +35185,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овцы, козы мясо /шерсть</w:t>
-[...71 lines deleted...]
-5255</w:t>
+Сады семечковые (яблоки, груши)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+905</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37263,123 +35394,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лошадь (конина)</w:t>
-[...71 lines deleted...]
-24339</w:t>
+Сады косточковые (урюк, слива)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+735</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37472,123 +35603,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Верблюд (мясо)</w:t>
-[...71 lines deleted...]
-13650</w:t>
+Ягодные культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2797</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37681,332 +35812,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Птица яичного направления (яйца)</w:t>
-[...280 lines deleted...]
-253,2</w:t>
+Виноград</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1342</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38064,194 +35986,67 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z420" w:id="251"/>
+    <w:bookmarkStart w:name="z417" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция растениеводства</w:t>
+      Продукция животноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -38306,195 +36101,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя урожайность с 1 сотки земли, килограмм</w:t>
-[...143 lines deleted...]
-Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
+Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов на 1 голову, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, (1 литр, 1 десятка яиц), тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость продукции с 1 головы, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 головы, тенге (графа 5 - графа 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -38712,123 +36507,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Картофель</w:t>
-[...71 lines deleted...]
-2358</w:t>
+Крупно рогатый скот молочного направления (молоко)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39815</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38921,123 +36716,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овощи</w:t>
-[...71 lines deleted...]
-6648</w:t>
+Крупно рогатый скот мясного направления (говядина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41855</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39130,123 +36925,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бахчи</w:t>
-[...71 lines deleted...]
-2684</w:t>
+Свиньи (свинина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16736</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39339,123 +37134,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады семечковые (яблоки, груши)</w:t>
-[...71 lines deleted...]
-952</w:t>
+Овцы, козы мясо /шерсть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39548,123 +37343,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сады косточковые (урюк, слива)</w:t>
-[...71 lines deleted...]
-762</w:t>
+Лошадь (конина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24339</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39757,123 +37552,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ягодные культуры</w:t>
-[...71 lines deleted...]
-2822</w:t>
+Верблюд (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13650</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39966,123 +37761,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виноград</w:t>
-[...71 lines deleted...]
-1412</w:t>
+Птица яичного направления (яйца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1675</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Птица мясного направления (мясо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+253,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40140,70 +38144,197 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z421" w:id="252"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z419" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нормам расчета дохода от личного подсобного хозяйства в Южно-Сибирской горной и предгорной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z420" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продукция животноводства</w:t>
+      Продукция растениеводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -40255,50 +38386,1999 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Средняя урожайность с 1 сотки земли, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний уровень расходов с 1 сотки земли, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя цена 1 килограмм продукции, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость произведенной продукции с 1 сотки, тенге (графа 2 х графа 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход (+), убыток (-) с 1 сотки земли, тенге (графа 5 - графа 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2358</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Овощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6648</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бахчи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сады семечковые (яблоки, груши)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+952</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сады косточковые (урюк, слива)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+762</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ягодные культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2822</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виноград</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1412</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z421" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продукция животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продукция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Средняя продуктивность с 1 головы, килограмм (литр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -42198,68 +42278,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жилищной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z423" w:id="253"/>
+    <w:bookmarkStart w:name="z423" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Возраст домашнего скота и птицы для продуктивного использования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -43250,128 +43330,128 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жилищной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z425" w:id="254"/>
+    <w:bookmarkStart w:name="z425" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Индивидуальная карточка по нормам расчета дохода от личного подсобного хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z426" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z426" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (при его наличии) заявителя ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z427" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z427" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Область, район ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z428" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z428" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Домашний адрес ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -48483,64 +48563,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z429" w:id="258"/>
+      <w:bookmarkStart w:name="z429" w:id="260"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" ____________ 20__ года ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (подпись заявителя за данные графе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -48683,228 +48763,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 декабря 2023 года № 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z431" w:id="259"/>
+    <w:bookmarkStart w:name="z431" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z432" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z432" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 24 апреля 2020 года № 226 "Об утверждении Правил исчисления совокупного дохода семьи (гражданина Республики Казахстан), претендующей на получение жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20498) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z433" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z433" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 16 октября 2020 года № 539 "Об утверждении Правил по оказанию государственной услуги "Назначение жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21500).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z434" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z434" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 31 декабря 2020 года № 709 "О внесении изменений и дополнения в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 24 апреля 2020 года № 226 "Об утверждении Порядка исчисления совокупного дохода семьи (гражданина Республики Казахстан), претендующей на получение жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 22058).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z435" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z435" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министерства индустрии и инфраструктурного развития Республики Казахстан, в которые вносились изменения и дополнение, утвержденные приказом исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 28 ноября 2022 года № 661 "О внесении изменений и дополнения в некоторые приказы Министерства индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30866).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>