--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18074a7" w14:textId="18074a7">
+    <w:p w14:paraId="18ba8c1" w14:textId="18ba8c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1299,173 +1299,175 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. За счет средств Фонда не могут быть профинансированы расходы, относящиеся к текущим бюджетным программам государственных органов и квазигосударственного сектора, за исключением расходов по проведению капитального ремонта многопрофильных центральных районных больниц в рамках пилотного национального проекта "Модернизация сельского здравоохранения", утвержденного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 ноября 2022 года № 962 (далее – Национальный проект), а также бюджетные кредиты местным исполнительным органам, субъектам квазигосударственного сектора, финансовым институтам развития, банкам второго уровня и микрофинансовым организациям.</w:t>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 ноября 2022 года № 962 (далее – Национальный проект), приобретению (выкупу) объекта инфраструктуры для поддержки и развития студентов технического и профессионального образования в рамках объявленного Президентом Республики Казахстан Года рабочих профессий, а также бюджетные кредиты местным исполнительным органам, субъектам квазигосударственного сектора, финансовым институтам развития, банкам второго уровня и микрофинансовым организациям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Определение проектов по проведению капитального ремонта многопрофильных центральных районных больниц в рамках Национального проекта для включения в проект Перечня социальных и экономических проектов (далее – Перечень) и вынесение на рассмотрение Республиканской бюджетной комиссии осуществляется в соответствии с </w:t>
+      Определение проектов по проведению капитального ремонта многопрофильных центральных районных больниц в рамках Национального проекта для включения в проект Перечня социальных и экономических проектов (далее – Перечень), приобретению (выкупу) объекта инфраструктуры для поддержки и развития студентов технического и профессионального образования в рамках объявленного Президентом Республики Казахстан Года рабочих профессий и вынесение на рассмотрение Республиканской бюджетной комиссии осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 148 Кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 09.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 65</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок отбора социальных и экономических проектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Порядок отбора и реализации бюджетных инвестиций осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1480,51 +1482,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1543,70 +1545,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Разработка необходимой документации по бюджетным инвестициям осуществляется государственными органами в соответствии с Правилами планирования и реализации государственных инвестиционных проектов, разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения, технико-экономического и финансово-экономического обоснований, определения целесообразности бюджетного кредитования, формирования портфеля государственных инвестиционных проектов, а также корректировки утвержденных (уточненных) параметров, отбора, мониторинга и оценки реализации государственных инвестиционных проектов, утвержденные приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 27 июня 2025 года № 59 (далее – Правила № 59).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1625,70 +1627,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Государственные органы формируют и представляют в центральный уполномоченный орган по бюджетной политике или местный уполномоченный орган по государственному планированию инвестиционные предложения и (или) финансово-экономические обоснования посредством модуля "Государственные инвестиционные проекты" информационной системы государственного планирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1707,70 +1709,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Центральный уполномоченный орган по бюджетной политике или местный уполномоченный орган по государственному планированию рассматривает инвестиционные предложения и (или) финансово-экономические обоснования и направляет экономические заключения по ним государственным органам в порядке и сроки, определенные Правилами № 59.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1789,70 +1791,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При проведении экономической экспертизы центральный уполномоченный орган по бюджетной политике или местный уполномоченный орган по государственному планированию рассматривает инвестиционные предложения государственных органов на предмет экономической целесообразности, соответствия целей проекта приоритетам развития отрасли (сферы) экономики, установленными документами Системы государственного планирования, включая планы развития государственных органов или областей, городов республиканского значения, столицы, планы развития и (или) мероприятий субъектов квазигосударственного сектора, а также долгосрочные стратегии развития автономных организаций образования, а также на предмет соответствия проекта критериям, определенным настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1871,130 +1873,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. На основании положительных экономических заключений на инвестиционные предложения и (или) финансово-экономические обоснования государственные органы формируют пакет документов для рассмотрения вопроса финансирования проектов за счет средств Фонда на Республиканскую бюджетную комиссию (далее – Комиссия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Центральный уполномоченный орган по бюджетному планированию рассматривает проекты государственных органов на наличие подтверждающих документов и соответствие критериям, определенным настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Рассмотрение проектов и вынесение на рассмотрение Комиссии осуществляется центральным уполномоченным органом по бюджетному планированию при представлении центральными государственными органами (далее – ЦГО) документов в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> использования и мониторинга средств Специального государственного фонда, утвержденными приказом исполняющего обязанности Министра финансов Республики Казахстан от 29 сентября 2023 года № 1033 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33486).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2013,70 +2015,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Центральный уполномоченный орган по бюджетному планированию на основании ходатайства ЦГО формирует в пределах средств Фонда Перечень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2095,164 +2097,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комиссия рассматривает ходатайства ЦГО на соответствие требованиям настоящих Правил и Порядка использования и мониторинга средств Фонда, определяемого центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В случае одобрения Комиссией, Перечень в течение 5 рабочих дней направляется в соответствующие ЦГО и Комитет казначейства и подлежит размещению на официальном интернет-ресурсе центрального уполномоченного органа по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Финансирование проектов осуществляется центральным уполномоченным органом по бюджетному планированию. При ограниченности средств Фонда, приоритет отдается социальным проектам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>