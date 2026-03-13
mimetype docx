--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b95c20" w14:textId="5b95c20">
+    <w:p w14:paraId="50fd0d9" w14:textId="50fd0d9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1879,546 +1879,584 @@
         <w:t xml:space="preserve">
       8) заключение научной антикоррупционной экспертизы проекта постановления, за исключением проектов постановлений, на которые в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> не распространяется требование о проведении научной антикоррупционной экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
-[...15 lines deleted...]
-      В случае непринятия рекомендаций, указанных в заключении, – копию ответа в адрес лица или организации, осуществлявшей научную антикоррупционную экспертизу проекта постановления, с обоснованиями причин их непринятия;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непринятия рекомендаций, указанных в заключении, – копию ответа в адрес уполномоченной организации, осуществлявшей координацию проведения научной антикоррупционной экспертизы проекта постановления, с обоснованиями причин их непринятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) заключения уполномоченных государственных органов в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
-[...15 lines deleted...]
-      9) заключения уполномоченных государственных органов в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) копии поручений (протоколов и т.д.), во исполнение которых разработан проект постановления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) протокольное решение Межведомственной комиссии по вопросам регулирования предпринимательской деятельности при Правительстве Республики Казахстан о результатах анализа регуляторного воздействия в случае, если по проекту проводился анализ регуляторного воздействия в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и заключение уполномоченного органа по предпринимательству о соблюдении регулирующими государственными органами установленных процедур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Содержательная часть проектов постановлений формируется только в формате docx, кроме листов согласований, заключений по результатам научных экспертиз, заключений иных государственных органов, поручений, приказов о возложении обязанностей на лиц, исполняющих обязанности первого руководителя государственного органа (о наделении), которые формируются в формате pdf, и должна состоять не более чем из 6 файлов. Использование иных форматов, а также архивирование представляемых электронных вариантов документа не допускаются. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменениями, внесенными приказами Министра юстиции РК от 16.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 809</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. При получении проекта постановления на согласование государственные органы не должны требовать его предварительного согласования другими государственными органами и отказывать в согласовании проекта по формальным и иным необоснованным причинам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:p>
-[...77 lines deleted...]
-      22. При получении проекта постановления на согласование государственные органы не должны требовать его предварительного согласования другими государственными органами и отказывать в согласовании проекта по формальным и иным необоснованным причинам.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. По итогам рассмотрения проекта постановления первый руководитель согласующего государственного органа или уполномоченное им должностное лицо выбирают один из вариантов ответа в ИССП с использованием ЭЦП:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
-[...15 lines deleted...]
-      23. По итогам рассмотрения проекта постановления первый руководитель согласующего государственного органа или уполномоченное им должностное лицо выбирают один из вариантов ответа в ИССП с использованием ЭЦП:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) согласовано без замечаний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
-[...15 lines deleted...]
-      1) согласовано без замечаний;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) согласовано с замечаниями, которые прилагаются;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
-[...15 lines deleted...]
-      2) согласовано с замечаниями, которые прилагаются;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отказано в согласовании. При этом согласующим государственным органом производится отметка об отказе в согласовании с аргументированной мотивировкой отказа в согласовании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
-[...15 lines deleted...]
-      3) отказано в согласовании. При этом согласующим государственным органом производится отметка об отказе в согласовании с аргументированной мотивировкой отказа в согласовании.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При согласовании проекта постановления с замечаниями согласующий государственный орган в ИССП вкладывает аргументированные обоснования по имеющимся замечаниям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Проекты постановлений (кроме постановлений, предусматривающих внесение проектов законодательных актов в Мажилис Парламента) согласовываются государственными органами в течение 3 (три) рабочих дней, за исключением министерств юстиции, финансов и национальной экономики, которые согласовывают проекты в течение 5 (пять) рабочих дней. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если проект находится на согласовании в государственном органе более 3 (три) рабочих дней (в министерствах юстиции, финансов и национальной экономики – 5 (пять) рабочих дней) и ответ по нему не представлен, то такой проект считается по умолчанию "согласованным".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
-[...15 lines deleted...]
-      В случае, если проект находится на согласовании в государственном органе более 3 (три) рабочих дней (в министерствах юстиции, финансов и национальной экономики – 5 (пять) рабочих дней) и ответ по нему не представлен, то такой проект считается по умолчанию "согласованным".</w:t>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. При наличии разногласий между государственными органами при согласовании проекта постановления государственный орган-разработчик обеспечивает его обсуждение с согласующими органами с целью поиска взаимоприемлемого решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
-[...15 lines deleted...]
-      25. При наличии разногласий между государственными органами при согласовании проекта постановления государственный орган-разработчик обеспечивает его обсуждение с согласующими органами с целью поиска взаимоприемлемого решения.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При недостижении взаимоприемлемого решения государственный орган-разработчик совместно с согласующими органами оформляет замечания, подписываемые первыми руководителями государственных органов или уполномоченными ими должностными лицами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
-[...15 lines deleted...]
-      При недостижении взаимоприемлемого решения государственный орган-разработчик совместно с согласующими органами оформляет замечания, подписываемые первыми руководителями государственных органов или уполномоченными ими должностными лицами.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замечания рассматриваются на совещании у Премьер-Министра или его заместителей для принятия конкретных решений по существу вопроса в срок не более 5 (пять) рабочих дней со дня регистрации проекта в Аппарате.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
-[...15 lines deleted...]
-      Замечания рассматриваются на совещании у Премьер-Министра или его заместителей для принятия конкретных решений по существу вопроса в срок не более 5 (пять) рабочих дней со дня регистрации проекта в Аппарате.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Запрещается вносить в Аппарат проект постановления с концептуальными замечаниями министерств юстиции и (или) финансов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z83" w:id="78"/>
-[...15 lines deleted...]
-      26. Запрещается вносить в Аппарат проект постановления с концептуальными замечаниями министерств юстиции и (или) финансов.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Государственным органам запрещается направлять на пересогласование проекты постановлений в связи с назначением нового первого руководителя государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>