--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="05bab3e" w14:textId="05bab3e">
+    <w:p w14:paraId="6ffbddf" w14:textId="6ffbddf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы в области охраны, воспроизводства и использовании животного мира</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра экологии и природных ресурсов Республики Казахстан от 15 июня 2023 года № 192. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 июня 2023 года № 32822</w:t>
+        <w:t>Приказ и.о. Министра экологии и природных ресурсов Республики Казахстан от 15 июня 2023 года № 192. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 июня 2023 года № 32822.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -802,130 +802,224 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> журнала учета лова рыбных ресурсов и других водных животных (промысловый журнал), утвержденную указанным приказом изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню некоторых приказов в области охраны, воспроизводства и использовании животного мира, в которые вносятся изменения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 утрачивает силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра окружающей среды Республики Казахстан от 16 октября 2013 года № 313-Ө "Об утверждении Правил движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8918):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -938,51 +1032,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Настоящие Правила разработаны в соответствии с подпунктом 21) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -997,71 +1091,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах) определяют порядок движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках (далее – Правила).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная услуга "Согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках" (далее – государственная услуга) оказывается территориальными подразделениями Комитета рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан (далее – услугодатель).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1074,130 +1168,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "10. Для получения государственной услуги физические и (или) юридические лица (далее – услугополучатель) подают заявление услгодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал), по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель в течение трех рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень основных требований к оказанию государственной услуги, изложены в приложении 3 к настоящим Правилам.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1230,90 +1324,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню некоторых приказов в области охраны, воспроизводства и использовании животного мира, в которые вносятся изменения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра экологии, геологии и природных ресурсов Республики Казахстан от 3 декабря 2021 года № 483 "Об утверждении перечня видов деятельности, технологически связанной с деятельностью субъекта государственной монополии в области охраны, воспроизводства и использования животного мира" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 25656): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1326,70 +1420,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заголовок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Об утверждении перечня видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1402,51 +1496,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с пунктом 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1461,51 +1555,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1518,130 +1612,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> видов деятельности, технологически связанной с деятельностью субъекта государственной монополии в области охраны, воспроизводства и использования животного мира, утвержденном указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1654,70 +1748,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заголовок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Перечень видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1730,90 +1824,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>абзац первый</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "К деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира", относятся:".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2087,100 +2181,100 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета лова рыбных ресурсов и других водных животных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(промысловый журнал)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z45" w:id="26"/>
+      <w:bookmarkStart w:name="z45" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(территориальное подразделение ведомства уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2632,70 +2726,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4776,55 +4870,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>