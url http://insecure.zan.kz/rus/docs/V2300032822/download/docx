--- v1 (2025-11-21)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ffbddf" w14:textId="6ffbddf">
+    <w:p w14:paraId="7e96e9a" w14:textId="7e96e9a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -837,1077 +837,627 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">2. Утратил силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра экологии, геологии и природных ресурсов Республики Казахстан от 3 декабря 2021 года № 483 "Об утверждении перечня видов деятельности, технологически связанной с деятельностью субъекта государственной монополии в области охраны, воспроизводства и использования животного мира" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 25656): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. В </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Об утверждении перечня видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В соответствии с пунктом 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z35" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+        <w:t>Перечне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видов деятельности, технологически связанной с деятельностью субъекта государственной монополии в области охраны, воспроизводства и использования животного мира, утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
+        <w:t>заголовок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z37" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная услуга "Согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках" (далее – государственная услуга) оказывается территориальными подразделениями Комитета рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан (далее – услугодатель).";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      "Перечень видов деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 10</w:t>
+        <w:t>абзац первый</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
-[...655 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "К деятельности, технологически связанных с производством товаров, работ, услуг субъекта государственной монополии в области охраны, воспроизводства и использования животного мира в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира", относятся:".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2181,100 +1731,100 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="24"/>
+    <w:bookmarkStart w:name="z44" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета лова рыбных ресурсов и других водных животных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(промысловый журнал)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z45" w:id="25"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z45" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(территориальное подразделение ведомства уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2726,70 +2276,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="26"/>
+    <w:bookmarkStart w:name="z46" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3200,1669 +2750,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и использовании животного мира,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в которые вносятся изменения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...141 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:tbl>
-[...1473 lines deleted...]
-</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 утратило силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -4870,55 +2838,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>