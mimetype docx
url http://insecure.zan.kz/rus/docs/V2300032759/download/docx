--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b39e748" w14:textId="b39e748">
+    <w:p w14:paraId="a306b69" w14:textId="a306b69">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1496,1049 +1496,1802 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "О контроле специфических товаров" (далее – Закон) и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">статьи 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона Республики Казахстан "О государственных услугах" (далее- Закон о государственных услугах) и определяют порядок выдачи лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, лицензии на импорт специфических товаров, а также оказания государственной услуги "Выдача лицензии на экспорт и импорт специфических товаров".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Выдача лицензии на экспорт и импорт специфических товаров" является государственной услугой (далее - государственная услуга) и оказывается Комитетом индустриального развития Министерства индустрии и инфраструктурного развития (далее - услугодатель) согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Услугодатель направляет информацию о внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, в организации, осуществляющие прием заявлений и выдачу результатов оказания государственной услуги, и услугодателям в течение 10 рабочих дней со дня утверждения таких актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основные термины и определения, используемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) товары военного назначения – вооружение, военная техника, технологии, программное обеспечение, технические и специальные средства, материалы, оборудование для производства и испытания, комплектующие и запасные части к ним, указанные в контрольном списке специфических товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) импорт – ввоз товаров на территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) товары, контролируемые для обеспечения национальной безопасности Республики Казахстан (далее – товары, контролируемые для обеспечения национальной безопасности), – товары, указанные в контрольном списке специфических товаров, не относящиеся к товарам двойного или военного назначения, контролируемые в интересах национальной безопасности в части предотвращения нанесения ущерба национальным интересам на международном уровне и политическому имиджу Республики Казахстан, а также обеспечения безопасности жизни и здоровья граждан, противодействия терроризму и преступности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) товары двойного назначения – продукция (в том числе программное обеспечение и технологии), указанная в контрольном списке специфических товаров, которая используется в гражданских целях, но может быть применена для создания оружия массового уничтожения и средств его доставки, вооружения, военной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) специфические товары – товары двойного и военного назначения, а также товары, контролируемые для обеспечения национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) государственные органы системы контроля специфических товаров – центральные государственные органы Республики Казахстан, осуществляющие контроль специфических товаров в пределах компетенции, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере контроля специфических товаров, а также в пределах, предусмотренных законодательством Республики Казахстан, – межотраслевую координацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) экспорт – вывоз товаров за пределы территории Республики Казахстан, а также передача программного обеспечения и технологий на территории Республики Казахстан иностранным лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Общая лицензия на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, с указанием в ней нескольких иностранных государств, импортеров и (или) конечных пользователей выдается физическим и юридическим лицам Республики Казахстан, осуществляющим экспорт товаров двойного назначения (за исключением ядерных и специальных неядерных материалов, оборудования, установок, технологий, источников ионизирующего излучения, оборудования и соответствующих товаров и технологий двойного назначения, работ, услуг, связанных с их производством) и товаров, контролируемых для обеспечения национальной безопасности, соответствующих контрольным кодам 1C350, 10C905 и 10C906, предусмотренным в Контрольном списке специфических товаров (далее – Контрольный список).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Лицензия на импорт и экспорт специфических товаров выдается сроком на 1 (один) год. При представлении документов, являющихся основанием для выдачи лицензии, со сроком действия меньше 1 (одного) года, то срок действия лицензии будет ограничен сроком действия документа с наименьшим сроком действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Лицензия выдается на каждый вид товара в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>единой товарной номенклатурой</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, утвержденной решением Совета Евразийской экономической комиссии от 14 сентября 2021 года № 80, с указанием десятизначного кода, независимо от количества наименований товаров, включенных в договор (контракт).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Допускается использование кода </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>товарной номенклатуры</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внешнеэкономической деятельности (далее – код ТН ВЭД), отсутствующего в Контрольном списке, поскольку окончательное решение по идентификации и отнесению тому или иному специфическому товару определяется техническими параметрами контролируемых специфических товаров Контрольного списка, соответствующих определенному коду по контрольным спискам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Лицензия оформляется для перемещения специфических товаров, как внутри Евразийского экономического союза, так и в третьи страны и из третьих стран.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Лицензия и (или) приложение к лицензии подлежат переоформлению в случаях, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Для получения государственной услуги услугополучатель направляет услугодателю посредством веб-портала "электронного правительства" www.egov.kz (далее - портал) документы, необходимые для оказания государственной услуги, перечень которых приведен в Перечне основных требований к оказанию государственной услуги "Выдача лицензии на экспорт и импорт специфических товаров" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При подаче услугополучателем всех необходимых документов, указанных в пункте 11 настоящих Правил, посредством портала - в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 13 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сведения о документе, удостоверяющем личность физического лица, о государственной регистрации (перерегистрации) юридического лица, индивидуального предпринимателя Республики Казахстан, о разрешительных документах имеющихся у услугополучателя услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Работник канцелярии услугодателя осуществляет прием и регистрацию документов в день их поступления и направляет ответственному исполнителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ответственный исполнитель в течение 2 (двух) рабочих дней с момента регистрации представленных услугополучателем документов проверяет их полноту и срок действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписанный ЭЦП руководителя услугодателя либо лица его замещающего, и направляет его услугополучателю через портал в форме электронного документа в личный кабинет услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 16 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. При рассмотрении заявления на получение лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, лицензии на импорт специфических товаров, в случае представления услугополучателем полного пакета документов, ответственный исполнитель направляет документы предъявленные услугополучателем в соответствующие государственные органы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 декабря 2015 года № 1083 "О некоторых вопросах выдачи разрешительных документов в сфере контроля специфических товаров".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные органы направляют услугодателю ответ о соответствии или несоответствии услугополучателя требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае выявления оснований для отказа в выдаче лицензии установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона государственные органы отказывают в согласовании выдачи разрешения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 17 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. При рассмотрении документов, представленных услугополучателем для получения лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, ответственный исполнитель, одновременно с запросом в соответствующие государственные органы, направляет запрос в государственные органы системы контроля специфических товаров в порядке определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления информационного взаимодействия уполномоченного органа с государственными органами системы контроля специфических товаров, утвержденными постановлением Правительства Республики Казахстан от 12 апреля 2023 года № 283.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После получения ответа от государственных органов системы контроля специфических товаров, ответственный исполнитель проводит оценку рисков на основании полученной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одновременно с запросом в соответствующие государственные органы, ответственный исполнитель направляет посредством государственных электронных информационных ресурсов гарантийное обязательство страны-импортера, представленное услугополучателем, в Министерство иностранных дел Республики Казахстан для проведения проверки его подлинности (далее - подтверждение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 18 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При рассмотрении заявления на получение лицензии на экспорт специфических товаров или общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, соответствующей контрольным кодам 1С350 или 10С905, указанным в Контрольном списке, ответственный исполнитель направляет представленное услугополучателем гарантийное обязательство страны - импортера в Министерство иностранных дел Республики Казахстан для получения подтверждения проверки его подлинности в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) первичного экспорта контрагенту в соответствии с внешнеторговым контрактом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения уполномоченным органом информации от государственных органов о возможных рисках при осуществлении экспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель в течение 7 (семи) рабочих дней со дня представления документов на получение лицензии на экспорт специфических товаров или общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, представляет для сверки услугодателю оригинал гарантийного обязательства страны - получателя через канцелярию услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 29 Закона, услугодатель вправе запрашивать и получать от услугополучателя необходимые документы и (или) информацию относящиеся к сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 19 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в Перечне основных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При рассмотрении заявления на получение лицензии на экспорт специфических товаров, общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, лицензии на импорт специфических товаров, в случае выявления оснований для отказа в оказании государственной услуги установленные законодательством Республики Казахстан, и изложенных в Перечне основных требований услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется заказным письмом с уведомлением о его вручении, телефонограммой или телеграммой, текстовым сообщением по абонентскому номеру сотовой связи или по электронному адресу услугополучателя, указанный в заявлении, либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова, не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугодатель выдает лицензию, переоформленную лицензию, либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 20 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. На основании результатов проведенной оценки рисков, ответа государственных органов и проверки подлинности гарантийного обязательства страны-получателя, ответственный исполнитель оформляет результат оказания государственной услуги – лицензия по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2553,507 +3306,506 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат оказания государственной услуги посредством информационной системы "E-license" направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя услугодателя либо лица его замещающего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Услугополучатель после совершения экспорта товаров военного назначения согласно условиям внешнеторгового договора (контракта) или иного документа, подтверждающего намерения сторон с импортером (конечным пользователем), представляет услугодателю документ подтверждающий доставку товара военного назначения в течение 15 рабочих дней с момента ввоза в страну назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Жалоба на решение, действий (бездействий) услугодателя по вопросам оказания государственных услуг подается услугодателю, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, не позднее трех рабочих дней со дня поступления жалобы направляют жалобу и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) услугодателя – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При продлении срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. При несогласии с результатом оказания государственной услуги, услугополучатель обращается в суд в соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок предоставления документов по исполнению общих лицензий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Физические и юридические лица Республики Казахстан, осуществляющие экспорт товаров на основании общей лицензии на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности, обязаны представлять в уполномоченный орган документы по исполнению общих лицензий на экспорт товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Физические и юридические лица Республики Казахстан предоставляют в бумажной или электронной форме документы по исполнению общей лицензии в уполномоченный орган в течение 10 рабочих дней со дня осуществления экспорта товаров двойного назначения или товаров, контролируемых для обеспечения национальной безопасности по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3132,130 +3884,206 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экспорта и импорта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специфических товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача лицензии на экспорт или импорт специфических товаров"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="85"/>
+          <w:bookmarkStart w:name="z92" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование государственной услуги "Выдача лицензии на экспорт или импорт специфических товаров"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3635,70 +4463,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="86"/>
+          <w:bookmarkStart w:name="z96" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При выдаче лицензии на импорт специфических товаров – не позднее 30 (тридцати) рабочих дней;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3937,70 +4765,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="87"/>
+          <w:bookmarkStart w:name="z99" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) лицензия на экспорт специфических товаров;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4126,70 +4954,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер платы, взимаемой с заявителя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="88"/>
+          <w:bookmarkStart w:name="z102" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По всем подвидам:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4343,70 +5171,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="89"/>
+          <w:bookmarkStart w:name="z106" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель - с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней согласно Трудовому кодексу Республики Казахстан (далее - Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4524,70 +5352,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, требуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="90"/>
+          <w:bookmarkStart w:name="z108" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 для получения лицензии:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4925,70 +5753,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="91"/>
+          <w:bookmarkStart w:name="z115" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) занятие видом деятельности запрещено законами Республики Казахстан для данной категории физических или юридических лиц;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5574,70 +6402,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="92"/>
+          <w:bookmarkStart w:name="z133" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5925,68 +6753,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="93"/>
+    <w:bookmarkStart w:name="z139" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление для получения лицензии на экспорт специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6816,68 +7644,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="94"/>
+    <w:bookmarkStart w:name="z141" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление для получения лицензии на импорт специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7561,70 +8389,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="95"/>
+          <w:bookmarkStart w:name="z142" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. От заявителя:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7783,68 +8611,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="96"/>
+    <w:bookmarkStart w:name="z146" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление для получения общей лицензии на экспорт товаров двойного назначения и товаров, контролируемых для обеспечения национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8528,70 +9356,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="97"/>
+          <w:bookmarkStart w:name="z147" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. От заявителя:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8858,50 +9686,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экспорта и импорта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специфических товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8969,115 +9873,115 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="98"/>
+          <w:bookmarkStart w:name="z151" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Индустриялық даму комитеті" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="99"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkStart w:name="z152" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="1498600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -9117,70 +10021,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="100"/>
+          <w:bookmarkStart w:name="z153" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство индустрии и инфраструктурного развития Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное учреждение "Комитет индустриального развития</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10505,68 +11409,144 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия на экспорт специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11249,70 +12229,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="102"/>
+          <w:bookmarkStart w:name="z157" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. От заявителя фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11333,70 +12313,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должность _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="103"/>
+          <w:bookmarkStart w:name="z159" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19. Государственный орган Республики Казахстан – лицензиар _______________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11583,68 +12563,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Форма 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z164" w:id="104"/>
+    <w:bookmarkStart w:name="z164" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия на импорт специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12327,126 +13307,126 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="105"/>
+          <w:bookmarkStart w:name="z165" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. От заявителя фамилия, имя, отчество (при его наличии) _______________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должность _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="106"/>
+          <w:bookmarkStart w:name="z166" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19. Государственный орган Республики Казахстан – лицензиар _______________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12605,68 +13585,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="107"/>
+    <w:bookmarkStart w:name="z170" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Общая лицензия на экспорт товаров двойного назначения и товаров, контролируемых для обеспечения национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13385,70 +14365,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. От заявителя фамилия, имя, отчество (при его наличии) _______________ должность _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="108"/>
+          <w:bookmarkStart w:name="z171" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19. Государственный орган Республики Казахстан – лицензиар</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13687,68 +14667,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специфических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="109"/>
+    <w:bookmarkStart w:name="z176" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Документ по исполнению общей лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14496,70 +15476,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="110"/>
+          <w:bookmarkStart w:name="z177" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество экспортированного товара</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14639,70 +15619,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="111"/>
+          <w:bookmarkStart w:name="z178" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество остатка экспортируемого товара</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14861,68 +15841,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июня 2023 года № 425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к деятельности по осуществлению экспорта специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15327,70 +16383,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внешнеторговый договор (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия внешнеторгового договора (контракта) – иной документ, подтверждающий намерения сторон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="113"/>
+          <w:bookmarkStart w:name="z181" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае отсутствия даты срока действия внешнеторгового договора (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия внешнеторгового договора (контракта) – иного документа, подтверждающий намерения сторон, необходимо предоставить подтверждение действительности контракта (договора) или иного документа, подтверждающего намерения сторон, выраженное в письменной форме, заверенное печатью и подписью участников сделки (с указанием номера и даты контракта (договора) или иного документа, подтверждающего намерения сторон);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15701,70 +16757,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Лицензия на осуществление соответствующего вида деятельности или действий (операций) в соответствии с Законом Республике Казахстан "О разрешениях и уведомлениях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="114"/>
+          <w:bookmarkStart w:name="z184" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения данного документа услугополучателя, являющийся государственным электронным информационным ресурсом, работник услугодателя получает из соответствующих государственных информационных систем через шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае если заявитель выступает в качестве посредника, предоставляются также лицензии всех участников сделки в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15834,70 +16890,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие обязательства страны-получателя об использовании импортируемой из Республики Казахстан продукции только в заявленных целях и недопущении ее реэкспорта или передачи в третьи страны без согласия казахстанской стороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="115"/>
+          <w:bookmarkStart w:name="z185" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сертификат конечного пользователя*, международный импортный сертификат или иной гарантийный документ, выданный компетентным органом страны-получателя с указанием:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15946,70 +17002,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 недопущении реэкспорта продукции в третьи страны без согласия уполномоченного органа Республики Казахстан в сфере контроля специфических товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z188" w:id="116"/>
+          <w:bookmarkStart w:name="z188" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сертификат конечного пользователя, международный импортный сертификат или иной гарантийный документ, выданный компетентным органом страны-получателя не представляется в случаях:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16171,70 +17227,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешение иностранного участника внешнеторговой сделки на осуществление посреднической деятельности с продукцией военного назначения, выданное уполномоченным государственным органом иностранного участника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="117"/>
+          <w:bookmarkStart w:name="z191" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае если иностранный участник внешнеторговой сделки выступает в качестве посредника.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Только для продукции, отнесенной к категории "Товары и технологии военного применения (назначения)" в соответствии с Контрольным списком</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16360,70 +17416,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> министра индустрии и инфраструктурного развития Республики Казахстан от 6 апреля 2023 года № 219 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32251)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z192" w:id="118"/>
+          <w:bookmarkStart w:name="z192" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не представляется для продукции, указанной в категории 10 "Продукция, контролируемая в рамках национальной безопасности при экспорте и импорте, не охваченная категориями 0-9"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в области использования атомной энергии) в соответствии с Контрольным списком</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17441,390 +18497,390 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае транспортировки автомобильным транспортом по территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="119"/>
+    <w:bookmarkStart w:name="z193" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *проверка подлинности сертификата конечного пользователя, международного импортного сертификата, заверения о мирном использовании или иного гарантийного документа, выданного компетентным органом страны-получателя, осуществляется Министерством иностранных дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z194" w:id="120"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z194" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ** Заверения содержат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z195" w:id="121"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z195" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о конечном пользователе, номере и дате внешнеторгового контракта и (или) иного документа отчуждения, количестве товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z196" w:id="122"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z196" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о целях использования и местах размещения получаемой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z197" w:id="123"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z197" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязательства о том, что полученные предметы ядерного экспорта (импорта), а также произведенные на их основе или в результате их использования ядерные и специальные неядерные материалы, установки и оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z198" w:id="124"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z198" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут использоваться в заявленных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z199" w:id="125"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z199" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться для производства ядерного оружия и других ядерных взрывных устройств или для достижения какой-либо военной цели;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z200" w:id="126"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z200" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут находиться под гарантиями Международного агентства по атомной энергии (далее – МАГАТЭ) в течение всего срока их фактического использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z201" w:id="127"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z201" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут обеспечены мерами физической защиты на уровнях, не ниже рекомендованных МАГАТЭ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z202" w:id="128"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z202" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут реэкспортироваться (экспортироваться) или передаваться из-под юрисдикции страны-получателя только на условиях, предусмотренных вышеуказанных условиях и при наличии письменного согласия уполномоченного органа в сфере контроля специфических товаров Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z203" w:id="129"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z203" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *** Заверения содержат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z204" w:id="130"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z204" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о конечном пользователе, номере и дате внешнеторгового контракта и (или) иного документа отчуждения, количестве товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z205" w:id="131"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z205" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о целях использования и местах размещения получаемой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z206" w:id="132"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z206" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязательства о том, что полученные предметы ядерного экспорта (импорта), а также произведенные на их основе или в результате их использования ядерные и специальные неядерные материалы, установки и оборудование:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z207" w:id="133"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z207" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться для производства ядерного оружия и других ядерных взрывных устройств или для достижения какой-либо военной цели;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z208" w:id="134"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z208" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться в деятельности в области ядерного топливного цикла, не поставленной под гарантии МАГАТЭ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z209" w:id="135"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z209" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут реэкспортироваться (экспортироваться) или передаваться из-под юрисдикции страны-получателя только на условиях, предусмотренных вышеуказанных условиях и при наличии письменного согласия уполномоченного органа в сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17916,68 +18972,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июня 2023 года № 425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра промышленности и строительства РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к деятельности по осуществлению импорта специфических товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18382,70 +19514,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внешнеторговый договор (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия внешнеторгового договора (контракта) – иной документ, подтверждающий намерения сторон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z212" w:id="137"/>
+          <w:bookmarkStart w:name="z212" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае отсутствия даты срока действия внешнеторгового договора (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия внешнеторгового договора (контракта) – иного документа, подтверждающий намерения сторон, необходимо предоставить подтверждение действительности контракта (договора) или иного документа, подтверждающего намерения сторон, выраженное в письменной форме, заверенное печатью и подписью участников сделки (с указанием номера и даты контракта (договора) или иного документа, подтверждающего намерения сторон);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В условиях внешнеторгового договора (контракта) или иного документа, подтверждающего намерения сторон с импортером (конечным пользователем) необходимо предусмотреть пункт о предоставлении доступа государственных органов Республики Казахстан системы контроля специфических товаров к проверке конечного использования продукции.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18551,70 +19683,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Договор (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия договора (контракта) – иной документ, подтверждающий намерения сторон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z213" w:id="138"/>
+          <w:bookmarkStart w:name="z213" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предоставляются договора между участниками сделки, начиная от импортера и до конечного потребителя;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае отсутствия даты срока действия договора (контракт), со всеми приложениями и (или) дополнениями к нему, а в случае отсутствия договора (контракта) – иного документа, подтверждающий намерения сторон, необходимо предоставить подтверждение действительности контракта (договора) или иного документа, подтверждающего намерения сторон, выраженное в письменной форме, заверенное печатью и подписью участников сделки (с указанием номера и даты контракта (договора) или иного документа, подтверждающего намерения сторон);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18740,70 +19872,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республике Казахстан "О разрешениях и уведомлениях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="139"/>
+          <w:bookmarkStart w:name="z214" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения данного документа услугополучателя, являющийся государственным электронным информационным ресурсом, работник услугодателя получает из соответствующих государственных информационных систем через шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае если заявитель выступает в качестве посредника, предоставляются также лицензии (разрешения) всех участников сделки в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21702,431 +22834,431 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 19 февраля 2018 года № 133 "Об утверждении форм разрешений и (или) приложений к ним, в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением, на открытие и функционирование стрелковых тиров (стрельбищ) и стендов, а также о внесении изменений в некоторые приказы Министра внутренних дел Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 16733)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="140"/>
+          <w:bookmarkStart w:name="z215" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения данного документа услугополучателя, являющийся государственным электронным информационным ресурсом, работник услугодателя получает из соответствующих государственных информационных систем через шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Допускается предоставление договора хранения гражданских пиротехнических веществ и изделий с их применением 4 класса организацией, имеющей лицензию на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="141"/>
+    <w:bookmarkStart w:name="z216" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *проверка подлинности сертификата конечного пользователя, международного импортного сертификата, заверения о мирном использовании или иного гарантийного документа, выданного компетентным органом страны-получателя, осуществляется Министерством иностранных дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z217" w:id="142"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z217" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** Заверения содержат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z218" w:id="143"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z218" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о конечном пользователе, номере и дате внешнеторгового контракта и (или) иного документа отчуждения, количестве товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z219" w:id="144"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z219" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о целях использования и местах размещения получаемой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z220" w:id="145"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z220" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязательства о том, что полученные предметы ядерного экспорта (импорта), а также произведенные на их основе или в результате их использования ядерные и специальные неядерные материалы, установки и оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z221" w:id="146"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z221" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут использоваться в заявленных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z222" w:id="147"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z222" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться для производства ядерного оружия и других ядерных взрывных устройств или для достижения какой-либо военной цели;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z223" w:id="148"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z223" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут находиться под гарантиями Международного агентства по атомной энергии (далее – МАГАТЭ) в течение всего срока их фактического использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z224" w:id="149"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z224" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут обеспечены мерами физической защиты на уровнях, не ниже рекомендованных МАГАТЭ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z225" w:id="150"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z225" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       будут реэкспортироваться (экспортироваться) или передаваться из-под юрисдикции страны-получателя только на условиях, предусмотренных вышеуказанных условиях и при наличии письменного согласия уполномоченного органа в сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z226" w:id="151"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z226" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        *** Заверения содержат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z227" w:id="152"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z227" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о конечном пользователе, номере и дате внешнеторгового контракта и (или) иного документа отчуждения, количестве товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z228" w:id="153"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z228" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информацию о целях использования и местах размещения получаемой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z229" w:id="154"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z229" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязательства о том, что полученные предметы ядерного экспорта (импорта), а также произведенные на их основе или в результате их использования ядерные и специальные неядерные материалы, установки и оборудование:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z230" w:id="155"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z230" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться для производства ядерного оружия и других ядерных взрывных устройств или для достижения какой-либо военной цели;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z231" w:id="156"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z231" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не будут использоваться в деятельности в области ядерного топливного цикла, не поставленной под гарантии МАГАТЭ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z232" w:id="157"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z232" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        будут реэкспортироваться (экспортироваться) или передаваться из-под юрисдикции страны-получателя только на условиях, предусмотренных вышеуказанных условиях и при наличии письменного согласия уполномоченного органа в сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22218,442 +23350,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июня 2023 года № 425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="158"/>
+    <w:bookmarkStart w:name="z234" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z235" w:id="159"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z235" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 29 сентября 2015 года № 949 "Об утверждении Квалификационных требований, предъявляемых к деятельности по лицензированию, экспорта и импорта продукции и перечень документов, подтверждающих соответствие им" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13512).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z236" w:id="160"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z236" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 13 октября 2016 года № 719 "Об утверждении Правил лицензирования экспорта и импорта продукции" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14697).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z237" w:id="161"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z237" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля, в которые вносились изменения и дополнения, утвержденные приказом Приказа Министра по инвестициям и развитию Республики Казахстан от 12 января 2018 года № 27 "О внесении изменений и дополнений в некоторые приказы Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16901).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z238" w:id="162"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z238" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля, в которые вносились изменения и дополнения, утвержденные приказом Министра по инвестициям и развитию Республики Казахстан от 29 декабря 2018 года № 964 "О внесении изменений и дополнений в некоторые приказы Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18146).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z239" w:id="163"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z239" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 28 мая 2019 года № 333 "О внесении изменении в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 29 сентября 2015 года № 949 "Об утверждении Квалификационных требований, предъявляемых к деятельности по лицензированию экспорта и импорта продукции и перечень документов, подтверждающих соответствие им" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18762).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z240" w:id="164"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z240" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 16 июня 2020 года № 354 "О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 13 октября 2016 года № 719 "Об утверждении Правил лицензирования экспорта и импорта продукции, подлежащей экспортному контролю" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20877).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z241" w:id="165"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z241" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан, в которые вносились изменения, утвержденные приказом Министра индустрии и инфраструктурного развития Республики Казахстан от 23 июня 2021 года № 321 "О внесении изменений в некоторые приказы Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23280).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z242" w:id="166"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z242" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан, в которые вносились изменения и дополнение, утвержденные приказом исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 13 мая 2022 года № 268 "О внесении изменений и дополнения в некоторые приказы Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28106).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>