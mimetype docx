--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a274ec" w14:textId="8a274ec">
+    <w:p w14:paraId="bb571f3" w14:textId="bb571f3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2921,54 +2921,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В процессе надзора за дорожным движением допускается использовать планшеты с программным обеспечением, передающим информацию об эксплуатируемых транспортных средствах со стационарных камер на планшеты. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в пешем порядке. В таких случаях, остановка транспортного средства осуществляется жестом руки или жезлом, направленных на транспортное средство, с одновременным сигналом свистка, которые должны быть понятны водителю и поданы своевременно с тем, чтобы их исполнение не создало аварийную обстановку.</w:t>
+      2) в пешем порядке и на точках отстоя патрульного автомобиля (мотоцикла). В таких случаях, остановка транспортного средства осуществляется жестом руки или жезлом, направленных на транспортное средство, с одновременным сигналом свистка, которые должны быть понятны водителю и поданы своевременно с тем, чтобы их исполнение не создало аварийную обстановку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 с изменением, внесенным приказом Министра внутренних дел РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. В случае выявления нарушений правил перевозки крупногабаритных, тяжеловесных и опасных грузов, утвержденных приказами Министра по инвестициям и развитию Республики Казахстан от 27 февраля 2015 года № 206 "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -6557,249 +6619,369 @@
         </w:rPr>
         <w:t xml:space="preserve">, о чем составляется акт по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z291" w:id="285"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z292" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Задержанные транспортные средства выдаются со специальных стоянок, а изъятые ГРНЗ возвращаются после устранения причин задержания и предоставления правоустанавливающих документов сотрудником административной полиции. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выдаче задержанных транспортных средств со специальных площадок или стоянки, заполняется разрешение на выдачу задержанного транспортного средства по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z293" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 103 – в редакции приказа Министра внутренних дел РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z293" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       104. Временное удостоверение, выдается взамен изъятого водительского удостоверения в порядке, установленном законодательством, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z294" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      105. Руководитель подразделения либо ответственный сотрудник административной полиции обеспечивает проведение ежемесячной сверки по лицам, доставленным на освидетельствование в медицинские учреждения, с данными подразделений ОВД и составляет акт по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 105 – в редакции приказа Министра внутренних дел РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Действия патрульно-постовых нарядов при предупреждении и пресечении правонарушений среди лиц обладающими привилегиями и пользующихся дипломатическим иммунитетом от административной ответственности</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z294" w:id="288"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Лица, обладающие привилегиями и иммунитетом от административной ответственности (депутаты Парламента Республики Казахстан, кандидаты в Президенты Республики Казахстан и в депутаты Парламента, Председатель или члены Конституционного Совета Республики Казахстан, Генеральный прокурор Республики Казахстан, Уполномоченный по правам человека в Республике Казахстан, судьи) не могут быть подвергнуты приводу, мерам административного взыскания, налагаемых в судебном порядке без соответствующего согласования (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>глава 49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КоАП).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z295" w:id="289"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z297" w:id="291"/>
+    <w:bookmarkStart w:name="z297" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии соответствующего согласия за нарушение общественного порядка, по статьям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6814,72 +6996,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> подведомственных суду, принимаются меры обеспечения производства по делам об административном правонарушении (в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> КоАП).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z298" w:id="292"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z298" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В таких случаях, ППН возбуждает административное производство, составляет мотивированный рапорт, информирует дежурную часть и командира. Материалы направляются в органы прокуратуры для дальнейшего согласования и принятия соответствующего решения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z299" w:id="293"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z299" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По административным материалам подведомственных органам полиции (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6914,648 +7096,648 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">804 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>КоАП), в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z300" w:id="294"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z300" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       107. Лица, обладающие дипломатическим иммунитетом от административной ответственности, могут привлекаться к административной ответственности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 876</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> КоАП.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z301" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении таких фактов, ППН возбуждает административное производство, составляет мотивированный рапорт, информирует дежурную часть и командира. Материалы направляются в органы прокуратуры для дальнейшего согласования и принятия соответствующего решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z302" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии документов, подтверждающих статус лица, обладающего дипломатическим иммунитетом, они также пользуются личной неприкосновенностью и не могут быть подвергнуты личному досмотру, задержаны или подвергнуты приводу за административное правонарушение. Не может быть произведен досмотр находящихся при них вещей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z301" w:id="295"/>
-[...15 lines deleted...]
-      При выявлении таких фактов, ППН возбуждает административное производство, составляет мотивированный рапорт, информирует дежурную часть и командира. Материалы направляются в органы прокуратуры для дальнейшего согласования и принятия соответствующего решения.</w:t>
+    <w:bookmarkStart w:name="z303" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. При ДТП с участием лиц, обладающих дипломатическим иммунитетом, ППН предлагает данному лицу присутствовать при оформлении материалов. При его отказе, ППН записывает необходимые сведения об участниках происшествия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z302" w:id="296"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z304" w:id="298"/>
+    <w:bookmarkStart w:name="z304" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В протоколе осмотра места происшествия делается запись о причине отсутствия водителя, подписывается составителем протокола и двумя свидетелями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z305" w:id="299"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z305" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. При наличии достаточных оснований полагать, что лица, обладающие привилегиями и иммунитетом, в том числе дипломатическим, управляя транспортным средством, находятся в состоянии опьянения, сотрудник в целях обеспечения безопасности других лиц принимает меры к прекращению дальнейшего движения транспортного средства, о чем сообщает в дежурную часть и командиру для немедленного информирования представительств консульства и органов прокуратуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z306" w:id="300"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z306" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       110. Лица, пользующихся дипломатическим иммунитетом, могут быть задержаны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 554</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z307" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Действия патрульно-постовых нарядов при предупреждении и пресечении правонарушений среди несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z308" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Принимая участие в предупреждении, пресечении уличных правонарушений среди несовершеннолетних, ППН:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z307" w:id="301"/>
+    <w:bookmarkStart w:name="z309" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предупреждает и пресекает уголовные и административные правонарушения со стороны несовершеннолетних на улицах и общественных местах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z310" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в пределах маршрута патрулирования, принимает меры для установления местонахождения (места жительства) потерявшихся (заблудившихся) детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z311" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подростков, находящихся в состоянии опьянения, доставляет к месту жительства и передает родителям (опекунам), медицинские учреждения, в подразделения ювенальной полиции либо в органы полиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимает меры к выявлению антиобщественных групп несовершеннолетних, установлению мест их концентрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z313" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявляет взрослых лиц, вовлекающих несовершеннолетних в азартные игры, употребление спиртных напитков, наркотиков, совершение правонарушений либо иных антиобщественных действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z314" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не допускает нахождение несовершеннолетних, в ночное время, в общественных местах без сопровождения родителей (других законных представителей) или лиц, осуществляющих мероприятия с участием детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z315" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. О всех происшествиях, связанных с участием несовершеннолетних ППН незамедлительно докладывает в дежурную часть и действует согласно указания дежурного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z316" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 4. Действия патрульно-постовых нарядов при предупреждении и пресечении правонарушений среди несовершеннолетних</w:t>
-[...139 lines deleted...]
-      6) не допускает нахождение несовершеннолетних, в ночное время, в общественных местах без сопровождения родителей (других законных представителей) или лиц, осуществляющих мероприятия с участием детей.</w:t>
+        <w:t xml:space="preserve"> Параграф 5. Действия патрульно-постовых нарядов при совершении дорожно-транспортных происшествий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z315" w:id="309"/>
-[...15 lines deleted...]
-      112. О всех происшествиях, связанных с участием несовершеннолетних ППН незамедлительно докладывает в дежурную часть и действует согласно указания дежурного.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. ППН на месте ДТП с пострадавшими (до прибытия СОГ, инспектора-дежурного по выезду на место ДТП) выполняет следующие задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z316" w:id="310"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 5. Действия патрульно-постовых нарядов при совершении дорожно-транспортных происшествий</w:t>
+    <w:bookmarkStart w:name="z318" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет количество пострадавших, оценивает степень тяжести их состояния, вызывает скорую медицинскую помощь и до ее прибытия, оказывает первую доврачебную помощь, организует доставку их в медицинские учреждения, выясняет данные пострадавших граждан, о чем докладывает в дежурную часть;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z317" w:id="311"/>
-[...15 lines deleted...]
-      113. ППН на месте ДТП с пострадавшими (до прибытия СОГ, инспектора-дежурного по выезду на место ДТП) выполняет следующие задачи:</w:t>
+    <w:bookmarkStart w:name="z319" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) устанавливает водителей, транспортные средства участников ДТП и других лиц, имеющих отношение к ДТП. С помощью мобильного планшета, а при отсутствии интернет связи через дежурную часть, проверяет данные участников происшествия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z318" w:id="312"/>
-[...15 lines deleted...]
-      1) определяет количество пострадавших, оценивает степень тяжести их состояния, вызывает скорую медицинскую помощь и до ее прибытия, оказывает первую доврачебную помощь, организует доставку их в медицинские учреждения, выясняет данные пострадавших граждан, о чем докладывает в дежурную часть;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает присутствие указанных лиц, на месте происшествия до прибытия СОГ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z319" w:id="313"/>
-[...15 lines deleted...]
-      2) устанавливает водителей, транспортные средства участников ДТП и других лиц, имеющих отношение к ДТП. С помощью мобильного планшета, а при отсутствии интернет связи через дежурную часть, проверяет данные участников происшествия;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявляет свидетелей происшествия и записывает их данные;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z320" w:id="314"/>
-[...15 lines deleted...]
-      3) обеспечивает присутствие указанных лиц, на месте происшествия до прибытия СОГ;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимает меры к сохранности и фиксации вещественных доказательств, следов, имущества и других предметов, имеющих отношение к происшествию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z321" w:id="315"/>
-[...15 lines deleted...]
-      4) выявляет свидетелей происшествия и записывает их данные;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) докладывает прибывшему на место происшествия старшему СОГ (прокурору, следователю, дознавателю) сведения о причастных к происшествию лицах и свидетелях, передает вещественные доказательства и в дальнейшем действует по его указанию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z322" w:id="316"/>
-[...15 lines deleted...]
-      5) принимает меры к сохранности и фиксации вещественных доказательств, следов, имущества и других предметов, имеющих отношение к происшествию;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) до прибытия СОГ и (или) в период проведения процессуальных действий на месте происшествия приостанавливает движение транспортного потока, организовывает дорожное движение в объезд места происшествия по другим полосам (направлениям), а при невозможности организует объезд – фиксирует (в присутствии двух понятых и участников происшествия) расположение транспортных средств, следов происшествия и других обстоятельств, имеющих отношение к происшествию, после чего принимает меры к возобновлению движения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z323" w:id="317"/>
-[...15 lines deleted...]
-      6) докладывает прибывшему на место происшествия старшему СОГ (прокурору, следователю, дознавателю) сведения о причастных к происшествию лицах и свидетелях, передает вещественные доказательства и в дальнейшем действует по его указанию;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) выясняет вероятное направление движения, марку, тип, государственный регистрационный знак, цвет, а также особые приметы транспортного средства и водителя скрывшегося водителя с места ДТП. Полученные при осмотре места происшествия и опросе свидетелей данные о скрывшемся транспортом средстве и водителе, ППН немедленно передает в дежурную часть, в дальнейшем действует в соответствии с указаниями дежурного.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z324" w:id="318"/>
-[...15 lines deleted...]
-      7) до прибытия СОГ и (или) в период проведения процессуальных действий на месте происшествия приостанавливает движение транспортного потока, организовывает дорожное движение в объезд места происшествия по другим полосам (направлениям), а при невозможности организует объезд – фиксирует (в присутствии двух понятых и участников происшествия) расположение транспортных средств, следов происшествия и других обстоятельств, имеющих отношение к происшествию, после чего принимает меры к возобновлению движения;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Последовательность действий, на месте ДТП, зависит от характера совершенного правонарушения, состава ППН и других обстоятельств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z325" w:id="319"/>
-[...15 lines deleted...]
-      8) выясняет вероятное направление движения, марку, тип, государственный регистрационный знак, цвет, а также особые приметы транспортного средства и водителя скрывшегося водителя с места ДТП. Полученные при осмотре места происшествия и опросе свидетелей данные о скрывшемся транспортом средстве и водителе, ППН немедленно передает в дежурную часть, в дальнейшем действует в соответствии с указаниями дежурного.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. После проведения первоначальных действий на месте ДТП, составляется схема места происшествия. Все процессуальные действия на месте ДТП фиксируются техническими средствами (видеорегистраторами) и прилагаются к материалам дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z326" w:id="320"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z328" w:id="322"/>
+    <w:bookmarkStart w:name="z328" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       115. Оформление материалов о нарушениях ПДД, повлекших повреждение транспортных средств, грузов, автомобильных дорог, дорожных сооружений или иного имущества и причинивших при этом только материальный ущерб, по указанию дежурной части, осуществляется ППН самостоятельно в соответствии с положениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7570,1305 +7752,1305 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 9 февраля 2011 года № 52 "Об утверждении Правил составления схемы транспортного происшествия и их типовых форм" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6778).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z329" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Действия патрульно-постовых нарядов при розыске транспортного средства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z330" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. ППН участвуют в розыске угнанных, похищенных транспортных средств, а также транспортных средств, водители которых скрылись с места ДТП и других правонарушений, связанных с использованием транспорта.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z329" w:id="323"/>
+    <w:bookmarkStart w:name="z331" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. При поступлении сообщения о введении в действие плана поисковых и заградительных мероприятий ОВД, ППН немедленно передислоцируются на указанный им участок местности, с докладом в дежурную часть и осуществляют визуальную проверку проходящего транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z332" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. На основании поисковых мероприятий останавливает идентичные (схожие) марки, модели транспортных средств, по цвету и характерным приметам находящихся в розыске. При этом сверяет тип, модель, государственный регистрационный знак, по имеющимся в наличии интегрированным банкам данных проверяет реквизиты транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z333" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. В случае обнаружения разыскиваемого транспортного средства, установления признаков подделки правоустанавливающих документов, а также признаков изменения (отсутствия) номеров или их расхождения с данными в регистрационных документах, ППН немедленно докладывает об этом в дежурную часть, с соблюдением личной безопасности и безопасности участников дорожного движения, принимает меры к задержанию транспорта и лиц, находящихся в нем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z334" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До приезда СОГ запрещается перегонять транспортное средство на другое место и проводить иные действия, в результате которых могут быть уничтожены следы и вещественные доказательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z335" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Собранные первичные материалы, транспортные средства передаются СОГ или в органы полиции по месту обнаружения (совершения) нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z336" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 6. Действия патрульно-постовых нарядов при розыске транспортного средства</w:t>
-[...99 lines deleted...]
-      До приезда СОГ запрещается перегонять транспортное средство на другое место и проводить иные действия, в результате которых могут быть уничтожены следы и вещественные доказательства.</w:t>
+        <w:t xml:space="preserve"> Параграф 7. Действия патрульно-постовых нарядов при чрезвычайных ситуациях</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z335" w:id="329"/>
-[...15 lines deleted...]
-      Собранные первичные материалы, транспортные средства передаются СОГ или в органы полиции по месту обнаружения (совершения) нарушения.</w:t>
+    <w:bookmarkStart w:name="z337" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Действия ППН при пожаре:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z336" w:id="330"/>
+    <w:bookmarkStart w:name="z338" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает в дежурную часть, оповещает и принимает меры по эвакуации населения, обеспечивает доступ коммунальных, аварийно-спасательных, пожарных и медицинских служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z339" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принимает меры к задержанию подозреваемых, установлению свидетелей, очевидцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z340" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказывает помощь медицинским работникам в доставлении пострадавших в лечебные учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z341" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не допускает в горящие здания никого, кроме лиц, привлеченных к ликвидации пожара, обеспечивает оцепление периметра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z342" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организует охрану имущества и места происшествия до указания дежурной части (командира).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z343" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. При наводнении, паводке, селе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z344" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает об угрозе затопления в дежурную часть, запрашивает решение и оповещает население;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z345" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принимает меры к спасению граждан и имущества, организует их эвакуацию (в первую очередь детей, женщин, престарелых и больных) и имущества, оказывает помощь пострадавшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z346" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает порядок при переправе населения из затопляемых районов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z347" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организует охрану имущества, предотвращает факты мародерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z348" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Во время метелей, ураганов, снежных заносов, тумана и гололеда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z349" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает обстановку в дежурную часть, усиливает наблюдение за движением транспорта и пешеходов, предупреждает водителей и граждан об опасности и необходимых мерах предосторожности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z350" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оказывает помощь пострадавшим, находящимся в беспомощном состоянии, принимает меры по обогреву и эвакуации граждан, буксировке застрявших и неисправных транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z351" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) содействует в мобилизации коммунальным службам трудоспособного населения и транспортных средств для расчистки занесенных домов, улиц и автомобильных дорог, а также подсыпки инертных материалов против гололеда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z352" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по указанию дежурной части обеспечивает перекрытие выездов из населенных пунктов, а также отдельных участков местности на стационарных постах полиции "Рубеж".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z353" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. При землетрясении:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z354" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно выясняет обстановку и докладывает в дежурную часть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z355" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет опасные для движения места и перенаправляет транспортные потоки и пешеходов по безопасным направлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z356" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимает меры к спасению граждан, оказанию помощи пострадавшим, направлению их в пункты медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z357" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. При возникновении крушений, катастроф и аварий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z358" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает о случившемся в дежурную часть и принимает меры к спасению граждан, оказанию помощи пострадавшим и направлению их в лечебные учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z359" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает доступ коммунальных, аварийно-спасательных, пожарных и медицинских служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z360" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает охрану места происшествия до поступления иного указания от дежурной части (командира);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z361" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не допускает посторонних к месту происшествия, кроме лиц, привлеченных к ликвидации его последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z362" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) привлекает население, транспорт и другие средства для организации оцепления, ликвидации последствий ЧС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z363" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. При эпидемиях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z364" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает о фактах заболевания в дежурную часть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z365" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдая противоэпидемические меры личной безопасности с использованием средств индивидуальной защиты, обеспечивает ограничение передвижения граждан и транспорта в зараженную зону;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z366" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организует охрану инфекционных больниц и карантинных стационаров, источников водоснабжения, очагов возможного заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z367" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в пределах полномочий, обеспечивает ограничения, связанные с режимом карантина;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z368" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по указанию дежурной части обеспечивает перекрытие выездов из населенных пунктов, а также отдельных участков местности на стационарных постах полиции "Рубеж", а также оцепление участков местности при проведении карантинных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z369" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. При эпизоотиях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z370" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает о фактах заболевания в дежурную часть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z371" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдая противоэпидемические меры личной безопасности с использованием средств индивидуальной защиты, обеспечивает ограничение передвижения граждан и транспорта в зараженную зону;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z372" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организует охрану источников водоснабжения, очагов возможного заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z373" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивает охрану общественного порядка на территории, где объявлен карантин, ограничительные мероприятия по особо опасным болезням животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z374" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по указанию дежурного обеспечивает закрытие въездов и выездов из населенных пунктов, отдельных участков местности, а также оцепление участков местности при проведении карантинных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z375" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. При угрозе возникновения массовых нарушений общественного порядка:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z376" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает в дежурную часть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z377" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает наблюдение и оценку складывающейся ситуации с целью выяснения причин, намерений, численности, наличия у собравшихся оружия и других предметов, представляющих опасность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z378" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предупреждает граждан о неправомерности их действий и требует разойтись;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z379" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при дальнейшей эскалации конфликта и возникновении предпосылок к массовым нарушениям общественного порядка, ППН действуют в соответствии с указаниями дежурной части и ведомственными нормативно-правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z380" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. При террористическом акте, обнаружении взрывных устройств, взрывчатых веществ, а также радиоактивных, химических и других предметов, представляющих опасность для населения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z381" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) немедленно докладывает о происшествии в дежурную часть и принимает экстренные меры к оцеплению (блокированию) периметра опасной зоны, организации места парковки транспортных средств, прибывающих экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z382" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) содействует в эвакуации и спасении граждан, установлению преступников, очевидцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z383" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) с помощью эвакуаторов и тягачей эвакуирует припаркованный транспорт, создающий помехи в работе специальных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z384" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. В случае введения в действие ведомственных планов ОВД, ППН действуют в составе специальных групп.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z385" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 7. Действия патрульно-постовых нарядов при чрезвычайных ситуациях</w:t>
-[...939 lines deleted...]
-      3) с помощью эвакуаторов и тягачей эвакуирует припаркованный транспорт, создающий помехи в работе специальных групп;</w:t>
+        <w:t xml:space="preserve"> Глава 6. Подведение итогов несения патрульно-постовой службы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z384" w:id="378"/>
-[...15 lines deleted...]
-      129. В случае введения в действие ведомственных планов ОВД, ППН действуют в составе специальных групп.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Сотрудники после окончания службы, прибывают в расположение подразделения. О своем прибытии они докладывают в дежурную часть и командиру для учета в постовой ведомости.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z385" w:id="379"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 6. Подведение итогов несения патрульно-постовой службы</w:t>
+    <w:bookmarkStart w:name="z387" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Сотрудники сдают полученные средства арттехвооружения, снаряжения, связи и специальной техники, индивидуальной защиты и специальные средства, служебную документацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z386" w:id="380"/>
-[...15 lines deleted...]
-      130. Сотрудники после окончания службы, прибывают в расположение подразделения. О своем прибытии они докладывают в дежурную часть и командиру для учета в постовой ведомости.</w:t>
+    <w:bookmarkStart w:name="z388" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закрепленные за транспортными средствами водители сдают путевые листы и транспортные средства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z387" w:id="381"/>
-[...15 lines deleted...]
-      131. Сотрудники сдают полученные средства арттехвооружения, снаряжения, связи и специальной техники, индивидуальной защиты и специальные средства, служебную документацию.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Сотрудники при объявлении общего построения ППН принимают участие в подведении итогов несения службы, после его окончания убывают из расположения подразделения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z388" w:id="382"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z390" w:id="384"/>
+    <w:bookmarkStart w:name="z390" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       133. Командиры обобщают результаты индивидуальной работы ППН, наличие замечаний по службе, объявляет дальнейший режим работы. Подразделения административной практики проверяют законность применения норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>КоАП</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и правильность составления административных материалов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9038,112 +9220,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>загородных автомобильных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дорогах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z392" w:id="385"/>
+    <w:bookmarkStart w:name="z392" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      АКТ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             о задержании, доставлении и запрещении эксплуатации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             транспортного средства, судна, в том числе маломерного судна</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z393" w:id="386"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z393" w:id="384"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" _______ 20__ года             время "___" ч. "____" мин. ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(место</w:t>
@@ -10407,100 +10589,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>загородных автомобильных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дорогах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z395" w:id="387"/>
+    <w:bookmarkStart w:name="z395" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Разрешение № ______</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на выдачу задержанного транспортного средства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z396" w:id="388"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z396" w:id="386"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) (далее – Ф.И.О)</w:t>
@@ -11060,70 +11242,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>загородных автомобильных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дорогах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z398" w:id="389"/>
+    <w:bookmarkStart w:name="z398" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4114800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -11358,68 +11540,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>загородных автомобильных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дорогах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z400" w:id="390"/>
+    <w:bookmarkStart w:name="z400" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ сверки по лицам, доставленным на освидетельствование в медицинские учреждения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkEnd w:id="388"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -12026,55 +12208,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12400,31 +12582,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>