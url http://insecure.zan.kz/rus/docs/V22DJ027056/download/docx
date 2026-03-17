--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="410cdc0" w14:textId="410cdc0">
+    <w:p w14:paraId="971caa2" w14:textId="971caa2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района</w:t>
-[...16 lines deleted...]
-        <w:t>Постановление акимата Илийского района Алматинской области от 21 февраля 2022 года № 57. Зарегистрировано в Министерстве юстиции Республики Казахстан 10 марта 2022 года № 27056</w:t>
+        <w:t>Об утверждении Правил организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление акимата Илийского района Алматинской области от 21 февраля 2022 года № 57. Зарегистрировано в Министерстве юстиции Республики Казахстан 10 марта 2022 года № 27056.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления акимата Илийского района Алматинской области от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 535</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,51 +194,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 16-5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 31 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат Илийского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -527,401 +565,441 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Утверждены постановлением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 февраля 2022 года № 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления акимата Илийского района Алматинской области от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 535</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района</w:t>
+        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика по Илийскому району (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях" (далее – Закон), иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийскому району.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящие Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района (далее – Правила) разработаны в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района.</w:t>
+      2. В настоящих Правилах применяются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2.В настоящих Правилах применяются следующие основные понятия:</w:t>
+      1) единый архитектурный стиль – совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) объект кондоминиума - единый имущественный комплекс, состоящий из квартир, нежилых помещений, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) общее имущество объекта кондоминиума - части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, находящихся в индивидуальной (раздельной) собственности;</w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+      5) капитальный ремонт общего имущества объекта кондоминиума – комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) капитальный ремонт общего имущества объекта кондоминиума - комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
+      6) содержание общего имущества объекта кондоминиума - комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) содержание общего имущества объекта кондоминиума - комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+      7) многоквартирный жилой дом – отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) многоквартирный жилой дом - отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+      8) кондоминиум многоквартирного жилого дома (далее – кондоминиум) – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) кондоминиум многоквартирного жилого дома (далее - кондоминиум) - форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее – собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее - собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования.</w:t>
+      10) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции Илийского района" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения текущего или капитального ремонта фасадов, кровли для придания району единого архитектурного облика.</w:t>
+      3. Государственное учреждение "Отдел жилищно-коммунального хозяйства и жилищной инспекции Илийского района" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения реконструкции, текущего или капитального ремонта наружных стен, кровли для придания району единого архитектурного облика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Государственное учреждение "Отдел строительства, архитектуры и градостроительства Илийского района" после определения перечня многоквартирных жилых домов, указанных в пункте 3 Правил, обеспечивает разработку и утверждение единого архитектурного облика района.</w:t>
+      4. Государственное учреждение "Отдел архитектуры и градостроительства Илийского района" после определения перечня многоквартирных жилых домов, указанных в пункте 3 Правил, обеспечивает разработку и утверждение единого архитектурного облика района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Акимат Илийского района организует следующие мероприятия:</w:t>
+      5. Отдел организует следующие мероприятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика района на официальном интернет-ресурсе акимата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
@@ -937,324 +1015,331 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения ремонтных работ фасада, кровли многоквартирного жилого дома.</w:t>
+      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирного жилых дома.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Собрание принимает решение при наличии более двух третей от общего числа собственников квартир, нежилых помещений.</w:t>
+      6. Собрание принимает решение при согласии большинства от общего числа собственников квартир, нежилых помещений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В случае принятия собранием отрицательного решения работы по ремонту фасада, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
+      7. В случае принятия собранием отрицательного решения работы по реконструкции, ремонту наружных стен, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует обследование технического состояния фасада, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) и установления степени их физического износа. </w:t>
+      8. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует обследование технического состояния фасада, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (реконструкция, текущий или капитальный) и установления степени их физического износа. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Выбор организации по обследованию технического состояния фасада, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках.</w:t>
+      9. Выбор организации по обследованию технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (реконструкции, текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. По итогам обследования технического состояния фасада, кровли многоквартирного жилого дома Отдел организует работу по разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации на капитальный ремонт фасада, кровли, направленного на придание единого архитектурного облика, с последующим получением заключения экспертизы за счет средств местного бюджета.</w:t>
+      10. По итогам обследования технического состояния наружных стен, кровли многоквартирного жилого дома Отдел организует работу по разработке сметного расчета реконструкции, текущего ремонта или изготовлению проектно-сметной документации на капитальный ремонт наружных стен, кровли, направленного на придание единого архитектурного облика, с последующим получением заключения экспертизы за счет средств местного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. После утверждения сметной стоимости текущего ремонта или получения положительного заключения экспертизы проектно-сметной документации капитального ремонта фасада, кровли многоквартирных жилых домов, Отдел составляет бюджетную заявку в соответствии с порядком, определенным центральным уполномоченным органом по бюджетному планированию.</w:t>
+      11. После получения положительного заключения экспертизы и утверждения сметной стоимости реконструкции, текущего ремонта или проектно-сметной документации капитального ремонта наружных стен, кровли многоквартирных жилых домов, Отдел составляет бюджетную заявку в соответствии с порядком, определенным центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Приобретение работ по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
+      12. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Приемка работ по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор.</w:t>
+      13. Приемка работ по реконструкции, текущему или капитальному ремонту нвружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Финансирование мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района, осуществляется из средств местного бюджета.</w:t>
+      14. Финансирование мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Илийского района, осуществляется из средств местного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1580,31 +1665,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>