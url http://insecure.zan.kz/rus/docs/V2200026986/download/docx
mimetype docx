--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ffd6d7a" w14:textId="ffd6d7a">
+    <w:p w14:paraId="cc98123" w14:textId="cc98123">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,246 +100,295 @@
         </w:rPr>
         <w:t>Об утверждении типового положения об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра культуры и спорта Республики Казахстан от 28 февраля 2022 года № 61. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 марта 2022 года № 26986.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      В соответствии с </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 24-2 Закона Республики Казахстан "О языках в Республике Казахстан" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемое </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовое положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету культуры Министерства культуры и спорта Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение трех рабочих дней после введения в действие настоящего приказа размещение его на интернет-ресурсе Министерства культуры и спорта Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение трех рабочих дней после исполнения мероприятий, предусмотренных настоящим пунктом, представление в Департамент юридической службы Министерства культуры и спорта Республики Казахстан сведений об исполнении мероприятий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра культуры и спорта Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...159 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -367,71 +416,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр культуры и спорта</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -465,50 +496,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Абаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -600,1142 +652,1355 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 февраля 2022 года № 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z15" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи, функции и права Комиссии</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящее Типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы (далее – Типовое положение) разработано в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24-2 Закона Республики Казахстан "О языках в Республике Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Областные ономастические комиссии и ономастические комиссии городов республиканского значения, столицы (далее – Комиссия) являются консультативно-совещательными органами, создаваемыми при местных исполнительных органах области, городов республиканского значения и столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Комиссия в своей деятельности руководствуется Конституцией и законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Типовым положением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...199 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z19" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...79 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи, функции и права Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Организация работы Комиссии</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Основными задачами Комиссии являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) выработка предложений по формированию единых подходов по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, уточнению и изменению транскрипции их наименований, и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства, а также восстановлению и сохранению исторических названий как составной части историко-культурного наследия Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) согласование частным организациям образования присвоения имен личностей и их переименования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) выработка предложений по совершенствованию нормативной правовой базы Республики Казахстан по вопросам ономастики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) выработка предложений по восстановлению ранее утраченных исторических топонимов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказом Заместителя Премьер-Министра – Министра культуры и информации РК от 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 07.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. В целях решения возложенных задач:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) областные ономастические комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдают заключения по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдают заключения по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией, а также согласовывают частным организациям образования присвоения имен личностей и их переименования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ономастические комиссии городов республиканского значения, столицы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдают заключения по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией, а также согласовывают частным организациям образования присвоения имен личностей и их переименования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 5 – в редакции приказа Министра культуры и спорта РК от 25.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра культуры и информации РК от 27.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 446-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 07.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. В соответствии со своими задачами и функциями Комиссия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) приглашает на заседания Комиссии и заслушивает представителей исполнительных органов районов, области, городов республиканского значения и столицы по вопросам, входящим в компетенцию Комиссии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в установленном законодательством порядке запрашивает и получает от государственных и других организаций материалы, необходимые для реализации задач Комиссии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) взаимодействует с государственными органами и иными организациями;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) рассматривает предложения по восстановлению ранее утраченных исторических топонимов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) вносит предложения в Республиканскую ономастическую комиссию по вопросам совершенствования нормативной правовой базы Республики Казахстан по вопросам ономастики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...439 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z36" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация работы Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Комиссия состоит из председателя, заместителя председателя, членов Комиссии и секретаря. Секретарь Комиссии не является ее членом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество членов Комиссии является нечетным.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Комиссию возглавляет должностное лицо со статусом не ниже заместителя акима области, города республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение и персональный состав Комиссии утверждается акимом области, города республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В состав Комиссии включаются депутаты соответствующих маслихатов, ученые, представители государственных органов и иных организаций, средств массовой информации, специалисты и иные лица по согласованию с ними.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Члены Комиссии принимают участие в их деятельности без права замены.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Председатель Комиссии руководит ее деятельностью, председательствует на заседаниях Комиссии, планирует ее работу, осуществляет общий контроль над реализацией ее решений, в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Во время отсутствия председателя его функции выполняет заместитель.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Секретарем Комиссии определяется должностное лицо со статусом не ниже руководящей должности структурного подразделения местных исполнительных органов области, городов республиканского значения и столицы по вопросам ономастики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Рабочим органом Комиссии является структурное подразделение местных исполнительных органов области, городов республиканского значения и столицы по вопросам ономастики (далее – рабочий орган).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Рабочий орган осуществляет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) организационно-техническое обеспечение работы Комиссии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) формирование повестки дня заседания Комиссии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) подготовку материалов к заседаниям Комиссии, проектов текущих и перспективных планов работы Комиссии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) направляет повестку дня с приложением необходимых материалов членам Комиссии в срок, не позднее пяти рабочих дней до проведения заседания Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Заседания Комиссии созываются ее председателем по мере необходимости, но не менее четырех раз в год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Заседания Комиссии считаются правомочными, если на них присутствует более половины от общего числа членов Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Решения Комиссии принимаются открытым голосованием большинством голосов от общего числа членов Комиссии, присутствующих на ее заседании.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Комиссии обладают равными голосами при принятии решения. В случае равенства голосов, принятым считается решение, за которое проголосовал председатель Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Решения Комиссии оформляются в виде заключения и подписываются председателем, секретарем, присутствующими членами Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Заключение областных ономастических комиссий направляется рабочим органом Комиссии соответствующим государственным органам в течение трех рабочих дней со дня проведения заседания Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Заключения ономастических комиссий городов республиканского значения, столицы направляются рабочим органом Комиссии для согласования в Республиканскую ономастическую комиссию в течение пяти рабочих дней со дня проведения заседания Комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра культуры и спорта РК от 25.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Заключение ономастических комиссий городов республиканского значения, столицы направляется рабочим органом Комиссии в течение трех рабочих дней со дня получения согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. В пункт 20 вносится изменение в текст на казахском языке, текст на русском языке не меняется в соответствии с приказом Министра культуры и спорта РК от 25.08.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>