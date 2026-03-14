--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="faaeed2" w14:textId="faaeed2">
+    <w:p w14:paraId="6f5e7da" w14:textId="6f5e7da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 8 февраля 2018 года № 144 "Об утверждении Правил получения, учета, хранения, выдачи акцизных и учетно-контрольных марок и представления обязательства, отчета импортеров о целевом использовании учетно-контрольных марок при импорте алкогольной продукции в Республику Казахстан, а также учета и размера обеспечения такого обязательства"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 1 ноября 2021 года № 1128. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 ноября 2021 года № 24998</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра финансов Республики Казахстан от 1 ноября 2021 года № 1128. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 ноября 2021 года № 24998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1808,50 +1904,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -1865,183 +1962,221 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z49" w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национальный Банк</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z50" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инноваций и аэрокосмической промышленности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2657,545 +2792,685 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Обязательство о целевом использовании учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z57" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование импортера, БИН, юридический адрес, банковские реквизиты)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">обязуется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 172 Кодекса Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О налогах и других обязательных платежах в бюджет" (Налоговый кодекс),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>осуществить обеспечение обязательства способом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(платежный документ, банковская гарантия, договор поручительства, договор залога имущества)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от ________________________ №____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(дата способа обеспечения) (номер способа обеспечения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в размере __________________________ тенге, использовать УКМ в соответствии с их</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>назначением, осуществить вывоз УКМ для наклеивания на алкогольную продукцию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за пределами территории Республики Казахстан, осуществить ввоз на территорию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан маркированной УКМ алкогольной продукции и ее доставку</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>до места назначения, вернуть испорченные и (или) неиспользованные УКМ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в выдавший орган государственных доходов, уплатить косвенные налоги</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по импортированной алкогольной продукций, представить отчет импортеров</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о целевом использовании УКМ при импорте алкогольной продукции</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в Республику Казахстан в установленные сроки.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В случае неисполнения вышеуказанных действий деньги, являющиеся суммой</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обеспечения исполнения настоящего Обязательства, суммы обеспечения</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательства органом государственных доходов будут перечислены в доход</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного бюджета.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"______________20__год.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>учетно-контрольных марок при импорте алкогольной продукции</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3365,1064 +3640,1085 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республику Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9178"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача учетно-контрольных марок на алкогольную продукцию (за исключением виноматериала, пива и пивного напитка)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное предприятие на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются услугодателем через информационную систему "Контроль, учет и выдача учетно-контрольных марок, акцизных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с момента сдачи пакета документов услугополучателем услугодателю:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выдача учетно-контрольных марок (далее – УКМ) на алкогольную продукцию, за исключением виноматериала, пива и пивного напитка производимой в Республике Казахстан производится услугодателем в течение 3 (трех) рабочих дней с даты подтверждения органом государственных доходов заявления на получение УКМ, с нанесенным штрих-кодом на УКМ и осуществлҰнными привязками диапазонов номеров УКМ к заявлению на получение УКМ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выдача УКМ услугополучателям, для маркировки алкогольной продукции, импортируемой на территорию Республики Казахстан производится услугодателем в течение 60 (шестьдесят) календарных дней с даты подтверждения органом государственных доходов заявления на получение УКМ, с нанесенным штрих-кодом на УКМ и осуществлҰнными привязками диапазонов номеров УКМ к заявлению на получение УКМ.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результатом оказания государственной услуги является выдача УКМ, с нанесенным штрих-кодом на УКМ и осуществленными привязками диапазонов номеров УКМ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z62" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Предварительная запись для получения государственной услуги не требуется, ускоренное обслуживание не предусмотрено;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) информационная система – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услогополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z64" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4451,77 +4747,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> или </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам (далее – заявки) посредством информационной системы – не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копия внешнеторгового договора (контракта);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3) заявление на получение УКМ согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4539,440 +4844,467 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> или 8, 9 к настоящим Правилам отдельно на каждого покупателя – в целях получения УКМ на алкогольную продукцию посредством информационной системы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) при импорте дополнительно представляет:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">обязательство по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документ (платежный документ, банковская гарантия, договор поручительства, договор залога имущества), подтверждающий обеспечение исполнения обязательства.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основанием для отказа в оказании государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>непредставлении к заявлениям документов, указанных в пунктах 18 и 20 настоящих Правил;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неполной уплате суммы акцизов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес мест оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.pbf.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через информационную систему при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8800080777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5145,911 +5477,924 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республику Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9178"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача акцизных марок на табачные изделия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное предприятие на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются услугодателем через информационную систему "Контроль, учет и выдача учетно-контрольных марок, акцизных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – информационная система).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z74" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с момента сдачи пакета документов услугополучателем услугодателю:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выдача акцизных марок получателям производится поставщиком в течение 3 (трех) рабочих дней с даты подтверждения органом государственных доходов заявления на получение акцизных марок.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z75" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результатом оказания государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) согласование заявок на предстоящий год;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) выдача акцизных марок и накладной.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам (далее – услугополучатели).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z77" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6058,206 +6403,219 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Предварительная запись для получения государственной услуги не требуется, ускоренное обслуживание не предусмотрено;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) информационная система – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услогополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z79" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к услугодателю:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявки на изготовление акцизных марок на табачные изделия согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6275,396 +6633,419 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> или </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам (далее – заявки) посредством информационной системы – не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) заявление на получение акцизных марок согласно приложению 12 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) копия внешнеторгового договора (контракта).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z82" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основанием для отказа в оказании государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>непредставлении к заявлениям документов, указанных в пункте 44 настоящих Правил;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неполной уплате суммы акцизов (за исключением уплаты акцизов за производимые табачные изделия).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z84" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес мест оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.pbf.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через информационную систему при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8800080777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6694,55 +7075,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>