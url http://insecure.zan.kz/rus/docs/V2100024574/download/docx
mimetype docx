--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e640028" w14:textId="e640028">
+    <w:p w14:paraId="1d19a39" w14:textId="1d19a39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1240,1818 +1240,1772 @@
         </w:rPr>
         <w:t xml:space="preserve"> пункта 16 Положения о Министерстве по чрезвычайным ситуациям Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 23 октября 2020 года № 701 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах) и определяют порядок постановки на учет и снятия с учета опасных производственных объектов и опасных технических устройств, и порядок оказания государственной услуги "Постановка на учет и снятие с учета опасных технических устройств".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z127" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Постановка на учет и снятия с учета опасных производственных объектов осуществляется территориальным подразделением ведомства уполномоченного органа в области промышленной безопасности (далее – территориальный департамент).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z128" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Постановка на учет и снятия с учета опасных производственных объектов осуществляется территориальными департаментами Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан (далее – территориальные департаменты).</w:t>
+      3. Постановка на учет и снятия с учета опасных технических устройств на промышленных объектах осуществляется территориальными департаментами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z129" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Постановка на учет и снятия с учета опасных технических устройств на промышленных объектах осуществляется территориальными департаментами.</w:t>
+      Постановка на учет и снятия с учета опасных технических устройств на объектах социальной инфраструктуры осуществляется местными исполнительными органами районов, городов республиканского и областного значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z129" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z130" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Постановка на учет и снятия с учета опасных технических устройств на объектах социальной инфраструктуры осуществляется местными исполнительными органами районов, городов республиканского и областного значения, столицы.</w:t>
+        <w:t xml:space="preserve">
+      4. Постановке на учет опасных производственных объектов подлежат опасные производственные объекты, введенные в эксплуатацию и прошедшие идентификацию в порядке, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 353 "Об утверждении Правил идентификации опасных производственных объектов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10310) (далее – Правила идентификации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z130" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z131" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Постановке на учет опасных производственных объектов подлежат опасные производственные объекты, введенные в эксплуатацию и прошедшие идентификацию в порядке, определенном </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 353 "Об утверждении Правил идентификации опасных производственных объектов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10310) (далее – Правила идентификации).</w:t>
+      5. Постановке на учет опасных технических устройств подлежат опасные технические устройства, определенные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 32-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О гражданской защите" (далее – Закон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z131" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z132" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Постановке на учет опасных технических устройств подлежат опасные технические устройства, определенные </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О гражданской защите" (далее – Закон).</w:t>
+      Не подлежат постановке на учет опасные технические устройства, определенные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>883</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 358 "Об утверждении Правил обеспечения промышленной безопасности при эксплуатации оборудования, работающего под давлением" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10303) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 359 "Об утверждении Правил обеспечения промышленной безопасности при эксплуатации грузоподъемных механизмов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10332).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z132" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z133" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> приказа Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 359 "Об утверждении Правил обеспечения промышленной безопасности при эксплуатации грузоподъемных механизмов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10332).</w:t>
+        <w:t>
+      6. Территориальные департаменты и местные исполнительные органы районов, городов республиканского и областного значения, столицы самостоятельно снимают с учета ликвидированные или выведенные из эксплуатации опасные производственные объекты и (или) опасные технические устройства, ранее состоящие на учете в случае отсутствия возможности лицами, эксплуатирующими опасные производственные объекты и (или) опасные технические устройства подать заявление о снятие с учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z133" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z134" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок постановки на учет и снятия с учета опасных производственных объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z135" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      7. Для постановки на учет опасных производственных объектов руководитель организации, эксплуатирующей опасные производственные объекты подает заявление в территориальный департамент с приложением информации по идентификации опасных производственных объектов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам идентификации, по кадастровому номеру земельного участка на котором расположен опасный производственный объект, о дате и номере согласованной проектной документации на строительство, расширение, реконструкцию, модернизацию, консервацию опасных производственных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z136" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Территориальные департаменты и местные исполнительные органы районов, городов республиканского и областного значения, столицы самостоятельно снимают с учета ликвидированные или выведенные из эксплуатации опасные производственные объекты и (или) опасные технические устройства, ранее состоящие на учете в случае отсутствия возможности лицами, эксплуатирующими опасные производственные объекты и (или) опасные технические устройства подать заявление о снятие с учета.</w:t>
+      Руководитель организации, эксплуатирующей опасные производственные объекты несет ответственность за достоверность представленной информации для постановки на учет опасных производственных объектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z134" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z137" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Территориальный департамент в срок, не превышающий 15 (пятнадцати) рабочих дней с даты поступления заявления, рассматривает представленную информацию, проверяет ее на полноту, правильность идентификации, наличие признаков опасного производственного объекта, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона и направляет заявителю уведомление о постановке на учет опасных производственных объектов или уведомление о необходимости устранения имеющихся замечаний и недостатков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z138" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. По результатам рассмотрения представленной информации в случае полноты, правильности идентификации и наличии признаков опасного производственного объекта, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, территориальный департамент вносит сведения об опасном производственном объекте в Журнал учета опасных производственных объектов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет заявителю уведомление о постановке на учет опасных производственных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z139" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае неполноты представленной информации, неправильной идентификации, отсутствие признаков опасного производственного объекта, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, заявителю направляется уведомление о необходимости устранения имеющихся замечаний и недостатков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z140" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После устранения имеющихся замечаний и недостатков руководитель организации, эксплуатирующей опасные производственные объекты подает заявление в территориальный департамент в установленном настоящими Правилами порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z141" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Для снятия с учета опасных производственных объектов руководитель организации, эксплуатирующей опасные производственные объекты подает заявление в территориальный департамент с указанием причины снятия с учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z142" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации, эксплуатирующей опасные производственные объекты несет ответственность за достоверность представленной информации для снятия с учета опасных производственных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z143" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Территориальный департамент в срок, не превышающий 6 (шесть) рабочих дней с даты поступления заявления, рассматривает представленную информацию, вносит сведения о снятии опасного производственного объекта в Журнал учета опасных производственных объектов и направляет заявителю уведомление о снятии с учета опасных производственных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z144" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок постановки на учет и снятия с учета опасных производственных объектов</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок постановки на учет и снятия с учета опасных технических устройств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z135" w:id="21"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z145" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам идентификации, по кадастровому номеру земельного участка на котором расположен опасный производственный объект, о дате и номере согласованной проектной документации на строительство, расширение, реконструкцию, модернизацию, консервацию опасных производственных объектов.</w:t>
+        <w:t>
+      12. Постановка на учет и снятия с учета опасных технических устройств проводится в порядке оказания государственной услуги "Постановка на учет и снятие с учета опасных технических устройств".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z136" w:id="22"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z146" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель организации, эксплуатирующей опасные производственные объекты несет ответственность за достоверность представленной информации для постановки на учет опасных производственных объектов.</w:t>
+      13. Государственная услуга "Постановка на учет и снятие с учета опасных технических устройств" (далее – государственная услуга), оказывается территориальными департаментами и местными исполнительными органами районов, городов республиканского и областного значения, столицы (далее – услугодатель) согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z137" w:id="23"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z147" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Территориальный департамент в срок, не превышающий 15 (пятнадцати) рабочих дней с даты поступления заявления, рассматривает представленную информацию, проверяет ее на полноту, правильность идентификации, наличие признаков опасного производственного объекта, установленных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона и направляет заявителю уведомление о постановке на учет опасных производственных объектов или уведомление о необходимости устранения имеющихся замечаний и недостатков.</w:t>
+      14. Для получения государственной услуги юридические и физические лица, эксплуатирующие опасные технические устройства (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя по формам, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z138" w:id="24"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z148" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. По результатам рассмотрения представленной информации в случае полноты, правильности идентификации и наличии признаков опасного производственного объекта, установленных </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам и направляет заявителю уведомление о постановке на учет опасных производственных объектов.</w:t>
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в форме Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z139" w:id="25"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z149" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона, заявителю направляется уведомление о необходимости устранения имеющихся замечаний и недостатков.</w:t>
+        <w:t>
+      15. Портал осуществляет прием заявления в автоматическом режиме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z140" w:id="26"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z150" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      После устранения имеющихся замечаний и недостатков руководитель организации, эксплуатирующей опасные производственные объекты подает заявление в территориальный департамент в установленном настоящими Правилами порядке.</w:t>
+      При подаче услугополучателем всех необходимых документов посредством портала в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z141" w:id="27"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z151" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Для снятия с учета опасных производственных объектов руководитель организации, эксплуатирующей опасные производственные объекты подает заявление в территориальный департамент с указанием причины снятия с учета.</w:t>
+      В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Трудовому кодексу Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z142" w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z152" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель организации, эксплуатирующей опасные производственные объекты несет ответственность за достоверность представленной информации для снятия с учета опасных производственных объектов.</w:t>
+      Ответственность за достоверность представленных документов и сведений, содержащихся в них, несет услугополучатель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z143" w:id="29"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z153" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Территориальный департамент в срок, не превышающий 6 (шесть) рабочих дней с даты поступления заявления, рассматривает представленную информацию, вносит сведения о снятии опасного производственного объекта в Журнал учета опасных производственных объектов и направляет заявителю уведомление о снятии с учета опасных производственных объектов.</w:t>
+      16. Работник канцелярии услугодателя осуществляет регистрацию заявления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z144" w:id="30"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок постановки на учет и снятия с учета опасных технических устройств</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z145" w:id="31"/>
+    <w:bookmarkStart w:name="z154" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Постановка на учет и снятия с учета опасных технических устройств проводится в порядке оказания государственной услуги "Постановка на учет и снятие с учета опасных технических устройств".</w:t>
+        <w:t xml:space="preserve">
+      17. Ответственный исполнитель проверяет представленные документы и сведения указанные в них на соответствие требованиям нормативных правовых актов в области промышленной безопасности и оформляет результат оказания государственной услуги, по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z146" w:id="32"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z155" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Государственная услуга "Постановка на учет и снятие с учета опасных технических устройств" (далее – государственная услуга), оказывается территориальными департаментами и местными исполнительными органами районов, городов республиканского и областного значения, столицы (далее – услугодатель) согласно настоящим Правилам.</w:t>
+        <w:t xml:space="preserve">
+      18. Сведения об опасных технических устройствах, поставленных на учет или снятых с учета услугодатель вносит в Журнал учета опасных технических устройств по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z147" w:id="33"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z156" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      19. Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z148" w:id="34"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z157" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам в форме Перечня основных требований к оказанию государственной услуги.</w:t>
+        <w:t>
+      20. Результат оказания государственной услуги подписывается электронной цифровой подписью руководителя услугодателя либо лица его замещающего и направляется через портал в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z149" w:id="35"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z158" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Портал осуществляет прием заявления в автоматическом режиме.</w:t>
+      Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z150" w:id="36"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z159" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При подаче услугополучателем всех необходимых документов посредством портала в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
+      Информация о порядке и статусе оказания государственной услуги поступает в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z151" w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Трудовому кодексу Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      21. Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z152" w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ответственность за достоверность представленных документов и сведений, содержащихся в них, несет услугополучатель.</w:t>
+      22. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z153" w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z162" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействий) административного органа (услугодателя) и (или) его должностных лиц в том числе по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z163" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      16. Работник канцелярии услугодателя осуществляет регистрацию заявления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+        <w:t xml:space="preserve">
+      23. Участник административной процедуры вправе обжаловать административный акт, административное действие (бездействие), административного органа и (или) его должностных лиц по вопросам постановки на учет и снятия с учета опасных производственных объектов в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="40"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z164" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      24. Рассмотрение жалобы по вопросу оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z155" w:id="41"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z165" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z156" w:id="42"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z166" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 4 к настоящим Правилам.</w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z157" w:id="43"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z167" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Результат оказания государственной услуги подписывается электронной цифровой подписью руководителя услугодателя либо лица его замещающего и направляется через портал в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z158" w:id="44"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z168" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+        <w:t xml:space="preserve">
+      25. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z159" w:id="45"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z169" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Информация о порядке и статусе оказания государственной услуги поступает в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...179 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z170" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21. Информацию о внесенных изменениях и (или) дополнениях в настоящих Правилах оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр по вопросам оказания государственных услуг направляет уполномоченный орган в области промышленной безопасности.</w:t>
+        <w:t xml:space="preserve">
+      26. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="46"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z171" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="48"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z172" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК).</w:t>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z164" w:id="49"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z173" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Рассмотрение жалобы по вопросу оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z165" w:id="50"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z174" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...218 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       27. Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственных услугах, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3208,68 +3162,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета опасных производственных объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -4971,70 +4925,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="61"/>
+    <w:bookmarkStart w:name="z175" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Реквизиты физического или юридического лица (адрес, индивидуальный идентификационный номер/бизнес-идентификационный номер, телефон)]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5135,51 +5089,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="62"/>
+    <w:bookmarkStart w:name="z176" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -5188,51 +5142,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование физического или юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5879,70 +5833,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="63"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Реквизиты физического или юридического лица (адрес, индивидуальный идентификационный номер/бизнес-идентификационный номер, телефон)]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6014,521 +5968,521 @@
               <w:t>[Наименование</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z89" w:id="64"/>
+      <w:bookmarkStart w:name="z89" w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
-      </w:r>
-[...109 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>просит Вас рассмотреть прилагаемый перечень документов и снять с учета:</w:t>
+        <w:t>Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...244 lines deleted...]
-      ____________________________</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о снятии с учета опасного технического устройства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование физического или юридического лица)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>[Фамилия, имя, отчество</w:t>
+      <w:bookmarkStart w:name="z179" w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 77</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>просит Вас рассмотреть прилагаемый перечень документов и снять с учета:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(при наличии), электронная</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>цифровая подпись]</w:t>
+        <w:t>(причина снятия с учета, наименование, тип, вид опасного технического устройства)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z181" w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заводской (серийный) № _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Изготовленный _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата и год изготовления, наименование завода изготовителя, страна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативный срок службы опасного технического устройства, установленный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заводом-изготовителем ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата и год нормативного срока службы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение: [Перечень документов необходимых для оказания государственной услуги]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации и осведомлен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об ответственности за предоставление недостоверных сведений в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z180" w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при наличии), электронная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цифровая подпись]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z181" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="2705100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
@@ -6556,148 +6510,50 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...96 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -6855,142 +6711,200 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="69"/>
+    <w:bookmarkStart w:name="z96" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Постановка на учет и снятие с учета опасных технических устройств"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="70"/>
+          <w:bookmarkStart w:name="z102" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование подвида государственной услуги:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Постановка на учет опасных технических устройств.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -7091,68 +7005,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальные департаменты Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан – при постановке на учет и снятии с учета опасных технических устройств на промышленных объектах.</w:t>
-[...16 lines deleted...]
-              <w:t>Местные исполнительные органы районов, городов республиканского и областного значения, столицы – при постановке на учет и снятии с учета опасных технических устройств на объектах социальной инфраструктуры.</w:t>
+Территориальный департамент – при постановке на учет и снятии с учета опасных технических устройств на промышленных объектах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Местные исполнительные органы районов, городов республиканского и областного значения, столицы – при постановке на учет и снятии с учета опасных технических устройств на объектах социальной инфраструктуры.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11876,70 +11791,70 @@
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="71"/>
+          <w:bookmarkStart w:name="z123" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Мемлекеттік органның атауы]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13067,68 +12982,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z184" w:id="72"/>
+    <w:bookmarkStart w:name="z184" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета опасных технических устройств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -14700,55 +14615,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>