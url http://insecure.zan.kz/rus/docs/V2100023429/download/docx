--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b6d727" w14:textId="0b6d727">
+    <w:p w14:paraId="25a5da1" w14:textId="25a5da1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,659 +93,797 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказы Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2017 года № 74 "Об утверждении формы заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта и правил ее приема и регистрации" и от 7 февраля 2017 года № 75 "Об утверждении типового специального инвестиционного контракта"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра индустрии и инфраструктурного развития Республики Казахстан от 30 июня 2021 года № 340. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 июля 2021 года № 23429</w:t>
+        <w:t>Приказ и.о. Министра индустрии и инфраструктурного развития Республики Казахстан от 30 июня 2021 года № 340. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 июля 2021 года № 23429.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> О внесении изменений в приказы Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2017 года № 74 "Об утверждении формы заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта и правил ее приема и регистрации" и от 7 февраля 2017 года № 75 "Об утверждении типового специального инвестиционного контракта"</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра промышленности и строительства РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2017 года № 74 "Об утверждении формы заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта и правил ее приема и регистрации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14800) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форму заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта, утвержденную указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правила приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта, утвержденные указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 7 февраля 2017 года № 75 "Об утверждении типового специального инвестиционного контракта" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14806) следующие изменения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в Типовом специальном инвестиционном контракте, утверждҰнном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...15 lines deleted...]
-      в Типовом специальном инвестиционном контракте, утверждҰнном указанным приказом:</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преамбулу изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
-[...15 lines deleted...]
-      преамбулу изложить в следующей редакции:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z11" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "город Нур-Султан _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (число, месяц, год)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Настоящий специальный инвестиционный контракт заключен между, ______________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (наименование уполномоченного органа) в лице</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при наличии) руководителя или лица, его замещающего,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>действующего на основании _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (положения и (или) приказа)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (далее – Уполномоченный орган), и ___________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование юридического лица Республики Казахстан, бизнес</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       идентификационный номер и дата государственной регистрации/перерегистрации)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       являющееся участником специальной экономической зоны или владельцем свободного склада либо юридическим лицом, заключившим соглашение о промышленной сборке транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов и осуществляющего реализацию специального инвестиционного проекта в лице ___________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии) первого руководителя или иного уполномоченного лица) действующего на основании (устава или доверенности) (далее – Юридическое лицо), именуемые в дальнейшем Стороны, принимая во внимание, что:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) Уполномоченный орган наделен правами, непосредственно связанными с заключением и расторжением специального инвестиционного контракта;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) Стороны договорились о том, что специальный инвестиционный контракт будет регулировать их взаимные права и обязанности при реализации ________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование специального инвестиционного проекта)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и заключили настоящий специальный инвестиционный контракт о нижеследующем.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Предметом настоящего специального инвестиционного контракта является предоставление Юридическому лицу инвестиционных преференций в виде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
-[...15 lines deleted...]
-      "2. Предметом настоящего специального инвестиционного контракта является предоставление Юридическому лицу инвестиционных преференций в виде:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освобождения от обложения таможенными пошлинами использованных сырья и (или) материалов, ввезенных юридическими лицами Республики Казахстан в рамках реализации специального инвестиционного проекта на основании специального инвестиционного контракта, осуществляется при завершении действия таможенной процедуры свободной таможенной зоны или свободного склада при условии идентификации таких сырья и материалов в полученном продукте и признания целевого использования условно выпущенных товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      освобождения от обложения таможенными пошлинами использованных сырья и (или) материалов, ввезенных юридическими лицами Республики Казахстан в рамках реализации специального инвестиционного проекта на основании специального инвестиционного контракта, осуществляется при завершении действия таможенной процедуры свободной таможенной зоны или свободного склада при условии идентификации таких сырья и материалов в полученном продукте и признания целевого использования условно выпущенных товаров;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освобождения от налога на добавленную стоимость импорта товаров в составе готовой продукции, произведенной на территории специальной экономической зоны или свободного склада в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      освобождения от налога на добавленную стоимость импорта товаров в составе готовой продукции, произведенной на территории специальной экономической зоны или свободного склада в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освобождения от налога на добавленную стоимость импорта сырья и (или) материалов в составе транспортных средств и (или) сельскохозяйственной техники, а также их компонентов, помещенных под таможенную процедуру свободного склада в соответствии с налоговым законодательством Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -758,110 +896,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. Ни одна из сторон, без получения письменного согласия другой стороны, не вправе раскрывать информацию, касающуюся содержания соглашения, или иную информацию, считаемую конфиденциальной и связанную с реализацией положений настоящего соглашения, за исключением информации, по которой имеется вступившее в законную силу решение суда, или иных случаев, установленных законодательством Республики Казахстан в сфере предпринимательства.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 17 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...15 lines deleted...]
-      пункт 17 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Неурегулированные споры разрешаются в судебном порядке в соответствии с законодательством Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -970,151 +1108,151 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "24. Специальный инвестиционный контракт расторгается по следующим основаниям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) истечение срока, указанного в специальном инвестиционном контракте;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      1) истечение срока, указанного в специальном инвестиционном контракте;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отмена регистрации в качестве участника специальной экономической зоны или владельца свободного склада;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      2) отмена регистрации в качестве участника специальной экономической зоны или владельца свободного склада;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расторжение заключенного с юридическим лицом соглашения о промышленной сборке транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов, при невыполнении таким юридическим лицом, в том числе владельцем свободного склада или участником специальной экономической зоны, обязательств, указанных в таком соглашении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      3) расторжение заключенного с юридическим лицом соглашения о промышленной сборке транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов, при невыполнении таким юридическим лицом, в том числе владельцем свободного склада или участником специальной экономической зоны, обязательств, указанных в таком соглашении;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на основании письменного обращения юридического лица о расторжении специального инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) при нарушении юридическим лицом требований таможенного законодательства Республики Казахстан, выполнение которых необходимо для получения инвестиционных преференций в рамках специального инвестиционного проекта, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1269,51 +1407,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>553</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1458,315 +1596,342 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "30. Данный специальный инвестиционный контракт совершен в город _____ "___" ____________ ______ года в двух экземплярах, каждый на казахском и русском языках, имеющих одинаковую юридическую силу, по 1 (одному) экземпляру для каждой из сторон. В случае наличия разногласий в толковании положений настоящего соглашения, стороны обращаются к тексту на русском языке.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приложение изложить в новой редакции согласно приложению 3 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
-[...15 lines deleted...]
-      приложение изложить в новой редакции согласно приложению 3 к настоящему приказу.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету индустриального развития Министерства индустрии и инфраструктурного развития Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
-[...15 lines deleted...]
-      2. Комитету индустриального развития Министерства индустрии и инфраструктурного развития Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства индустрии и инфраструктурного развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства индустрии и инфраструктурного развития Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра индустрии и инфраструктурного развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра индустрии и инфраструктурного развития Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра индустрии и</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инфраструктурного развития</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1774,142 +1939,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Ускенбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z41" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z42" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2209,277 +2390,329 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Заявка на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             наименование юридического лица), являющегося</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       участником специальной экономической зоны или владельцем</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       свободного склада, либо юридическим лицом, заключившим</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       соглашение о промышленной сборке транспортных средств и (или) их</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             компонентов, а также сельскохозяйственной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   техники и (или) ее компонентов.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z48" w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Приложение: 1)</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             _______________________________________________________________; 2)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             _______________________________________________________________; 3)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             _______________________________________________________________.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии) и должность)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             _________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (подпись и печать (при наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2701,384 +2934,384 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 292 Предпринимательского кодекса Республики Казахстан и определяют порядок приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z55" w:id="39"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявитель– юридическое лицо Республики Казахстан, подавшее заявку на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z56" w:id="40"/>
-[...15 lines deleted...]
-      1) заявитель– юридическое лицо Республики Казахстан, подавшее заявку на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальный инвестиционный проект – инвестиционный проект, реализованный (реализуемый) юридическим лицом Республики Казахстан, зарегистрированным в качестве участника специальной экономической зоны или владельца свободного склада в соответствии с таможенным законодательством Республики Казахстан, и (или) приобретенный у участника специальной экономической зоны либо реализованный юридическим лицом Республики Казахстан, заключившим соглашение о промышленной сборке моторных транспортных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z57" w:id="41"/>
-[...15 lines deleted...]
-      2) специальный инвестиционный проект – инвестиционный проект, реализованный (реализуемый) юридическим лицом Республики Казахстан, зарегистрированным в качестве участника специальной экономической зоны или владельца свободного склада в соответствии с таможенным законодательством Республики Казахстан, и (или) приобретенный у участника специальной экономической зоны либо реализованный юридическим лицом Республики Казахстан, заключившим соглашение о промышленной сборке моторных транспортных средств.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок приема и регистрации заявки на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта</w:t>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заявителем в уполномоченный орган по заключению специальных инвестиционных контрактов (далее – Уполномоченный орган) в электронной форме или на бумажном носителе подается заявка на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта (далее – заявка) по форме согласно приложению 1 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z59" w:id="43"/>
-[...15 lines deleted...]
-      3. Заявителем в уполномоченный орган по заключению специальных инвестиционных контрактов (далее – Уполномоченный орган) в электронной форме или на бумажном носителе подается заявка на предоставление инвестиционных преференций в рамках реализации специального инвестиционного проекта (далее – заявка) по форме согласно приложению 1 к настоящему приказу.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. К заявке прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z60" w:id="44"/>
-[...15 lines deleted...]
-      4. К заявке прилагаются следующие документы:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z61" w:id="45"/>
-[...15 lines deleted...]
-      1) справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия свидетельства о регистрации в качестве участника специальной экономической зоны для участника специальной экономической зоны, либо выписка из реестра владельцев свободных складов или копия приказа о включении в реестр свободных складов для владельца свободного склада;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
-[...15 lines deleted...]
-      2) копия свидетельства о регистрации в качестве участника специальной экономической зоны для участника специальной экономической зоны, либо выписка из реестра владельцев свободных складов или копия приказа о включении в реестр свободных складов для владельца свободного склада;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для реализованных проектов – копии документов, подтверждающих ввод фиксированных активов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
-[...15 lines deleted...]
-      3) для реализованных проектов – копии документов, подтверждающих ввод фиксированных активов;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для реализуемых проектов – копии документов, обосновывающих сметную стоимость строительно-монтажных работ и затраты на приобретение фиксированных активов, сырья и (или) материалов, используемых при реализации инвестиционного проекта, заверенных подписью руководителя и печатью (при наличии) юридического лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
-[...15 lines deleted...]
-      для реализуемых проектов – копии документов, обосновывающих сметную стоимость строительно-монтажных работ и затраты на приобретение фиксированных активов, сырья и (или) материалов, используемых при реализации инвестиционного проекта, заверенных подписью руководителя и печатью (при наличии) юридического лица.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для производителей транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов - помимо документов, указанных в части первой настоящего пункта, дополнительно представляется копия соглашения о промышленной сборке транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
-[...15 lines deleted...]
-      Для производителей транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов - помимо документов, указанных в части первой настоящего пункта, дополнительно представляется копия соглашения о промышленной сборке транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заявка принимается и регистрируется в канцелярии уполномоченного органа в день подачи, с присвоением регистрационного номера и даты, после чего передается первому руководителю уполномоченного органа либо его заместителю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
-[...15 lines deleted...]
-      5. Заявка принимается и регистрируется в канцелярии уполномоченного органа в день подачи, с присвоением регистрационного номера и даты, после чего передается первому руководителю уполномоченного органа либо его заместителю.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В день регистрации заявки руководитель уполномоченного органа либо его заместитель передают заявку в структурное подразделение уполномоченного органа, непосредственно осуществляющего рассмотрение заявки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3209,617 +3442,591 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Типовому специальному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инвестиционному контракту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень продукции (готовой продукции), производимой на территории свободных складов или специальных экономических зон, или в рамках соглашение о промышленной сборке транспортных средств или сельскохозяйственной техники, или компонентов к транспортным средствам и (или) сельскохозяйственной технике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3065"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4399"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № подпункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4836" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование продукции (готовой продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4399" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код ТН ВЭД ЕАЭС*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4836" w:type="dxa"/>
-[...82 lines deleted...]
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4836" w:type="dxa"/>
-[...121 lines deleted...]
-            <w:tcW w:w="5340" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Юридическое лицо:</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5340" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *ТН ВЭД ЕАЭС - единая Товарная номенклатура внешнеэкономической деятельности Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уполномоченный орган:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юридическое лицо:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подпись ____________ Место печати </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись ______________ Место печати (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3861,55 +4068,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>