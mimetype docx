--- v0 (2025-10-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9b447c" w14:textId="d9b447c">
+    <w:p w14:paraId="dc9a72d" w14:textId="dc9a72d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 27 февраля 2018 года № 138 "Об утверждении перечня транспортных средств и сельскохозяйственной техники, реализация которых освобождается от налога на добавленную стоимость"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 29 апреля 2021 года № 206. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 мая 2021 года № 22692</w:t>
+        <w:t>Приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 29 апреля 2021 года № 206. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 мая 2021 года № 22692.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра промышленности и строительства РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 508</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 38) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -500,306 +576,349 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр индустрии и инфраструктурного развития </w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Атамкулов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z18" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1026,3638 +1145,3639 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень транспортных средств и (или) сельскохозяйственной техники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="752"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3979"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код товара по ТН ВЭД ЕАЭС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Механические устройства (с ручным управлением или без него) для метания, разбрызгивания или распыления жидкостей или порошков; огнетушители заряженные или незаряженные; пульверизаторы и аналогичные устройства; пароструйные или пескоструйные и аналогичные метательные устройства: распылители для сельского хозяйства или садоводства: прочие; для сельского хозяйства или садоводства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8424 49, 8424 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машины и устройства для подъема, перемещения, погрузки или разгрузки (например, лифты, эскалаторы, конвейеры, канатные дороги) прочие: оборудование прочее: загрузочные устройства, специально разработанные для использования в сельском хозяйстве: разработанные для навески на сельскохозяйственные тракторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8428 90 710 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бульдозеры с неповоротным и поворотным отвалом, грейдеры, планировщики, скреперы, механические лопаты, экскаваторы, одноковшовые погрузчики, трамбовочные машины и дорожные катки, самоходные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машины сельскохозяйственные, садовые или лесохозяйственные для подготовки и обработки почвы; катки для газонов или спортплощадок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машины или механизмы для уборки или обмолота сельскохозяйственных культур, включая пресс-подборщики, прессы для упаковки в кипы соломы или сена; сенокосилки или газонокосилки; машины для очистки, сортировки или калибровки яиц, плодов или других сельскохозяйственных продуктов, кроме машин товарной позиции 8437</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8433</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машины и механические устройства, имеющие индивидуальные функции, в другом месте данной группы не поименованные или не включенные: прочие: прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8479 89 970 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тракторы (кроме тракторов товарной позиции 8709)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Моторные транспортные средства, предназначенные для перевозки 10 человек или более, включая водителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобили легковые и прочие моторные транспортные средства, предназначенные главным образом для перевозки людей (кроме моторных транспортных средств товарной позиции 8702), включая грузопассажирские автомобили-фургоны и гоночные автомобили</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Моторные транспортные средства для перевозки грузов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Моторные транспортные средства специального назначения (например, автомобили грузовые аварийные, автокраны, пожарные транспортные средства, автобетономешалки, автомобили для уборки дорог, поливомоечные автомобили, автомастерские, автомобили с рентгеновскими установками), кроме используемых для перевозки пассажиров или грузов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шасси с установленными двигателями для моторных транспортных средств товарных позиций 8701-8705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мотоциклы (включая мопеды) и велосипеды с установленным вспомогательным двигателем, с колясками или без них; коляски</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прицепы и полуприцепы; прочие несамоходные транспортные средства; их части</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крепежные изделия и фурнитура для транспортных средств или аналогичные изделия из пластмасс и изделия из прочих материалов товарных позиций 3901 - 3914</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3926 30 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие, изделия прочие из пластмасс и изделия из прочих материалов товарных позиций 3901-3914</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3926 90 970 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шины и покрышки пневматические резиновые новые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие покрытия напольные и коврики из вулканизованной резины, кроме твердой резины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4016 91 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зеркала заднего обзора для транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7009 10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Двигатели внутреннего сгорания поршневые с воспламенением от сжатия (дизели или полудизели)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Части предназначенные исключительно или главным образом для двигателей товарной позиции 8407 или 8408</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Системы орошения кругового действия и фронтального действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8424 49 100 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Распылители для сельского хозяйства или садоводства, предназначенные для установки на тракторах или для буксирования тракторами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8424 49 910 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Распределители порошков, предназначенные для установки на тракторах или для буксирования тракторами, для сельского хозяйства или садоводства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8424 82 910 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Устройства прочие для сельского хозяйства или садоводства, прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8424 82 990 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие загрузочные устройства специально разработанные для использования в сельском хозяйстве</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8428 90 790 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Снегоочистители плужные и роторные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8430 20 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аккумуляторы электрические, включая сепараторы для них, прямоугольной (в том числе квадратной) или иной формы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие комплекты проводов для свечей зажигания и комплекты проводов используемые в моторных транспортных средствах, самолетах или судах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8544 30 000 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кузова (включая кабины) для моторных транспортных средств товарных позиций 8701-8705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7569" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Части и принадлежности моторных транспортных средств товарных позиций 8701-8705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4738,55 +4858,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>