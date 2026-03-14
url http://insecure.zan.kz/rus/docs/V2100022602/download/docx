--- v0 (2025-12-30)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7984e46" w14:textId="7984e46">
+    <w:p w14:paraId="3365cd4" w14:textId="3365cd4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4134,128 +4134,50 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -4303,144 +4225,150 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Критериям оценки степени</w:t>
+              <w:t>к Критериям оценки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>риска в области бухгалтерского</w:t>
+              <w:t>степени риска в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учета и финансовой отчетности</w:t>
+              <w:t>бухгалтерского учета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z287" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Степени нарушений требований нормативных правовых актов для проведения профилактического контроля</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
+      Сноска. Приложение 1 – в редакции совместного приказа Министра финансов РК от 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 20.05.2025 № 30 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 07.11.2025 № 120 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4758,51 +4686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление финансовой отчетности без нарушения установленного срока либо непредставление ее с уважительной причиной учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
+Представление финансовой отчетности и (или) аудиторского отчета без нарушения установленного срока либо непредставление ее с уважительной причиной учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4871,51 +4799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие у главного бухгалтера организаций публичного интереса сертификата профессионального бухгалтера</w:t>
+Наличие у главного бухгалтера организаций публичного интереса сертификата профессионального бухгалтера, прохождение повышения квалификации и членства в профессиональной организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5144,385 +5072,385 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2. По аккредитованным профессиональным организациям бухгалтеров</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не передавать на договорной основе ведение бухгалтерского учета и составление финансовой отчетности бухгалтерской или аудиторской организации или профессиональному бухгалтеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Незначительное</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. По аккредитованным профессиональным организациям бухгалтеров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осуществление своей деятельности в соответствии с Кодексом этики профессиональных бухгалтеров</w:t>
+В течение одного месяца с момента аккредитации профессиональной организации бухгалтеров представление в состав Консультативного органа одного представителя с подтверждением опыта работы не менее семи лет в сфере бухгалтерской и (или) аудиторской деятельности, наличие полной квалификации The Association of Chartered Certified Accountants (ACCA) (Зэ Исоушиэйшн оф Чартерд Сертифаид Экаунтэнтс) (ЭЙСИСИЭЙ), либо Certified Public Accountant (CPA) (Сертифаид Паблик Экаунтэнт) (СИПИЭЙ), либо Диплома Diploma in the International Financial Reporting (DipIFR ACCA) (Диплоумэ ин зэ Интернашнэл Файнаншл Рипортин) (ДИайпиАЙЭФАР ЭЙСИСИЭЙ), либо квалификационного свидетельства о присвоении квалификации "аудитор", либо сертификата профессионального бухгалтера, либо (ученой) степени в области экономики, финансов, бухгалтерского учета, аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заключение соглашения о взаимодействии с одной или несколькими аккредитованными организациями по профессиональной сертификации бухгалтеров</w:t>
+Осуществление своей деятельности в соответствии с Кодексом этики профессиональных бухгалтеров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5555,200 +5483,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета о количестве бухгалтеров, профессиональных бухгалтеров и бухгалтерских организаций, вступивших (выбывших) в аккредитованную профессиональную организацию бухгалтеров, в срок до 15 марта года, следующего за отчетным годом</w:t>
+Заключение соглашения о взаимодействии с одной или несколькими аккредитованными организациями по профессиональной сертификации бухгалтеров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Грубое</w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета о повышении квалификации членов аккредитованной профессиональной организации бухгалтеров, в срок до 15 марта года, следующего за отчетным годом</w:t>
+Представление в уполномоченный орган отчета о количестве бухгалтеров, профессиональных бухгалтеров и бухгалтерских организаций, вступивших (выбывших) в аккредитованную профессиональную организацию бухгалтеров, в срок до 15 марта года, следующего за отчетным годом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5781,87 +5709,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета о сотрудничестве с международными организациями в области бухгалтерского учета и отчетности в срок до 15 марта года, следующего за отчетным годом</w:t>
+Представление в уполномоченный орган отчета о повышении квалификации членов аккредитованной профессиональной организации бухгалтеров, в срок до 15 марта года, следующего за отчетным годом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5894,87 +5822,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета об изменении структуры рабочих органов аккредитованной профессиональной организации бухгалтеров в срок до 15 марта года, следующего за отчетным годом</w:t>
+Представление в уполномоченный орган отчета о сотрудничестве с международными организациями в области бухгалтерского учета и отчетности в срок до 15 марта года, следующего за отчетным годом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6007,468 +5935,468 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прохождение процедуры аккредитации при изменении наименования, организационно-правовой формы, реорганизации</w:t>
+Представление в уполномоченный орган отчета об изменении структуры рабочих органов аккредитованной профессиональной организации бухгалтеров в срок до 15 марта года, следующего за отчетным годом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Переоформление свидетельства об аккредитации профессиональной организации бухгалтеров при изменении юридического адреса</w:t>
+Прохождение процедуры аккредитации при изменении наименования, организационно-правовой формы, реорганизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. По аккредитованным организациям по профессиональной сертификации бухгалтеров</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переоформление свидетельства об аккредитации профессиональной организации бухгалтеров при изменении юридического адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Значительное</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. По аккредитованным организациям по профессиональной сертификации бухгалтеров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Разработка, издание и распространение материалов по программам сертификации кандидатов в профессиональные бухгалтеры, организация экзаменационного процесса</w:t>
+Наличие обновленных экзаменационных модулей по дисциплинам "Финансовый учет и отчетность по международным стандартам финансовой отчетности", "Управленческий учет", "Финансы и финансовый менеджмент", "Налоги", "Право (гражданское право, банковское дело, страховое и социальное законодательство)", "Этика" и представление их в уполномоченный орган в течение девяноста календарных дней со дня введения в действие изменений в международный стандарт финансовой отчетности и законодательство Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6501,206 +6429,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Допуск кандидата в профессиональные бухгалтеры на сертификацию, за исключением лица, имеющего квалификационное свидетельство о присвоении квалификации "аудитор", выданное Квалификационной комиссией по аттестации кандидатов в аудиторы, при наличии следующих документов:</w:t>
-[...118 lines deleted...]
-              <w:t>7) письменное уведомление или иной документ о сдаче отдельных экзаменов (при его наличии).</w:t>
+Разработка, издание и распространение материалов по программам сертификации кандидатов в профессиональные бухгалтеры, организация экзаменационного процесса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6733,87 +6542,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Проведение экзаменов по профессиональной сертификации бухгалтеров совместно с профессиональной организацией, с которой заключено соглашение о взаимодействии</w:t>
+Допуск кандидата в профессиональные бухгалтеры на сертификацию, за исключением лица, имеющего квалификационное свидетельство о присвоении квалификации "аудитор", выданное Квалификационной комиссией по аттестации кандидатов в аудиторы, при наличии следующих документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление с указанием названия дисциплины (дисциплин);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, удостоверяющего личность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нотариально заверенная копия документа, подтверждающая высшее образование;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) заверенная нотариально или кадровой службой, или работодателем копии документов, подтверждающих стаж работы не менее последних трех лет в области бухгалтерской, экономической, финансовой, аудиторской, контрольно-ревизионной, учетно-аналитической работы или в области научно-преподавательской деятельности по бухгалтерскому учету и аудиту в учебных заведениях высшего, послесреднего, технического и профессионального образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) нотариально заверенная копия документа, подтверждающая сдачу квалификационного экзамена на адвоката или нотариуса, либо судью (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) копии соответствующих международных сертификатов (при их наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) письменное уведомление или иной документ о сдаче отдельных экзаменов (при его наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6846,200 +6781,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета о признанных и выданных сертификатах аккредитованной организацией по профессиональной сертификации бухгалтеров в течение 3 (трех) месяцев с даты проведения экзаменов, признанных и выданных сертификатов, а также с даты внесения изменений в экзаменационные модули</w:t>
+Проведение экзаменов по профессиональной сертификации бухгалтеров совместно с профессиональной организацией, с которой заключено соглашение о взаимодействии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Грубое</w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление в уполномоченный орган отчета о проведенных экзаменах по дисциплинам и об изменении экзаменационных модулей в течение 3 (трех) месяцев с даты проведения экзаменов, признанных и выданных сертификатов, а также с даты внесения изменений в экзаменационные модули</w:t>
+Представление в уполномоченный орган отчета о признанных и выданных сертификатах аккредитованной организацией по профессиональной сертификации бухгалтеров в течение 3 (трех) месяцев с даты проведения экзаменов, признанных и выданных сертификатов, а также с даты внесения изменений в экзаменационные модули</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7072,200 +7007,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прохождение процедуры аккредитации при изменении наименования, организационно-правовой формы, реорганизации</w:t>
+Представление в уполномоченный орган отчета о проведенных экзаменах по дисциплинам и об изменении экзаменационных модулей в течение 3 (трех) месяцев с даты проведения экзаменов, признанных и выданных сертификатов, а также с даты внесения изменений в экзаменационные модули</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Переоформление свидетельства об аккредитации организацией по профессиональной сертификации бухгалтеров при изменении юридического адреса</w:t>
+Прохождение процедуры аккредитации при изменении наименования, организационно-правовой формы, реорганизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7298,159 +7233,354 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переоформление свидетельства об аккредитации организацией по профессиональной сертификации бухгалтеров при изменении юридического адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При проведении экзамена в режиме онлайн комиссия имеет свой дистанционный веб-портал, а также свою программу (платформу), обеспечивающую непрерывный и качественный порядок проведения экзамена в режиме онлайн и обеспечивающую доступ к нему независимых наблюдателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экзаменационный билет с правильными ответами прошлых экзаменов публикуются на интернет-ресурсе профессиональной организации, с которой заключено соглашение о взаимодействии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...29 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8724,131 +8854,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...79 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -8928,208 +8979,354 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области бухгалтерского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учета и финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z291" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции совместного приказа Министра финансов РК от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 07.11.2025 № 120 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z301" w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z292" w:id="115"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
-      <w:r>
-[...58 lines deleted...]
-        <w:t>наименование однородной группы __________________________________________</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательского кодекса Республики Казахстан в отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций публичного интереса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(за исключением финансовых организаций)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>субъектов (объектов)контроля</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -9163,52 +9360,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№ п/п</w:t>
+              <w:t xml:space="preserve">
+№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9286,60 +9483,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удельный вес по значимости, балл (в сумме не должен превышать 100 баллов), w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>i</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9434,71 +9621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-условие</w:t>
-[...19 lines deleted...]
-              <w:t>/значение</w:t>
+условие1/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9760,51 +9927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление финансовой отчетности с нарушением установленного срока либо непредставление еҰ без уважительной причины учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
+Представление финансовой отчетности с нарушением установленного срока либо непредставление без уважительной причины учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10325,50 +10492,1460 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписание финансовой отчетности главным бухгалтером организации публичного интереса, не являющимся профессиональным бухгалтером</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом (объектом) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Включение в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие оценки меньше, чем "4" по результатам проведенного внешнего контроля качества по аудиторскому отчету аудиторской организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом (объектом) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Включение в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие аудиторского заключения в которых выражено отрицательное мнение или отказ от выражения мнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом (объектом) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Включение в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субъекты предпринимательства, у которых наблюдается отрицательный (убыточный) финансовый результат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом (объектом) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Включение в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субъекты предпринимательства, у которых по данным финансовой отчетности за отчетный период зафиксировано снижение совокупного годового дохода на 50 и более процентов по сравнению с предыдущим отчетным периодом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом (объектом) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Включение в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субъекты предпринимательства, у которых по данным бухгалтерской (финансовой) отчетности зафиксировано увеличение кредиторской задолженности на 50 и более процентов по сравнению с предыдущим отчетным периодом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10655,88 +12232,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области бухгалтерского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учета и финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z294" w:id="116"/>
+    <w:bookmarkStart w:name="z294" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z295" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z295" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________ в области бухгалтерского учета и финансовой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________________________________ в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
@@ -13904,68 +15481,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области бухгалтерского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учета и финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="118"/>
+    <w:bookmarkStart w:name="z297" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 – в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16800,128 +18377,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -17008,342 +18507,466 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 2 апреля 2021 года № 298 и Министра</w:t>
+              <w:t>от 2 апреля 2021 года № 298</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>национальной экономики</w:t>
+              <w:t>и Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 апреля 2021 года № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 – в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
+      Сноска. Приложение 2 – в редакции совместного приказа Министра финансов РК от 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 20.05.2025 № 30 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z172" w:id="120"/>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 07.11.2025 № 120 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________ в области бухгалтерского учета и финансовой отчетности</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">______________ в соответствии со </w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> _________________________</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса Республики Казахстан в отношении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
-[...101 lines deleted...]
-        <w:t>с посещением субъекта (объекта) контроля _____________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций публичного интереса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(за исключением финансовых организаций)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъектов (объектов) контроля Государственный орган, назначивший</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проверку/профилактического контроля с посещением субъекта (объекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -17494,52 +19117,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t xml:space="preserve">
+№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17970,51 +19593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представление финансовой отчетности без нарушения установленного срока либо непредставление ее с уважительной причиной учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
+Представление финансовой отчетности и (или) аудиторского отчета без нарушения установленного срока либо непредставление ее с уважительной причиной учредителям (участникам) организаций в соответствии с учредительными документами, уполномоченному органу в области государственной статистики по месту регистрации, органам государственного контроля и в депозитарий финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18111,51 +19734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие у главного бухгалтера организаций публичного интереса сертификата профессионального бухгалтера</w:t>
+Наличие у главного бухгалтера организаций публичного интереса сертификата профессионального бухгалтера, прохождение повышения квалификации и членства в профессиональной организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18469,211 +20092,215 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z338" w:id="118"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Должностное (ые) лицо (а) _______________________________ _____________</w:t>
+      Должностное (ые) лицо (а)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________ _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля __________________________ _____________</w:t>
+        <w:t>Руководитель субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________ ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
-      </w:r>
-[...30 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18806,126 +20433,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 апреля 2021 года № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="121"/>
+    <w:bookmarkStart w:name="z173" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 – в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 238</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 20.05.2025 № 30 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z300" w:id="122"/>
+      <w:bookmarkStart w:name="z300" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________в области бухгалтерского учета и финансовой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">___________________________________________в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
@@ -21164,69 +22791,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 апреля 2021 года № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z177" w:id="123"/>
+    <w:bookmarkStart w:name="z177" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z179" w:id="124"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z179" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 4 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21241,51 +22868,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1284 и Министра национальной экономики РК от 15.12.2022 № 128 (вводится в действие с 01.01.2023); в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 238</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 20.05.2025 № 30 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________ в области бухгалтерского учета и финансовой отчетности _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22534,128 +24161,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -22742,505 +24291,573 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 2 апреля 2021 года № 298 и Министра национальной </w:t>
+              <w:t>от 2 апреля 2021 года № 298</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономики</w:t>
+              <w:t>и Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 апреля 2021 года № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="125"/>
+    <w:bookmarkStart w:name="z181" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z183" w:id="126"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 5 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>совместным приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1284 и Министра национальной экономики РК от 15.12.2022 № 128 (вводится в действие с 01.01.2023); в редакции совместного приказа Министра финансов РК от 19.05.2025 </w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1284 и Министра национальной экономики РК от 15.12.2022 № 128 (вводится в действие с 01.01.2023); в редакции совместного приказа Министра финансов РК от 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 20.05.2025 № 30 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 07.11.2025 № 120 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z339" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________ в области бухгалтерского учета и финансовой отчетности _________</w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
-[...220 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательского кодекса Республики Казахстан в отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций публичного интереса ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(за исключением финансовых организаций) ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъектов (объектов) контроля Государственный орган, назначивший проверку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/профилактического контроля с посещением субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(объекта) контроля __________________________________________ дата №</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование субъекта (объекта) контроля ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>номер субъекта (объекта) контроля ______________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>Адрес места нахождения _______________________________________________</w:t>
+        <w:t>номер субъекта (объекта) контроля ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23255,52 +24872,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t xml:space="preserve">
+№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23889,153 +25506,160 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Допуск кандидата в профессиональные бухгалтеры на сертификацию, за исключением лица, имеющего квалификационное свидетельство о присвоении квалификации "аудитор", выданное Квалификационной комиссией по аттестации кандидатов в аудиторы, при наличии следующих документов:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление с указанием названия дисциплины (дисциплин);</w:t>
-[...101 lines deleted...]
-              <w:t>7) письменное уведомление или иной документ о сдаче отдельных экзаменов (при наличии).</w:t>
+              <w:t>
+1) заявление с указанием названия дисциплины (дисциплин);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, удостоверяющего личность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нотариально заверенная копия документа, подтверждающая высшее образование;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) заверенные нотариально или кадровой службой, или работодателем копии документов, подтверждающих стаж работы не менее последних 3 (трех) лет в области бухгалтерской, экономической, финансовой, аудиторской, контрольно-ревизионной, учетно-аналитической работы или в области научно-преподавательской деятельности по бухгалтерскому учету и аудиту в учебных заведениях высшего, послесреднего, технического и профессионального образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) нотариально заверенная копия документа, подтверждающая сдачу квалификационного экзамена на адвоката или нотариуса, либо судью (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) копии соответствующих международных сертификатов (при их наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) письменное уведомление или иной документ о сдаче отдельных экзаменов (при наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24906,228 +26530,363 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экзаменационный билет с правильными ответами прошлых экзаменов публикуются на интернет-ресурсе профессиональной организации, с которой заключено соглашение о взаимодействии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z407" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Должностное (ые) лицо (а) _______________________________ ____________</w:t>
+      Должностное (ые) лицо (а)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________ _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля __________________________ ____________</w:t>
+        <w:t>Руководитель субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________ _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
-      </w:r>
-[...40 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25260,68 +27019,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 апреля 2021 года № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="127"/>
+    <w:bookmarkStart w:name="z185" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 6 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26809,55 +28568,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>