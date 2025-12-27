--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b03b30" w14:textId="3b03b30">
+    <w:p w14:paraId="803b1b1" w14:textId="803b1b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Егиндыкольского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Егиндыкольского района Акмолинской области от 30 ноября 2020 года № а-11/220. Зарегистрировано Департаментом юстиции Акмолинской области 14 декабря 2020 года № 8226</w:t>
+        <w:t>Постановление акимата Егиндыкольского района Акмолинской области от 30 ноября 2020 года № а-11/220. Зарегистрировано Департаментом юстиции Акмолинской области 14 декабря 2020 года № 8226. Утратило силу постановлением акимата Егиндыкольского района Акмолинской области от 24 ноября 2025 года № А-11/158</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением акимата Егиндыкольского района Акмолинской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-11/158</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -248,127 +326,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вступает в силу со дня государственной регистрации в Департаменте юстиции Акмолинской области и вводится в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Аким Егиндыкольского</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>района Акмолинской области</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -406,205 +496,241 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАНО</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Руководитель республиканского</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного учреждения</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Управление государственных доходов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по Егиндыкольскому району</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Департамента государственных доходов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по Акмолинской области Комитета</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных доходов Министерства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансов Республики Казахстан"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -828,135 +954,136 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение объекта налогообложения в населенных пунктах Егиндыкольского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="389"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="575"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер зон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение объекта налогообложения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -995,575 +1122,575 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Егиндыколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Береговая 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49; улица Гагарина 2, 2А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20А, 22; улица Джамбула; улица Комсомольская; улица Ленина 2, 2А, 2Б, 4, 6, 8, 9, 11, 12, 13, 14, 15, 16, 17, 19, 20А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32А, 33, 34, 34А, 36, 36А; улица Мира; улица Набережная; улица Новая; улица Октябрьская; улица Победы; улица Приозерная 10, 11, 12, 14; улица Пушкина 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 26, 28; улица Спортивная; улица Школьная; улица Микрорайон.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Водопроводная; улица Джакубаева; улица Зеленая; улица Казахская; улица Кирова; улица Линейная 1, 3, 5, 5А, 7, 9, 11, 13, 15, 17, 21, 23, 25; улица Медиков; улица Стадионная; улица Станционная; улица Транспортная; улица Элеваторная; улица Южная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Береговая 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11; улица Восточная; улица Гагарина 28, 30, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43; улица Калинина; улица Ленина 35, 37, 38А, 39, 40, 42; улица Молодежная; улица Приозерная 1, 2, 3, 4, 5, 6, 7, 8, 9; улица Пушкина 3, 5, 5А, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47; улица Северная; улица Степная; улица Целинная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Гагарина 1, 1Г, 3, 3А, 3Б, 3В, 5, 7, 9, 11, 13, 13А, 13Б, 13В, 13Г, 15, 17, 19, 19А, 21, 21А, 21Б, 21В, 21Г, 21Д, 21Е, 23, 25, 27А, 29, 1296, 2945; улица Пушкина 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Абая; улица Дорожная; улица Линейная 2, 4, 6, 8; улица Нефтебазовская; улица Пролетарская.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1742,249 +1869,250 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение объекта налогообложения в населенных пунктах Егиндыкольского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3970"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5870"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер зон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение объекта налогообложения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент зонирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Полтавское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1994,87 +2122,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Спиридоновка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2084,87 +2212,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Бауманское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2174,201 +2302,201 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Узынколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Буревестник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2378,87 +2506,87 @@
               <w:t>
 1,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Коржинколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2468,87 +2596,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тоганас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2558,201 +2686,201 @@
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  село Коркем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Абай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2762,87 +2890,87 @@
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жалманкулак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2852,201 +2980,201 @@
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жулдыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упраздненное село Коныртубек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3056,87 +3184,87 @@
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упраздненное село Жолан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3146,87 +3274,87 @@
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упраздненное село Степняк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3236,87 +3364,87 @@
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 упраздненное село Бесбидаик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5870" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3370,55 +3498,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3748,35 +3898,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>