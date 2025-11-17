--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f632609" w14:textId="f632609">
+    <w:p w14:paraId="666743b" w14:textId="666743b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,64 +102,158 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Совместные постановления Правления Национального Банка Республики Казахстан от 21 декабря 2020 года № 151, Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 22 декабря 2020 года № 125 и приказ Министра финансов Республики Казахстан от 22 декабря 2020 года № 1223. Зарегистрирован в Министерстве юстиции Республики Казахстан 23 декабря 2020 года № 21885.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сноска. Вводится в действие с 01.01.2021 в соответствии с пунктом 5 настоящего совместного приказа и постановления.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Совместное постановление утрачивает силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместным постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка РК от 26.09.2025 № 58, Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 № 60 и приказом Министра финансов РК от 29.09.2025 № 545 (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Вводится в действие с 01.01.2021 в соответствии с пунктом 5 настоящего совместного приказа и постановления.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -316,230 +410,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка РК от 26.09.2023 № 73, Правления Агентства РК по регулированию и развитию финансового рынка от 26.09.2023 № 73 и приказа Заместителя Премьер-Министра - Министра финансов РК от 02.10.2023 № 1042 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту наличного денежного обращения Национального Банка Республики Казахстан (Кажмуратов Ж.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) совместно с Юридическим департаментом Национального Банка Республики Казахстан (Касенов А.С.) государственную регистрацию настоящих совместных постановлений и приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящих совместных постановлений и приказа на официальном интернет-ресурсе Национального Банка Республики Казахстан после их официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящих совместных постановлений и приказа представление в Юридический департамент Национального Банка Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктом 2) настоящего пункта и пунктом 3 настоящих совместных постановлений и приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту информации и коммуникаций – пресс-службе Национального Банка Республики Казахстан (Адамбаева А.Р) обеспечить в течение двух рабочих дней после государственной регистрации настоящих совместных постановлений и приказа направление их копии на официальное опубликование в периодические печатные издания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящих совместных постановлений и приказа возложить на заместителя Председателя Национального Банка Республики Казахстан Вагапова Д.В., заместителя Председателя Агентства Республики Казахстан по регулированию и развитию финансового рынка Абдрахманова Н.А. и на вице-министра финансов Республики Казахстан Баедилова К.Е.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящие совместные постановления и приказ подлежат официальному опубликованию и вводятся в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -848,64 +942,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан                                                   __________Е. Досаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="9"/>
+      <w:bookmarkStart w:name="z16" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАНЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бюро национальной статистики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,99 +1276,99 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Банка Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 декабря 2020 года № 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила снятия субъектами предпринимательства </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>наличных денег с банковских счетов</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила снятия субъектами предпринимательства наличных денег с банковских счетов (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1329,51 +1423,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и надзоре финансового рынка и финансовых организаций" и "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О государственной статистике</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и определяют порядок снятия субъектами предпринимательства наличных денег с банковских счетов, в том числе условия снятия субъектами предпринимательства наличных денег с банковских счетов сверх установленных предельных размеров, порядок представления в орган государственных доходов и уполномоченный орган сведений и информации о снятии субъектами предпринимательства наличных денег с банковских счетов сверх установленных предельных размеров, включая форму, перечень и сроки их представления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1392,248 +1486,248 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка РК от 26.09.2023 № 73, Правления Агентства РК по регулированию и развитию финансового рынка от 26.09.2023 № 73 и приказа Заместителя Премьер-Министра - Министра финансов РК от 02.10.2023 № 1042 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документы, подтверждающие цель снятия наличных денег с банковского счета, – документы, содержащие исчерпывающую информацию, отражающую цель снятия наличных денег, в том числе договор, приказ, распоряжение, смета расходов, счет-фактура, счет на оплату, платежная ведомость, решение суда, инвойс, закупочный акт, закупочная ведомость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов – предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов, утвержденные в соответствии с подпунктом 10-1) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о Национальном Банке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) идентификационный номер субъекта предпринимательства – бизнес или индивидуальный идентификационный номер субъекта предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) орган государственных доходов – Комитет государственных доходов Министерства финансов Республики Казахстан и (или) его территориальные органы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченный орган – Агентство Республики Казахстан по регулированию и развитию финансового рынка.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок снятия субъектами предпринимательства наличных денег с банковских счетов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Субъектами предпринимательства снятие наличных денег с банковских счетов осуществляется на основании заявок на снятие наличных денег с банковских счетов, поданных в банки второго уровня, филиалы банков-нерезидентов Республики Казахстан и организации, осуществляющие отдельные виды банковских операций, (далее – банки) в соответствии с Правилами осуществления кассовых операций и операций по инкассации банкнот, монет и ценностей в банках второго уровня, филиалах банков-нерезидентов Республики Казахстан, Национальном операторе почты и юридических лицах, исключительной деятельностью которых является инкассация банкнот, монет и ценностей, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 29 ноября 2019 года № 231, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 19680.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1652,91 +1746,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка РК от 26.09.2023 № 73, Правления Агентства РК по регулированию и развитию финансового рынка от 26.09.2023 № 73 и приказа Заместителя Премьер-Министра - Министра финансов РК от 02.10.2023 № 1042 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сумма наличных денег, снимаемых с банковских счетов в течение календарного месяца субъектами предпринимательства, за исключением субъектов предпринимательства, на которые не распространяется требование по снятию наличных денег с банковских счетов, определенных в соответствии с подпунктом 10-1) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о Национальном Банке, не превышает предельных размеров сумм снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Субъектами предпринимательства, за исключением субъектов предпринимательства, на которые не распространяется требование по снятию наличных денег с банковских счетов, определенных в соответствии с подпунктом 10-1) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1751,71 +1845,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о Национальном Банке, снятие наличных денег с банковских счетов в размерах, превышающих предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов, осуществляется с соблюдением условий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Банк в срок не позднее 10:00 часов по времени города Астана рабочего дня, следующего за днем подачи субъектом предпринимательства заявки на снятие наличных денег с банковского счета, направляет в орган государственных доходов на бумажном носителе и (или) в электронном виде документы, подтверждающие цель снятия наличных денег с банковского счета, согласие на передачу сведений и (или) документов в орган государственных доходов, в том числе для целей осуществления обмена сведениями и (или) документами между органом государственных доходов и Национальным Банком Республики Казахстан в соответствии с пунктами 14 и 15 настоящих Правил, и заявку, которая содержит идентификационный номер субъекта предпринимательства и индивидуальный идентификационный номер уполномоченного представителя субъекта предпринимательства, подавшего заявку на снятие наличных денег с банковского счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1834,171 +1928,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка РК от 26.09.2023 № 73, Правления Агентства РК по регулированию и развитию финансового рынка от 26.09.2023 № 73 и приказа Заместителя Премьер-Министра - Министра финансов РК от 02.10.2023 № 1042 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Орган государственных доходов до конца рабочего дня, следующего за днем получения от банка сведений и (или) документов, предусмотренных пунктом 6 Правил, направляет в банк в письменной и (или) электронной форме сведения о наличии либо отсутствии оснований для отказа в выдаче наличных денег в сумме, превышающей предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Орган государственных доходов, с учетом применения системы управления рисками, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 136 Налогового кодекса, выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по низкой степени риска – об отсутствии оснований для отказа в выдаче наличных денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по высокой степени риска – о наличии оснований для отказа в выдаче наличных денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Неполучение банком в течение трех рабочих дней со дня подачи субъектом предпринимательства заявки на снятие наличных денег, превышающих предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов, сведений от органа государственных доходов о наличии либо отсутствии оснований для отказа в выдаче наличных денег в сумме, превышающей предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов, является основанием для выдачи наличных денег субъекту предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2013,307 +2107,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил орган государственных доходов для применения системы управления рисками, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 136 Налогового кодекса, вырабатывает и применяет критерии оценки степени риска, являющиеся конфиденциальной информацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Сведения от органа государственных доходов о наличии либо отсутствии оснований для отказа в выдаче наличных денег в сумме, превышающей предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов по результатам применения системы управления рисками, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 136 Налогового кодекса, действительны в течение одного календарного месяца.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Условия снятия субъектами предпринимательства наличных денег с банковских счетов сверх установленных предельных размеров</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Превышение предельных размеров сумм снятия субъектами предпринимательства наличных денег с банковских счетов, за исключением субъектов предпринимательства, на которые не распространяется требование по снятию наличных денег с банковских счетов, определенных в соответствии с подпунктом 10-1) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о Национальном Банке, допускается при соблюдении в совокупности следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие документов, подтверждающих цель снятия наличных денег с банковского счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представление субъектами предпринимательства согласия на передачу сведений и (или) документов в орган государственных доходов, в том числе для целей осуществления обмена сведениями и (или) документами между органом государственных доходов и Национальным Банком Республики Казахстан в соответствии с пунктами 14 и 15 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получение банком сведений от органа государственных доходов об отсутствии оснований для отказа в выдаче наличных денег в сумме, превышающей предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок представления сведений и информации о снятии субъектами предпринимательства наличных денег с банковских счетов сверх установленных предельных размеров</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Банки ежемесячно, не позднее пятнадцатого числа месяца, следующего за отчетным месяцем, направляют в Национальный Банк Республики Казахстан сведения о размерах сумм снятия наличных денег с банковских счетов на сумму более 10 000 000 (десяти миллионов) тенге в совокупности, осуществленных в течение календарного месяца субъектами предпринимательства, по форме согласно приложению к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Национальный Банк Республики Казахстан осуществляет свод данных, предусмотренных пунктом 13 Правил, на основе идентификационных номеров субъектов предпринимательства в разрезе банков и субъектов предпринимательства, осуществивших снятие наличных денег с банковских счетов, для определения субъектов предпринимательства, превысивших предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов. Сводные данные в электронной форме в разрезе банков и идентификационных номеров субъектов предпринимательства ежемесячно, не позднее последнего рабочего дня месяца, следующего за отчетным месяцем, направляются Национальным Банком Республики Казахстан в орган государственных доходов для использования в системе управления рисками, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 136 Налогового кодекса, и уполномоченный орган для осуществления контроля за соблюдением банками норм Правил и предельных размеров сумм снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Орган государственных доходов ежемесячно, не позднее пятнадцатого числа месяца, следующего за отчетным месяцем, направляет в Национальный Банк Республики Казахстан в электронной форме сведения в разрезе банков по полученным в течение календарного месяца заявкам субъектов предпринимательства на снятие наличных денег с банковских счетов, с указанием наименования, идентификационного номера субъекта предпринимательства, суммы заявки и сведений о наличии либо отсутствии оснований для отказа в выдаче наличных денег в сумме, превышающей предельные размеры сумм снятия субъектами предпринимательства наличных денег с банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2561,121 +2655,121 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 декабря 2020 года № 1223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Форма административных данных размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о размерах сумм снятия наличных денег с банковских счетов на сумму более 10 000 000 (десяти миллионов) тенге в совокупности, осуществленных в течение календарного месяца субъектами предпринимательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5855,702 +5949,702 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в течение календарного месяца</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектами предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Сведения о размерах сумм снятия наличных денег с банковских счетов на сумму более 10 000 000 (десяти миллионов) тенге в совокупности, осуществленных в течение календарного месяца субъектами предпринимательства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс – СНД_СП_1, периодичность – ежемесячная)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение (далее – Пояснение) определяет единые требования по заполнению формы административных данных "Сведения о размерах сумм снятия наличных денег с банковских счетов на сумму более 10 000 000 (десяти миллионов) тенге в совокупности, осуществленных в течение календарного месяца субъектами предпринимательства" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с подпунктом 69) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальном Банке Республики Казахстан" (далее – Закон о Национальном Банке).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма составляется ежемесячно банками второго уровня, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций (далее – банки), по состоянию на первое число каждого месяца. Данные в Форме заполняются в тысячах тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форма подписывается главным бухгалтером или лицом, уполномоченным на подписание Формы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Форма заполняется на казахском или русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Форма содержит информацию о размерах сумм снятия наличных денег с банковских счетов на сумму более 10 000 000 (десяти миллионов) тенге в совокупности, осуществленных в течение календарного месяца субъектами предпринимательства, в том числе в разрезе регионов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Все показатели являются обязательными для заполнения, если иное не оговорено в Пояснении к соответствующему показателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 1 указывается порядковый числовой номер сообщения по операциям субъектов предпринимательства, осуществивших снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца, информация о которой представляется в Национальный Банк Республики Казахстан. Порядковый номер операции, формируется в порядке возрастания, начиная с номера "1" в числовом формате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 2 указывается бизнес-идентификационный номер (индивидуальный идентификационный номер) субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подачи заявки на снятие наличных денег с банковского счета обособленным подразделением субъекта предпринимательства (филиал, представительство), указывается бизнес-идентификационный номер (индивидуальный идентификационный номер) его головного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 3 указывается наименование субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подачи заявки на снятие наличных денег с банковского счета обособленным подразделением субъекта предпринимательства (филиал, представительство), указывается наименование его головного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 4 указывается код субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 01 присваивается юридическим лицам, относящимся к субъектам малого предпринимательства, в том числе к субъектам микропредпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 04 присваивается юридическим лицам, относящимся к субъектам среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 07 присваивается юридическим лицам, относящимся к субъектам крупного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 02 присваивается индивидуальным предпринимателям, относящимся к субъектам малого предпринимательства, в том числе к субъектам микропредпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 05 присваивается индивидуальным предпринимателям, относящимся к субъектам среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код 08 присваивается индивидуальным предпринимателям, относящимся к субъектам крупного предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 5 указывается код общего классификатора экономической деятельности субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В графе 6 указывается предельный размер сумм снятия субъектами предпринимательства наличных денег с банковских счетов в соответствии с совместными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 21 декабря 2020 года № 150 и приказом Министра национальной экономики Республики Казахстан от 23 декабря 2020 года № 95 "Об утверждении предельных размеров сумм снятия субъектами предпринимательства наличных денег с банковских счетов, а также субъектов предпринимательства, на которые не распространяется требование по снятию наличных денег с банковских счетов" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 21901).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графе 7 указывается общая фактическая сумма снятия наличных денег с банковских счетов субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца, включая наличную иностранную валюту (эквивалент в тенге по рыночному курсу банка на день проведения операции), наличные деньги, полученные субъектом предпринимательства с использованием корпоративных платежных карточек, в том числе с учетом обособленных подразделений субъекта предпринимательства (филиал, представительство). Сумма данной графы должна равняться сумме граф 9-25.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В графе 8 указывается фактическая сумма снятия наличной иностранной валюты (эквивалент в тенге по рыночному курсу банка на день проведения операции) с банковских счетов субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца, в том числе с учетом обособленных подразделений субъекта предпринимательства (филиал, представительство).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В графах 9-25 указываются фактические суммы снятия наличных денег с банковских счетов субъекта предпринимательства, осуществившего снятие наличных денег с банковских счетов на общую сумму, превысившую 10 000 000 (десять миллионов) тенге в течение календарного месяца, включая наличную иностранную валюту (эквивалент в тенге по рыночному курсу банка на день проведения операции), наличные деньги, полученные субъектом предпринимательства с использованием корпоративных платежных карточек, в том числе с учетом обособленных подразделений субъекта предпринимательства (филиал, представительство), в разрезе регионов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6876,31 +6970,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>