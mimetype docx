--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4dbf4c1" w14:textId="4dbf4c1">
+    <w:p w14:paraId="514fa8f" w14:textId="514fa8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -804,1054 +804,1382 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие правила изъятия и консервации органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии и судебно - медицинской экспертизы (далее - Правила), разработаны в соответствии </w:t>
+      1. Настоящие правила изъятия и консервации органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии и судебно-медицинской экспертизы (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 212 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" и определяют порядок изъятия и консервации органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии и судебно - медицинской экспертизы.</w:t>
+        <w:t xml:space="preserve"> статьи 212 Кодекса Республики Казахстан (далее – Кодекс) "О здоровье народа и системе здравоохранения" и определяют порядок изъятия и консервации органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии и судебно-медицинской экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z69" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орган – часть организма, выполняющая определенную функцию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z70" w:id="16"/>
+    <w:bookmarkStart w:name="z83" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) регистр граждан, выразивших право на посмертное донорство органов (части органа) и (или) тканей (части ткани) (далее – Регистр) – база данных совершеннолетних и дееспособных лиц, добровольно изъявивших желание реализовать свое право на прижизненный отказ или согласие на посмертное донорство органов (части органа) и (или) тканей (части ткани) в целях трансплантации, созданная в виде модуля в государственной информационной системе "Регистр прикрепленного населения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z71" w:id="17"/>
+    <w:bookmarkStart w:name="z84" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) региональный трансплантационный координатор – врач, обеспечивающий межведомственное взаимодействие медицинских организаций в области трансплантации органов (части органа) и (или) тканей (части ткани) в областных центрах, городах республиканского значения и столице, являющийся штатным сотрудником Координационного центра по трансплантации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z71" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z73" w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) потенциальный посмертный донор органов (части органа) и (или) тканей (части ткани) зрения (далее-потенцальный донор) – труп человека в возрасте восемнадцати лет и старше, с биологической смертью, константированной не позднее 48 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z73" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заготовка органов (части органа) и (или) тканей (части ткани) зрения – операционное мероприятие по мобилизации органов (части органа) и (или) тканей (части ткани) зрения с целью последующей консервации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z74" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z74" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) изъятие органов (части органа) и (или) тканей (части ткани) зрения – извлечение органов (части органа) и (или) тканей (части ткани) зрения от трупов с целью трансплантации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z75" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z75" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) консервация органов (части органа) и (или) тканей (части ткани) зрения – совокупность мер, обеспечивающих защиту клеток органов (части органа) и (или) тканей (части ткани) зрения от внутреннего и внешнего воздействия, с целью сохранения жизнедеятельности органов (части органа) и (или) тканей (части ткани) зрения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z76" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z76" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) консервированная роговица – это ткань глазного яблока, которая подверглась консервации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z77" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z77" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) хранение органов (части органа) и (или) тканей (части ткани) зрения – совокупность мероприятий, направленных на максимальное сохранение жизнеспособности клеток органов (части органа) и (или) тканей (части ткани) зрения до момента трансплантации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z78" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z78" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) транспортировка органов (части органа) и (или) тканей (части ткани) зрения – комплекс мероприятий по доставке органов (части органа) и (или) тканей (части ткани) зрения для хранения и трансплантации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z79" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z79" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) центр трансплантации – организация здравоохранения, подведомственная уполномоченному органу, которая оказывает услуги по изъятию, заготовке, хранению, консервации, транспортировке и трансплантации органов (части органа) и (или) тканей (части ткани) на базе научно-исследовательских институтов и научных центров, в городах республиканского значения и столице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z80" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z80" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) трансплантация – пересадка органов (части органа) и (или) тканей (части ткани) на другое место в организме или в другой организм;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z81" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z81" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Координационный центр по трансплантации (далее – Координационный центр) – организация здравоохранения, занимающаяся вопросами координации и сопровождения трансплантации органов (части органа) и (или) тканей (части ткани);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z82" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z82" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ткань – совокупность клеток и межклеточного вещества, имеющих одинаковые строение, функции и происхождение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Изъятие и консервация органов зрения от трупов с целью трансплантации производятся в государственных организациях, осуществляющих деятельность патологической анатомии и судебно-медицинской экспертизы согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 212 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Изъятие органов (части органа) и (или) тканей (части ткани) зрения от трупов с целью трансплантации (кератопластики) производятся врачом офтальмологом совместно с патологоанатомом в государственных организациях, осуществляющих деятельность патологической анатомии и судебно-медицинской экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 3-1 в соответствии с приказом Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Изъятие органов (части органа) и (или) тканей (части ткани) зрения для целей трансплантации в офтальмологии производится при наличии заключения о наступлении биологической смерти, отсутствии медицинских противопоказаний и в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Объектом для изъятия органов (части органа) и (или) тканей (части ткани) зрения являются трупы, подлежащие патологоанатомическому обследованию (диагностике) или судебно - медицинской экспертизе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Медицинскими противопоказаниями для изъятия органов (части органа) и (или) тканей (части ткани) зрения с целью трансплантации являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инфекционные заболевания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отравление ядами, способными вызвать гемолиз крови (за исключением отравлений ядовитыми веществами, быстродействующими на жизненно важные центры, вызывая остановку сердечной деятельности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утопление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) повреждения органов (части органа) и (или) тканей (части ткани) зрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок изъятия и консервации органов (части органа) и (или) тканей (части ткани) зрения от трупов с целью трансплантации в офтальмологии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Руководители государственных организаций, осуществляющих деятельность патологической анатомии и судебно - медицинской экспертизы, ежедневно (в том числе в выходные и праздничные дни) представляют в Координационный центр информацию о наличии потенциальных доноров, изъятие органов (части органа) и (или) тканей (части ткани) зрения у которых не препятствует патологоанатомической диагностике или судебно- медицинской экспертизе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Координационный центр в течение 2 часов с момента получения сообщения о потенциальном доноре проводит проверку информации в Регистре на предмет прижизненного волеизъявления гражданина по вопросу донорства органов (части органа) и (или) тканей (части ткани) после смерти в целях трансплантации. О результатах проверки сообщает в центр трансплантации и в государственную организацию, осуществляющую деятельность патологической анатомии и судебно-медицинской экспертизы, в течение 2 часов после проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае прижизненного согласия региональный координатор медицинской организаций в течении шести часов уведомляет супруга (супруги) и (или) одного из близких родственников (законных представителей) о прижизненном волеизъявлении умершего по вопросу посмертного донорства органов (части орган) и (или) тканей (части ткани) зрения после получения информации от Координационного центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Изъятие органов (части органа) и (или) тканей (части ткани) зрения для трансплантации у трупа не осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если медицинская организация на момент изъятия поставлена в известность о том, что данное лицо при жизни заявило о своем несогласии на изъятие его органов (части органа) и (или) тканей (части ткани), в том числе путем регистрации несогласия в Регистре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если медицинская организация на момент изъятия поставлена в известность о том, что после смерти умершего лица супруг (супруга), а при его (ее) отсутствии – один из близких родственников, заявили о своем несогласии на изъятие его органов (части органа) и (или) тканей (части ткани) (в том числе при наличии прижизненного согласия умершего);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае, когда прижизненное волеизъявление умершего лица неизвестно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при наличии письменного несогласия супруга (супруги) на изъятие его органов (части органа) и (или) тканей (части ткани), а при его (ее) отсутствии – одного из близких родственников (в том числе при наличии согласия от других близких родственников умершего);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при отсутствии волеизъявления супруга (супруги) на изъятие его органов (части органа) и (или) тканей (части ткани), а при его (ее) отсутствии – одного из близких родственников, заявленного в течение 24 часов с момента оповещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в случае, если изъятие органов (части органа) зрения и (или) тканей (части ткани) препятствует судебно-медицинской экспертизе или патологоанатомической диагностике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Изъятие органов (части органа) и (или) тканей (части ткани) зрения для трансплантации у умершего лица осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае наличия прижизненного согласия данного лица на изъятие его органов (части органа) и (или) тканей (части ткани) в целях трансплантации, при одновременном отсутствии заявленного письменного несогласия супруга (супруги), а при его (ее) отсутствии – согласия одного из близких родственников умершего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае, когда прижизненное волеизъявление человека неизвестно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при наличии письменного согласия супруга (супруги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при отсутствии супруга (супруги) – при наличии письменного согласия одного из близких родственников, заявленных в течение 24 часов с момента оповещения о смерти потенциального донора. При этом при одновременном наличии несогласия (несогласий) от других близких родственников умершего, изъятие органов (части органа) и (или) тканей (части ткани) не осуществляется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае, если изъятие органов (части органа) зрения и (или) тканей (части ткани) не препятствует судебно - медицинской экспертизе или патологоанатомической диагностике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Под отсутствием супруга (супруги) в настоящих Правилах понимается гражданское состояние лица на момент смерти, при котором оно не состояло в браке (супружестве).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Изъятие органов (части органа) и (или) тканей (части ткани) зрения производится в течение 24 часов после констатации биологической смерти, в случае нахождения трупа при низкотемпературных условиях – в течение 48 часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Изъятие органов (части органа) и (или) тканей (части ткани) зрения с целью трансплантации осуществляется с соблюдением уважительного и достойного отношения к телу умершего человека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. После изъятия (части органа) и (или) тканей (части ткани) органов зрения, вид и форма области орбиты подлежат косметическому восстановлению посредством применения протезов, а также сшивания и фиксации век.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Изъятые органы (части органа) и (или) тканей (части ткани) зрения помещаются в стерильные флаконы, заливаются 2,0 миллилитрами физиологического раствора. Флаконы закрываются крышкой и маркируются с указанием наименования изъятых органов (части органа) и (или) тканей (части ткани) зрения, даты консервации и номера, присвоенного донору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии (изъятых тканей (части ткани) зрения), допускается использование консервированной роговицы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1888,170 +2216,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Промаркированный флакон с глазным яблоком помещается в холодильную камеру и хранится при температуре от +2 градуса по Цельсию до +4 градуса по Цельсию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. После завершения заготовки, изъятия и консервации органов (части органа) и (или) тканей (части ткани) зрения, специалисты, проводившие изъятие, заполняют акт по форме, утверждаемой согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 31)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Один экземпляр акта об изъятии вклеивается в оформленную на донора медицинскую карту стационарного больного, утвержденную по форме в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 31)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса, и по одному экземпляру прилагается к каждой единице изъятого органа (части органа) и (или) тканей (части ткани) зрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Органы (части органа) и (или) ткани (части ткани) зрения после заготовки, изъятия, консервации, хранения и транспортировки, признанные непригодными для трансплантации после патологоанатомического обследования (диагностики), утилизируются в соответствии с установленными нормативными правовыми актами в сфере санитарно - эпидемиологического благополучия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>