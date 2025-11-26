--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ff07859" w14:textId="ff07859">
+    <w:p w14:paraId="5c31468" w14:textId="5c31468">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1133,213 +1133,259 @@
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень медицинских противопоказаний, имеющихся у лиц с психическими, поведенческими расстройствами (заболеваниями), связанными с употреблением психоактивных веществ, в отношении которых не применяется направление в организацию, оказывающую медицинскую помощь в области психического здоровья</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра здравоохранения РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> №</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Заболевания</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заболевания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Код по международной классификации болезней -10</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код по международной классификации болезней -10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Глава 1. Туберкулез</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 1. Туберкулез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1371,52 +1417,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Туберкулез с деструктивными и бациллярными формами </w:t>
+              <w:t>
+Туберкулез с деструктивными и бациллярными формами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1437,62 +1483,64 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Глава 2. Инфекции, передающиеся преимущественно половым путем</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 2. Инфекции, передающиеся преимущественно половым путем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1524,926 +1572,934 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Манифестные формы сифилиса </w:t>
+              <w:t>
+Поздние формы сифилиса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А51</w:t>
+А52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-А54</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 3. Болезнь, вызванная вирусом иммунодефицита человека (ВИЧ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хламидиоз до проведения санирующего курса лечения</w:t>
+Болезнь, вызванная вирусом иммунодефицита человека (ВИЧ), проявляющаяся в виде злокачественных новообразований, в терминальной стадии, с проявлениями множественных болезней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А56</w:t>
+В20 – В24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-А59</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 4. Злокачественные новообразования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 3. Болезнь, вызванная вирусом иммунодефицита человека (ВИЧ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Злокачественные новообразования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С00 - С97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-В21 – В24</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 5. Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 4. Последствия инфестационных и паразитарных болезней</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм средней и тяжелой степени декомпенсации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D50 - D89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-В90.0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 6. Болезни эндокринной системы, расстройства питания и нарушения обмена веществ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 5. Злокачественные новообразования</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие формы нетоксического зоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Злокачественные новообразования </w:t>
+              <w:t>
+Тиреотоксикоз [гипертиреоз]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С00 - С97</w:t>
+Е05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 6. Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инсулинозависимый сахарный диабет с комой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е10.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2476,3431 +2532,3446 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм средней и тяжелой степени декомпенсации.</w:t>
+Инсулинозависимый сахарный диабет с кетоацидозом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D50 - D89</w:t>
+Е10.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 7. Болезни эндокринной системы, расстройства питания и нарушения обмена веществ</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инсулинозависимый сахарный диабет с множественными осложнениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е10.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болезни эндокринной системы, расстройства питания и нарушения обмена веществ в стадии декомпенсации.</w:t>
+Инсулинонезависимый сахарный диабет с комой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Е00 - Е16</w:t>
+Е11.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 8. Психические расстройства и расстройства поведения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахарный диабет II типа с кетоацидозом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сосудистая деменция</w:t>
+Инсулинонезависимый сахарный диабет с множественными осложнениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F01</w:t>
+Е11.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-F02.8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 7. Психические расстройства и расстройства поведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Деменция неуточненная</w:t>
+Сосудистая деменция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F03</w:t>
+F01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органический амнестический синдром, не обусловленный алкоголем или другими психоактивными веществами</w:t>
+Деменция при других уточненных заболеваниях, классифицируемых в других разделах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F04</w:t>
+F02.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органический галлюциноз</w:t>
+Деменция неуточненная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.0</w:t>
+F03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органическое кататоническое расстройство</w:t>
+Органический амнестический синдром, не обусловленный алкоголем или другими психоактивными веществами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.1</w:t>
+F04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органическое бредовое (шизофреноподобное) расстройство</w:t>
+Органический галлюциноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.2</w:t>
+F06.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Другие органические расстройства личности и поведения вследствие заболевания, повреждения и дисфункции головного мозга </w:t>
+              <w:t>
+Органическое кататоническое расстройство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F07.8</w:t>
+F06.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Алкогольное абстинентное состояние с делирием </w:t>
+              <w:t>
+Органическое бредовое (шизофреноподобное) расстройство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F10.4</w:t>
+F06.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Шизофрения - все формы с непрерывным и приступообразно прогредиентным типом течения, (со стабильным) дефектом личности </w:t>
+              <w:t>
+Другие органические расстройства личности и поведения вследствие заболевания, повреждения и дисфункции головного мозга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F20</w:t>
+F07.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие хронические бредовые расстройства</w:t>
+Алкогольное абстинентное состояние с делирием</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F22.8</w:t>
+F10.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шизоаффективные расстройства</w:t>
+Шизофрения - все формы с непрерывным и приступообразно прогредиентным типом течения, (со стабильным) дефектом личности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F25</w:t>
+F20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Маниакальный эпизод с психотическими симптомами </w:t>
+              <w:t>
+Другие хронические бредовые расстройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F30.2</w:t>
+F22.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биполярное аффективного расстройства</w:t>
+Шизоаффективные расстройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F31</w:t>
+F25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Тяжелый депрессивный эпизод с психотическими симптомами </w:t>
+              <w:t>
+Маниакальный эпизод с психотическими симптомами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F32.3</w:t>
+F30.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рекуррентное депрессивное расстройство настроения</w:t>
+Биполярное аффективного расстройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F33</w:t>
+F31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Легкая, умеренная и тяжелая умственная отсталость</w:t>
+Тяжелый депрессивный эпизод с психотическими симптомами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F7</w:t>
+F32.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 9. Болезни нервной системы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекуррентное депрессивное расстройство настроения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+F33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Системные атрофии, поражающие преимущественно центральную нервную систему </w:t>
+              <w:t>
+Легкая, умеренная и тяжелая умственная отсталость</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G10 - G13</w:t>
+F7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-G20 - G26</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 8. Болезни нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Другие дегенеративные болезни нервной системы </w:t>
+              <w:t>
+Системные атрофии, поражающие преимущественно центральную нервную систему</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G30 - G32</w:t>
+G10 - G13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Демиелинизирующие болезни центральной нервной системы </w:t>
+              <w:t>
+Экстрапирамидные и другие двигательные нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G35-G37</w:t>
+G20 - G26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Эпизодические и пароксизмальные расстройства </w:t>
+              <w:t>
+Другие дегенеративные болезни нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G40 - G47</w:t>
+G30 - G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Полиневропатии и другие поражения периферической нервной системы (коды </w:t>
+              <w:t>
+Демиелинизирующие болезни центральной нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G60 - G64</w:t>
+G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие нарушения центральной нервной системы</w:t>
+Эпизодические и пароксизмальные расстройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="16"/>
-[...34 lines deleted...]
-G 96.9</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G40 - G47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 10. Болезни глаза и его придаточного аппарата</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полиневропатии и другие поражения периферической нервной системы (коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G60 - G64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-35</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-Болезни глазницы</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие нарушения центральной нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н05</w:t>
+G 96.8,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...71 lines deleted...]
-Н30 - Н36</w:t>
+G 96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Н40 - Н42</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 9. Болезни глаза и его придаточного аппарата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5932,88 +6003,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Болезни зрительного нерва и зрительных путей </w:t>
+              <w:t>
+Болезни сосудистой оболочки и сетчатки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н46 - Н48</w:t>
+H30-H34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6046,579 +6117,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зрительные расстройства и слепота</w:t>
+Первичная закрытоугольная глаукома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н53 - Н54</w:t>
+H40,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 11. Болезни системы кровообращения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни зрительного нерва и зрительных путей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н46 - Н48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хронические ревматические болезни сердца с пороками с нарушением кровообращения II-III степени.</w:t>
+Слепота бинокулярная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I05 - I09</w:t>
+H54.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
+42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Острый инфаркт миокарда.</w:t>
+Легкое нарушение зрения бинокулярное или его отсутствие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 21</w:t>
+H54.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Некоторые текущие осложнения острого инфаркта миокарда </w:t>
+              <w:t>
+Другие менингококковые инфекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 23</w:t>
+A39.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-I 24</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 10. Болезни системы кровообращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6651,87 +6724,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хроническая ишемическая болезнь сердца; постинфарктный кардиосклероз с нарушением кровообращения II-III степени.</w:t>
+Хронические ревматические болезни сердца с пороками с нарушением кровообращения II-III степени.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 25</w:t>
+I05 - I09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6763,88 +6836,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Легочное сердце и нарушения легочного кровообращения </w:t>
+              <w:t>
+Острый инфаркт миокарда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 26 - I28</w:t>
+I 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6877,87 +6950,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие болезни сердца (с тяжелыми нарушениями сердечного ритма и проводимости с ФК III-IV степени.</w:t>
+Некоторые текущие осложнения острого инфаркта миокарда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 30 - I52</w:t>
+I 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6990,87 +7063,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болезни, характеризующиеся повышенным кровяным давлением (гипертоническая болезнь II - III степени, а также гипертоническая болезнь с частыми кризовыми состояниями)</w:t>
+Другие формы острой ишемической болезни сердца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 10-I15</w:t>
+I 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7103,87 +7176,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цереброваскулярные болезни (острые нарушения мозгового кровообращения и состояния после перенесенных острых нарушений мозгового кровообращения с явлениями парезов, параличей, афазии, атаксии), другие цереброваскулярные болезни.</w:t>
+Хроническая ишемическая болезнь сердца; постинфарктный кардиосклероз с нарушением кровообращения II-III степени.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 60 - I69</w:t>
+I 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7216,2087 +7289,2922 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болезни артерий, артериол и капилляров с резко выраженными необратимыми трофическими изменениями (некроз) и нарушением функций конечностей</w:t>
+Легочное сердце и нарушения легочного кровообращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 70 - I79</w:t>
+I 26 - I28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 12. Болезни органов дыхания</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие болезни сердца (с тяжелыми нарушениями сердечного ритма и проводимости с ФК III-IV степени.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I 30 - I52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хронические болезни нижних дыхательных путей с легочной недостаточностью II - III степени</w:t>
+Болезни, характеризующиеся повышенным кровяным давлением (гипертоническая болезнь II - III степени, а также гипертоническая болезнь с частыми кризовыми состояниями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-J40 - J47</w:t>
+I 10-I15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болезни легкого, вызванные внешними агентами с легочно-сердечной недостаточностью II - III степени.</w:t>
+Цереброваскулярные болезни (острые нарушения мозгового кровообращения и состояния после перенесенных острых нарушений мозгового кровообращения с явлениями парезов, параличей, афазии, атаксии), другие цереброваскулярные болезни.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-J60 - J70</w:t>
+I 60 - I69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 13. Болезни органов пищеварения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни артерий, артериол и капилляров с резко выраженными необратимыми трофическими изменениями (некроз) и нарушением функций конечностей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I 70 - I79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-К20 - К77</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 11. Болезни органов дыхания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 14. Болезни кожи и подкожной клетчатки</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хронические обструктивные болезни нижних дыхательных путей в период обострения с легочной недостаточностью II - III степени или декомпенсацией легочного сердца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J43 - J47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Системные дерматозы в стадии обострения</w:t>
+Интерстициальные легочные болезни и болезни легкого, вызванные внешними агентами, в период обострения с легочной недостаточностью II - III степени или декомпенсацией легочного сердца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L10 - L14, L98</w:t>
+J60 - J70, J84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Глава 15. Болезни костно-мышечной системы и соединительной ткани</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 12. Болезни органов пищеварения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
+56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Системные поражения соединительной ткани с нарушением функции органов II - III степени</w:t>
+Заболевания желудочно-кишечного тракта в стадии обострения, декомпенсации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М30 - М36</w:t>
+К20 – К77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Спондилопатии с ограничением подвижности позвоночника, ребер, крупных сустав с ФНС II-III ст</w:t>
+Острый панкреатит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М45 - М49</w:t>
+К85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 16. Болезни мочеполовой системы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие болезни поджелудочной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-N00 - N99</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 13. Болезни кожи и подкожной клетчатки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 17. Врожденные аномалии (пороки развития), деформации и хромосомные нарушения</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Системные дерматозы в стадии обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+L10 - L14, L98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденные аномалии (пороки развития) системы кровообращения в стадии декомпенсации или обострения</w:t>
+Псориаз обыкновенный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q20 - Q28</w:t>
+L40.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q30 - Q34</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 14. Болезни костно-мышечной системы и соединительной ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие врожденные аномалии (пороки развития) органов пищеварения в стадии декомпенсации или обострения</w:t>
+Системные поражения соединительной ткани с нарушением функции органов II - III степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q38 - Q45</w:t>
+М30 - М36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденные аномалии (пороки развития) половых органов в стадии декомпенсации или обострения</w:t>
+Спондилопатии с ограничением подвижности позвоночника, ребер, крупных сустав с ФНС II-III ст</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q50 - Q56</w:t>
+М45 - М49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q60 - Q64</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 15. Болезни мочеполовой системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62</w:t>
+63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденные аномалии (пороки развития) и деформации костно-мышечной системы в стадии декомпенсации или обострения</w:t>
+Болезни мочеполовой системы с хронической почечной недостаточностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q65 - Q79</w:t>
+N00 - N99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q80 - Q89</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 16. Врожденные аномалии (пороки развития), деформации и хромосомные нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Глава 18. Травмы, отравления и некоторые другие последствия воздействия внешних причин</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки развития) системы кровообращения в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q20 - Q28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Отмирание и отторжение пересаженных органов и тканей </w:t>
+              <w:t>
+Врожденные аномалии (пороки развития) органов дыхания в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q30 - Q34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие врожденные аномалии (пороки развития) органов пищеварения в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q38 - Q45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки развития) половых органов в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q50 - Q56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки развития) мочевой системы в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q60 - Q64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки развития) и деформации костно-мышечной системы в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q65 - Q79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие врожденные аномалии (пороки развития) в стадии декомпенсации или обострения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q80 - Q89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глава 17. Травмы, отравления и некоторые другие последствия воздействия внешних причин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отмирание и отторжение пересаженных органов и тканей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Т86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: данный перечень медицинских противопоказаний, имеющихся у лиц с психическими, поведенческими расстройствами (заболеваниями) (далее – ППР), связанными с употреблением психоактивных веществ (далее – ПАВ), распространяется на отделения принудительного лечения лиц с ППР, связанными с употреблением ПАВ, организаций, оказывающих медицинскую помощь в области психического здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9388,126 +10296,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 ноября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила динамического наблюдения, а также прекращения динамического наблюдения за лицами с психическими, поведенческими расстройствами (заболеваниями)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила динамического наблюдения, а также прекращения динамического наблюдения за лицами с психическими, поведенческими расстройствами (заболеваниями) (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 176 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок динамического наблюдения, а также прекращения динамического наблюдения за лицами с психическими, поведенческими расстройствами (заболеваниями) (далее – ППР).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9526,128 +10434,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Динамическое наблюдение, в том числе диагностические исследования, больных с заболеваниями, не подлежащих динамическому наблюдению, проводится в соответствии с перечнем гарантированного объема бесплатной медицинской помощи и клиническим протоколом диагностики и лечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок динамического наблюдения за лицами с психическими, поведенческими расстройствами (заболеваниями), а также прекращения динамического наблюдения за лицами с психическими, поведенческими расстройствами (заболеваниями)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Динамическое наблюдение лиц с ППР осуществляется в целях предупреждения обострений и ухудшения течения хронического ППР, включающая в себя: лечебно-диагностические мероприятия, организацию оказания специальных социальных услуг в области здравоохранения, определение реабилитационного потенциала с разработкой индивидуальной программы реабилитации, профилактику общественно-опасных деяний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Динамическое наблюдение, за лицами с ППР осуществляется в соответствии с группами динамического наблюдения лиц с психическими, поведенческими расстройствами (заболеваниями), критериями взятия, перевода, прекращения динамического наблюдения, а также частоты наблюдения согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9666,310 +10574,310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Динамическое наблюдение за лицами с ППР осуществляется врачами психиатрического профиля в организациях, оказывающих медицинскую помощь в области психического здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При динамическом наблюдении лица с ППР врач психиатрического профиля осуществляет следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информирует пациента о необходимости осуществления за ним динамического наблюдения, перечне, объемах, периодичности проведения осмотров, лабораторных и инструментальных исследований, сроках наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае письменного согласия лица с ППР о взятии на динамическое наблюдение, в соответствии с приложением 2 к настоящим Правилам, за ним устанавливается динамическое наблюдение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае отказа лица с ППР или его законного представителя от добровольного взятия на динамическое наблюдение, лицо направляется на заседание врачебно-консультационной комиссии (далее – ВКК), для решения вопроса установления динамического наблюдения без его согласия или его законного представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) при взятии на динамическое наблюдение лица с ППР проводит первичный осмотр пациента, определяет группу динамического наблюдения, периодичность осмотров, необходимость организации оказания специальных социальных услуг в области здравоохранения, составляет индивидуальный план лечения, индивидуальную программу реабилитации и другие мероприятия с учетом индивидуального подхода, данные вносятся в электронные информационные системы (далее – ЭИС) по форме, определяемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проводит периодические осмотры и оценку результатов диагностических исследований, заключений и рекомендаций профильных специалистов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществляет мониторинг и контроль эффективности лечения, реабилитационных (абилитационных) мероприятий с внесением корректировок при необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оформляет документы и направление на медико-социальную экспертизу, медико-социальную реабилитацию, стационарозамещающее, стационарное, в том числе принудительное лечение при наличии соответствующих показаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) направляет на консультацию профильных специалистов здравоохранения, необходимые лабораторные и инструментальные обследования, осмотр психолога, консультацию социального работника и иных специалистов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) посещает лицо с ППР по месту проживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет преемственность уровней, условий и видов оказания медико-социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10008,370 +10916,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При динамическом наблюдении лица с ППР психолог осуществляет следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводит психологическое консультирование, экспериментально -психологическое обследование (исследование), психокоррекцию, индивидуальные и групповые тренинги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывает помощь пациентам и их близким родственникам в решении личностных, профессиональных и бытовых психологических проблем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участвует в составлении индивидуального плана лечения, индивидуальной программы реабилитации и других мероприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проводит беседы, лекции, семинары для лиц с ППР и их родственников по вопросам психогигиены и здорового образа жизни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При динамическом наблюдении лица с ППР социальный работник осуществляет следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказывает помощь лицу с ППР и его близким родственникам в определении собственных нужд и потребностей в социальной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет виды и условия предоставления специальных социальных услуг в области здравоохранения, в соответствии с требованиями и общими принципами ее оказания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказывает специальные социальные услуги в области здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z276" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z276" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При динамическом наблюдении лица с ППР медицинская сестра осуществляет следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) патронаж лица с ППР по месту проживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заполнение медицинской документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) периодический осмотр лица с ППР и контроль за прохождением назначенных обследований, лечения, консультаций специалистов и других мероприятия в соответствии с планом лечения, индивидуальной программы реабилитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обучение ведению дневника пациента (самоконтроль или контроль со стороны законного представителя, близкого родственника) с учетом результатов осмотра, данных обследования, рекомендаций профильных специалистов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проведение бесед, лекций, семинаров для лиц с ППР и их родственников по вопросам психогигиены и здорового образа жизни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Лекарственное обеспечение, в том числе бесплатное и (или) льготное, всех лиц с ППР (F00-F99), находящихся на динамическом наблюдении, осуществляется в рамках действующего законодательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10390,90 +11298,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Снятие с учета и перевод в другую группу динамического наблюдения осуществляется на основании решения ВКК по представлению участкового врача-психиатра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Прекращение динамического наблюдения лиц с ППР и снятие с учета осуществляется в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие критериев, взятия на учет для оказания динамического наблюдения лиц с ППР не менее 12 месяцев для групп динамического психиатрического наблюдения, срок ремиссии не менее 3 лет от установленного срока динамического наблюдения для группы динамического наркологического наблюдения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10684,90 +11592,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сведения о лицах с ППР, снятых с динамического наблюдения, исключаются из контингента, но сохраняются в ЭИС по учету лиц с ППР для расчета статистических показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z277" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z277" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Внесение данных в ЭИС о взятии на динамическое наблюдение, прекращении динамического наблюдения, снятии с учета и переводе в другую группу динамического наблюдения, осуществляемых на основании решения ВКК, проводится по логину, паролю членов ВКК с подтверждением ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10947,68 +11855,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>поведенческими расстройствами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заболеваниями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Группы динамического наблюдения лиц с психическими, поведенческими расстройствами (заболеваниями), критерии взятия, перевода, прекращения динамического наблюдения, а также частоты наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 – в редакции приказа Министра здравоохранения РК от 11.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12824,126 +13732,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>поведенческими расстройствами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заболеваниями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="58"/>
+    <w:bookmarkStart w:name="z280" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бланк письменного согласия/отказа на проведение динамического наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 2 в соответствии с приказом Министра здравоохранения РК от 11.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z281" w:id="59"/>
+      <w:bookmarkStart w:name="z281" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я, _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13387,126 +14295,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 ноября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила проведения медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения (далее – Правила) разработаны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок проведения медицинского освидетельствования для установления факта употребления психоактивного вещества (далее – ПАВ) и состояния опьянения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13525,70 +14433,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наркотические средства – вещества синтетического или природного происхождения, включенные в Список наркотических средств, психотропных веществ и прекурсоров, подлежащих контролю в соответствии с законодательством Республики Казахстан, Единой конвенцией о наркотических средствах 1961 года с поправками, внесенными в нее в соответствии с Протоколом 1972 года о поправках к Единой конвенции о наркотических средствах 1961 года, согласно Закону Республики Казахстан "О наркотических средствах, психотропных веществах, их аналогах и прекурсорах и мерах противодействия их незаконному обороту и злоупотреблению ими";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13735,208 +14643,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Направление на медицинское освидетельствование для установления факта употребления психоактивного вещества и состояния опьянения осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> направления для освидетельствования на состояние опьянения, освидетельствования на состояние опьянения и оформления его результатов, утвержденными постановлением Правительства Республики Казахстан от 4 июня 2003 года № 528.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Медицинское освидетельствование проводится в государственных медицинских организациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Иностранные граждане, постоянно проживающие и временно пребывающие на территории Республики Казахстан, а также лица без гражданства, находящиеся в состоянии опьянения в общественном месте, на работе, либо управляющие транспортным средством, подлежат медицинскому освидетельствованию на общих основаниях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медицинское освидетельствование несовершеннолетних граждан Республики Казахстан проводится в присутствии их законных представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Установление факта употребления психоактивного вещества и состояния опьянения осуществляется круглосуточно в государственных медицинских организациях врачом психиатром или медицинским работником других специальностей, получившем дополнительное образование специалистов в области здравоохранения по вопросам проведения медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения, в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13955,70 +14863,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Перед проведением медицинского освидетельствования медицинский работник осуществляет идентификацию лица, направленного или пришедшего на медицинское освидетельствование, ознакомившись с его документами, удостоверяющими личность или электронными документами из сервиса цифровых документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии документов освидетельствуемого лица, в заключении медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения (далее – Заключение) указываются его особые приметы с обязательным указанием о получении паспортных данных со слов направившего лица или освидетельствуемого. Заключение заполняется по форме согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14091,450 +14999,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Медицинское освидетельствование проводится всем доставленным и обратившимся лицам, за исключением лиц, нуждающихся в оказании экстренной медицинской помощи в специализированной организации здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z95" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z95" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В специализированной организации здравоохранения, при доставлении лица в тяжелом, бессознательном состоянии для определения состояния, связанного с употреблением ПАВ, проводится двукратное (с интервалом 30-60 минут), количественное исследование на наличие ПАВ в биологических жидкостях организма (кровь, моча, слюна).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z96" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z96" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данные образцы биологических сред сохраняются в медицинской организации, где проводилось обследование, в течение 25 календарных дней со дня забора при соблюдении необходимых, гарантирующих их сохранность условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z97" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z97" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В специализированной организации здравоохранения на момент оказания медицинской помощи в медицинской карте больного делается запись о наличии (отсутствии) у лица состояния опьянения или факта употребления ПАВ по результатам клинического обследования и лабораторного исследования биологических образцов, при этом Заключение не составляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z98" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z98" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Основой Заключения являются данные клинического обследования в виде комплексной оценки психического и соматоневрологического состояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z99" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z99" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проведение лабораторного исследования или экспресс-тестирования биологических сред (кровь или моча при подозрении на алкогольное опьянение, моча при подозрении на наркотическое или токсикоманическое опьянение) осуществляется в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z100" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z100" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) невозможность полного освидетельствования в связи с тяжестью состояния освидетельствуемого;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z101" w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z101" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при наличии сомнений медицинского работника в комплексной оценке состояния опьянения (психических, поведенческих, вегетативных и соматоневрологических расстройств);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z102" w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z102" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несогласия освидетельствуемого с результатами Заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z103" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) повторного освидетельствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при установлении факта употребления ПАВ и отсутствии признаков состояния опьянения (психических, поведенческих, вегетативных и соматоневрологических расстройств);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при дорожно-транспортном происшествии или совершении правонарушения с наличием пострадавших лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z106" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) если с момента совершения дорожно-транспортного происшествия и правонарушения без пострадавших прошло более 3 (трех) часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z107" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Характер и последовательность проведения биологических проб определяется медицинским работником, производящим освидетельствование, в зависимости от особенностей клинического состояния освидетельствуемого.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z108" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Опечатывание и этикетирование отобранных биологических проб для лабораторного исследования производится в присутствии освидетельствуемого и лица, направившего и (или) доставившего освидетельствуемого.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z109" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, если освидетельствуемое лицо не в состоянии объективно оценивать происходящие события, данная процедура производится в присутствии понятых (незаинтересованных лиц).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При проведении медицинского освидетельствования для установления факта употребления алкоголя и состояния алкогольного опьянения проводится количественное исследование выдыхаемого воздуха на алкоголь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исследование выдыхаемого воздуха на наличие алкоголя осуществляется с использованием технических средств измерения, официально зарегистрированных в Республике Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 23 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если проведение освидетельствования в полном объеме не представляется возможным в силу психических и (или) соматоневрологических нарушений, или отказа лица от освидетельствования, в Заключении указываются причины невозможности проведения освидетельствования в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14553,370 +15461,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 06.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае отказа лица от медицинского освидетельствования, медицинским работником заполняется пункт 1 Заключения и ставятся подписи понятых (незаинтересованных лиц).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Присутствие понятых (незаинтересованных лиц) в случае, когда освидетельствуемое лицо не в состоянии оценивать происходящие события или отказывается от прохождения медицинского освидетельствования, обеспечивается лицами, по инициативе которых проводится освидетельствование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Медицинский работник при составлении Заключения и при проведении полного освидетельствования и согласии лица на проведение освидетельствования устанавливает одно из следующих состояний на основании имеющихся клинических и (при необходимости) лабораторных данных либо результатов экспресс-тестирования, подтверждающих вид психоактивного вещества, вызвавшего опьянение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) трезв(а);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) факт употребления ПАВ, признаки опьянения не выявлены;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алкогольное опьянение (легкая, средняя, тяжелая степень);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) состояние опьянения (наркотическое, токсикоманическое), вызванное употреблением ПАВ (наркотики – опиоиды, каннабиоиды, кокаин; седативные, снотворные вещества; психостимуляторы; галлюциногены; летучие растворители).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Заключение составляется в 3 (трех) экземплярах, заверяется подписью медицинского работника и печатью медицинской организации, в которой проводилось освидетельствование. Один экземпляр выдается лицу, доставившему освидетельствуемого, либо лицу, пришедшему на освидетельствование самостоятельно, второй экземпляр остается в медицинской организации и хранится в архиве в течение 5 (пяти) лет, третий экземпляр выдается лицу, доставленному на медицинское освидетельствование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии сопровождающего, экземпляр Заключения по официальному письменному запросу лица, направившего на медицинское освидетельствование, высылается почтой или на указанный электронный адрес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Результаты освидетельствования, сообщаются освидетельствуемому лицу сразу же в присутствии лица, его направившего и (или) доставившего. В случаях, когда Заключение выносится после получения результатов лабораторных исследований, экземпляр Заключения выдается не позднее 5 рабочих дней со дня получения результатов лабораторных исследований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии освидетельствуемого лица, либо должностного лица, его доставившего, с результатами медицинского освидетельствования производится повторное медицинское освидетельствование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Повторное медицинское освидетельствование проводится на основании письменного заявления освидетельствуемого либо должностного лица, его направившего и (или) доставившего, с изложением обстоятельств обращения на освидетельствование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Повторное медицинское освидетельствование проводится не позднее 2 (двух) часов после первичного освидетельствовании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Медицинское освидетельствование регистрируется в Журнале регистрации медицинского освидетельствования (далее – Журнал), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и при наличии в специализированной информационной системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журнал пронумеровывается, прошнуровывается и скрепляется гербовой печатью медицинской организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15008,158 +15916,158 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>употребления психоактивного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вещества и состояния опьянения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Заключение медицинского освидетельствования для установления факта</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>употребления психоактивного вещества и состояния опьянения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 – в редакции приказа Министра здравоохранения РК от 11.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="106"/>
+    <w:bookmarkStart w:name="z282" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Освидетельствование по данному факту первичное, повторное (нужное подчеркнуть).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z283" w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z283" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15377,138 +16285,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z284" w:id="108"/>
+      <w:bookmarkStart w:name="z284" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Причина освидетельствования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z285" w:id="109"/>
+      <w:bookmarkStart w:name="z285" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Внешний вид освидетельствуемого:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z286" w:id="110"/>
+      <w:bookmarkStart w:name="z286" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Поведение: напряжен, замкнут, раздражен, возбужден, агрессивен,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>эйфоричен, болтлив, суетлив, неустойчивое настроение, сонлив, заторможен,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15522,118 +16430,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z287" w:id="111"/>
+      <w:bookmarkStart w:name="z287" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Состояние сознания, ориентировка в месте, времени, ситуации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и собственной личности ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z288" w:id="112"/>
+      <w:bookmarkStart w:name="z288" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Речевая способность: связанность изложения, нарушения артикуляции,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>смазанность речи _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15647,64 +16555,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z289" w:id="113"/>
+      <w:bookmarkStart w:name="z289" w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Вегетативные сосудистые реакции (состояние кожных покровов,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>слизистых оболочек глаз, языка, потливость, слюнотечение)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15820,64 +16728,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Нистагм при взгляде в сторону _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z290" w:id="114"/>
+      <w:bookmarkStart w:name="z290" w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Двигательная сфера _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16044,64 +16952,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z291" w:id="115"/>
+      <w:bookmarkStart w:name="z291" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Имеются ли признаки нервно-психических заболеваний, органического</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поражения головного мозга, физического истощения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16132,155 +17040,155 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z292" w:id="116"/>
+      <w:bookmarkStart w:name="z292" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сведения о последнем употреблении алкоголя, психоактивных веществ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      субъективные, объективные (по документам, со слов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z293" w:id="117"/>
+      <w:bookmarkStart w:name="z293" w:id="115"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Запах алкоголя ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z294" w:id="118"/>
+      <w:bookmarkStart w:name="z294" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Наличие алкоголя в выдыхаемом воздухе и биологических средах организма:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а) воздух исследовался на приборе __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16447,101 +17355,101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z295" w:id="119"/>
+      <w:bookmarkStart w:name="z295" w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Другие данные медицинского осмотра или представленных документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z296" w:id="120"/>
+      <w:bookmarkStart w:name="z296" w:id="118"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Заключение (состояние освидетельствуемого квалифицируется</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в формулировках, предусмотренных пунктом 13 Правил проведения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16810,64 +17718,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. _________________________________________________ подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z297" w:id="121"/>
+      <w:bookmarkStart w:name="z297" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В соответствии с пунктом 15 Правил проведения медицинского освидетельствования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17044,348 +17952,348 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">употребления психоактивного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вещества и состояния опьянения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="122"/>
+    <w:bookmarkStart w:name="z172" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z173" w:id="123"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z173" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. № п/п</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z174" w:id="124"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z174" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дата время проведения освидетельствования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z175" w:id="125"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z175" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Фамилия, имя, отчество (при его наличии) освидетельствуемого</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z176" w:id="126"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z176" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Год рождения (возраст)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z177" w:id="127"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z177" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Место жительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z178" w:id="128"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z178" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Наименование, серия и номер документа, удостоверяющего личность освидетельствуемого</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z179" w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z179" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Место работы и должность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z180" w:id="130"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z180" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Когда, кем направлен на освидетельствование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z181" w:id="131"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z181" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Серия, номер документа доставившего лица, номер официального направления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z182" w:id="132"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z182" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Причина направления на освидетельствование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z183" w:id="133"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z183" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Отметка об отказе от освидетельствования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z184" w:id="134"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z184" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Освидетельствование по данному факту первичное, повторное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z185" w:id="135"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z185" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Номер акта и результат освидетельствования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z186" w:id="136"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z186" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Фамилия, имя, отчество (при его наличии) медицинского работника, проводившего освидетельствование, подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17477,1002 +18385,1002 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 ноября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="137"/>
+    <w:bookmarkStart w:name="z188" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила медицинского освидетельствования и проведения смены пола для лиц с расстройствами половой идентификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z189" w:id="138"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z189" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z190" w:id="139"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z190" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила медицинского освидетельствования и проведения смены пола для лиц с расстройствами половой идентификации (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 156 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок медицинского освидетельствования и смены пола для лиц с расстройствами половой идентификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z191" w:id="140"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z191" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используется следующее основное понятие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z192" w:id="141"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z192" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицо с расстройствами половой идентификации – лицо, стремящееся жить и быть принятым в качестве лица противоположного пола.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z193" w:id="142"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z193" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок проведения медицинского освидетельствования лиц с расстройствами половой идентификации для смены пола</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z194" w:id="143"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z194" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицо, с расстройствами половой идентификации, достигшее двадцати одного года, дееспособное, кроме лица с психическими, поведенческими расстройствами (заболеваниями) (далее – ППР), желающее провести смену пола (далее - освидетельствуемое лицо), обращается с письменным заявлением в организацию, оказывающую медицинскую помощь в области психического здоровья (далее – медицинская организация).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z195" w:id="144"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z195" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Врач психиатр проводит осмотр и изучение, имеющихся документов освидетельствуемого лица с целью установления ППР, являющихся противопоказаниями для смены пола.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z196" w:id="145"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z196" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Врач психиатр при наличии сомнений в психическом состоянии освидетельствуемого лица, направляет его на стационарное обследование в медицинскую организацию, в соответствии со стандартом организации оказания медико-социальной помощи в области психического здоровья населению Республики Казахстан, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z197" w:id="146"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z197" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При отсутствии ППР, являющихся противопоказаниями для смены пола, врач психиатр направляет освидетельствуемое лицо в поликлинику по месту жительства, на прохождение медицинского обследования в соответствии с Медицинскими обследованиями, необходимыми для прохождения медицинского освидетельствования лица, желающего провести смену пола, согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z198" w:id="147"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z198" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. После прохождения медицинского обследования, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, врач психиатр направляет освидетельствуемое лицо на медицинское освидетельствование комиссии, утверждаемой руководителем медицинской организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z199" w:id="148"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z199" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Освидетельствуемое лицо также направляется на медицинское освидетельствование комиссии и после проведения гормональной заместительной терапии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z200" w:id="149"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z200" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В состав комиссии по медицинскому освидетельствованию лиц, желающих провести смену пола (далее – Комиссия), включаются следующие специалисты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z201" w:id="150"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z201" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) три врача-психиатра, один из которых имеет специальные познания в области сексопатологии,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z202" w:id="151"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z202" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уролог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z203" w:id="152"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z203" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) гинеколог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z204" w:id="153"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z204" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) терапевт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z205" w:id="154"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z205" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) эндокринолог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z206" w:id="155"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z206" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) психолог.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z207" w:id="156"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z207" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Комиссия возглавляется председателем, назначаемым руководителем медицинской организации из числа врачей-психиатров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z208" w:id="157"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z208" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарь комиссии назначается председателем комиссии из числа врачей-психиатров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z209" w:id="158"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z209" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссия рассматривает вопросы с вынесением одного из следующих заключений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z210" w:id="159"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z210" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о возможности (невозможности) проведения гормональной заместительной терапии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z211" w:id="160"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z211" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) о возможности (невозможности) проведения хирургической коррекции пола;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z212" w:id="161"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z212" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о проведении лицу, желающему сменить пол, дополнительных обследований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z213" w:id="162"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z213" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Основаниями для отказа в смене пола лицу, проходящему освидетельствование, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z214" w:id="163"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z214" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие острого и (или) хронического ППР;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z215" w:id="164"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z215" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие генетических и (или) хромосомных аномалий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z216" w:id="165"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z216" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие соматических особенностей, непосредственно обуславливающие опасные для жизни и (или) здоровья освидетельствуемого лица, осложнения в процессе смены пола;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z217" w:id="166"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z217" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отрицательные результаты первого этапа медицинских мероприятий по смене пола (гормональной заместительной терапии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z218" w:id="167"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z218" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Заключение комиссии по медицинскому освидетельствованию лиц, желающих провести смену пола оформляется секретарем Комиссии в 3 (трех) экземплярах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и подписывается председателем и всеми членами Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z219" w:id="168"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z219" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия заключения Комиссии перед началом первого или второго этапа смены пола, составляет не более 6 (шести) месяцев, при отсутствии возникновения в этот период заболеваний, указанных в подпунктах 1) и 3) пункта 11 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z220" w:id="169"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z220" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Секретарь Комиссии в течении 3 (трех) рабочих дней выдает 2 (два) экземпляра заключения освидетельствуемому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z221" w:id="170"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z221" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Запись о выдаче заключения Комиссии регистрируется в журнале учета выданных заключений о проведении медицинского освидетельствования лиц, желающих провести смену пола, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z222" w:id="171"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z222" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Третий экземпляр заключения хранится в медицинской организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z223" w:id="172"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z223" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Все споры, связанные с заключением Комиссии рассматриваются в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z224" w:id="173"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z224" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Порядок проведения смены пола у лиц с расстройствами половой идентификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z225" w:id="174"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z225" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Проведение смены пола осуществляется при наличии положительного заключения Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z226" w:id="175"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z226" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Смена пола состоит из гормональной заместительной терапии (далее - первый этап) и хирургической коррекции пола (далее - второй этап).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z227" w:id="176"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z227" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Смена пола (гормональная заместительная терапия и хирургическая коррекция пола) проводится в медицинских организациях, имеющих лицензию на соответствующий вид деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z228" w:id="177"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z228" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Гормональная заместительная терапия при проведении смены пола осуществляется в соответствии со стандартом организации оказания эндокринологической помощи в Республике Казахстан, утверждаемым в соответствии с пунктом 3 статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z229" w:id="178"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z229" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Хирургическая коррекция при проведении смены пола осуществляется в соответствии со стандартом организации оказания акушерско-гинекологической помощи и стандартом организации оказания урологической и андрологической помощи, утверждаемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18551,248 +19459,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">проведения смены пола для лиц </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с расстройствами половой идентификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="179"/>
+    <w:bookmarkStart w:name="z231" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медицинские обследования, необходимые для прохождения медицинского освидетельствования лица, желающего провести смену пола</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z232" w:id="180"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z232" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общеклинические анализы крови и мочи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z233" w:id="181"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z233" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Анализ крови на реакцию Вассермана (РВ), ВИЧ-инфекцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z234" w:id="182"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z234" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Биохимический анализ крови (печеночные пробы, белковые фракции).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z235" w:id="183"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z235" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Снимок черепа в двух проекциях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z236" w:id="184"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z236" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 17-кетостероиды, эстрогены общие, тестостерон (Т), пролактин (ПРЛ), лютеинизирующий гормон (ЛГ), фолликуло-стимулирующий гормон (ФСГ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z237" w:id="185"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z237" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Определение кариотипа, генетического набора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z238" w:id="186"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z238" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Заключение врача-психиатра (сексопатолога).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z239" w:id="187"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z239" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заключение эндокринолога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z240" w:id="188"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z240" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заключение психолога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18936,117 +19844,117 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Штамп организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="189"/>
+    <w:bookmarkStart w:name="z243" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение Комиссии по медицинскому освидетельствованию лиц, желающих провести смену пола</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z244" w:id="190"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkStart w:name="z244" w:id="188"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1447800" cy="1282700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -19086,70 +19994,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="191"/>
+          <w:bookmarkStart w:name="z245" w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 при ______________________________________________ </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkEnd w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>наименование медицинской организации, адрес</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -19161,224 +20069,224 @@
               </w:rPr>
               <w:t xml:space="preserve">
 Гражданин ________________________________________  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О. (при наличии), число, месяц, год рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="192"/>
+    <w:bookmarkStart w:name="z246" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проживающий по адресу: ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z247" w:id="193"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z247" w:id="191"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заключение: ______________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="194"/>
+    <w:bookmarkStart w:name="z248" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендации: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z249" w:id="195"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z249" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата: "__" ___________20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z250" w:id="196"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z250" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель ______________________________ Ф.И.О. (при наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z251" w:id="197"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z251" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарь: ________________________________ Ф.И.О. (при наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z252" w:id="198"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z252" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1638300" cy="1054100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -19414,70 +20322,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="199"/>
+    <w:bookmarkStart w:name="z253" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разглашение сведений, содержащихся в Заключении, воспрещается</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19556,68 +20464,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">проведения смены пола для лиц </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с расстройствами половой идентификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="200"/>
+    <w:bookmarkStart w:name="z255" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета выданных заключений о проведении медицинского освидетельствования лиц, желающих провести смену пола</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -21562,164 +22470,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 ноября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z257" w:id="201"/>
+    <w:bookmarkStart w:name="z257" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила прохождения поддерживающего лечения лиц, подвергавшихся принудительному лечению в связи с употреблением психоактивных веществ, после выписки из организации, оказывающей медицинскую помощь в области психического здоровья, кроме выписанных по постановлению суда как излечившиеся досрочно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа и.о. Министра здравоохранения РК от 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 06.03.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="202"/>
+    <w:bookmarkStart w:name="z258" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z259" w:id="203"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z259" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила прохождения поддерживающего лечения лиц, подвергавшихся принудительному лечению в связи с употреблением психоактивных веществ, после выписки из организации, оказывающей медицинскую помощь в области психического здоровья, кроме выписанных по постановлению суда как излечившиеся досрочно (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 174 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и устанавливают порядок прохождения поддерживающего (противорецидивного) лечения лиц с психическими, поведенческими расстройствами (заболеваниями) (далее – ППР), связанными с употреблением психоактивных веществ (далее – ПАВ), подвергавшихся принудительному лечению после выписки из организации для принудительного лечения, кроме выписанных по постановлению суда как излечившиеся досрочно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21738,306 +22646,306 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 06.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="204"/>
+    <w:bookmarkStart w:name="z260" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Главы 2. Порядок прохождения поддерживающего лечения лиц, подвергавшихся принудительному лечению в связи с употреблением психоактивных веществ, после выписки из организации, оказывающей медицинскую помощь в области психического здоровья, кроме выписанных по постановлению суда как излечившиеся досрочно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа и.о. Министра здравоохранения РК от 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 06.03.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="205"/>
+    <w:bookmarkStart w:name="z261" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Поддерживающее лечение лиц, подвергавшихся принудительному лечению, после выписки из организации, оказывающей медицинскую помощь в области психического здоровья, кроме выписанных по постановлению суда как излечившиеся досрочно (далее – поддерживающее лечение), осуществляется в территориальных организациях, оказывающих медицинскую помощь в области психического здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z262" w:id="206"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z262" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лица с ППР, связанными с употреблением ПАВ, после окончания принудительного лечения и выписки из организации, оказывающей медицинскую помощь в области психического здоровья, кроме выписанных по постановлению суда как излечившиеся досрочно наблюдаются в группе динамического наркологического наблюдения в соответствии правилами динамического наблюдения, а также прекращения динамического наблюдения за лицами с ППР, утверждаемыми уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 176 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z263" w:id="207"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z263" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При поддерживающем лечении, лиц с ППР врач психиатр (нарколог) составляет индивидуальный план лечения и индивидуальную программу реабилитации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z264" w:id="208"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z264" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Индивидуальный план лечения и индивидуальная программа реабилитации включают в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z265" w:id="209"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z265" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) диагностические методики: анализ содержания ПАВ в биологических жидкостях и тканях организма, тестирование на ВИЧ, экспериментально-психологическая диагностика, определение качества жизни и социального функционирования, клинико-биохимическая диагностика, нейрофизиологическая диагностика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z266" w:id="210"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z266" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) медикаментозную терапию: психофармакотерапия, симптоматическая терапия, терапия коморбидной патологии, антагонистическая терапия с использованием блокаторов опиоидных рецепторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z267" w:id="211"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z267" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) консультативные методики: медицинское, психологическое и социальное консультирование лиц, зависимых от ПАВ и созависимых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z268" w:id="212"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z268" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тренинговые методики: мотивационные тренинги на продолжение поддерживающей противорецидивной терапии, по формированию адаптационных навыков и стрессоустойчивости, по формированию свойств психологической устойчивости к повторному вовлечению в зависимость от ПАВ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z269" w:id="213"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z269" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) психотерапевтические методики: индивидуальная и групповая психотерапия лиц, зависимых от ПАВ, индивидуальная экспресс-психотерапия лиц, зависимых от ПАВ, находящихся в состоянии срыва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22167,542 +23075,542 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правый верхний угол - в редакции приказа и.о. Министра здравоохранения РК от 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 06.03.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z299" w:id="214"/>
+    <w:bookmarkStart w:name="z299" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила консультативного наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 6 в соответствии с приказом Министра здравоохранения РК от 11.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="215"/>
+    <w:bookmarkStart w:name="z300" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z301" w:id="216"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z301" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила консультативного наблюдения (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 176-1 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок консультативного наблюдения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z302" w:id="217"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z302" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z303" w:id="218"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z303" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) консультативное наблюдение – медицинское наблюдение за лицом с пагубным употреблением психоактивных веществ и (или) лицом с патологическим влечением к азартным играм;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z304" w:id="219"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z304" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пагубное употребление психоактивных веществ –немедицинское употребление, которое привело к физическим и (или) психическим, и (или) правовым последствиям без признаков синдрома зависимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z305" w:id="220"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z305" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок консультативного наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z306" w:id="221"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z306" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Консультативное наблюдение устанавливается за лицом с пагубным употреблением психоактивных веществ (кроме алкоголя и табака) и (или) лицом с патологическим влечением к азартным играм в целях предупреждения риска развития или прогрессирования заболевания (переход в хроническое или затяжное расстройство с тяжелыми, стойкими, часто обостряющимися болезненными проявлениями или к выраженной социальной дезадаптации), в случае если лицо будет оставлено без специализированной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z307" w:id="222"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z307" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Консультативное наблюдение осуществляется в соответствии с группами консультативного наблюдения лиц с психическими, поведенческими расстройствами (далее – ППР), критериями взятия, перевода, прекращения консультативного наблюдения, а также частоты наблюдения, согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z308" w:id="223"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z308" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Консультативное наблюдение предполагает наблюдение за состоянием психического здоровья лица путем регулярных осмотров врачом-психиатром и оказание ему необходимой медико-социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z309" w:id="224"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z309" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При изменении психического состояния, и/или уклонении от наблюдения лицо, находящееся на консультативном наблюдении проходит освидетельствование и по решению комиссии врачей-психиатров переводится на динамическое наблюдение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z310" w:id="225"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z310" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения о лицах, находящихся на консультативном наблюдении, не входят в контингент, и регистрируются в электронные информационные системы (далее – ЭИС) для статистического учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z311" w:id="226"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z311" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Снятие с консультативного наблюдения либо перевод в группу динамического наблюдения осуществляется на основании решения врачебно-консультационной комиссии по представлению участкового врача-психиатра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z312" w:id="227"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z312" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Лица, состоящие на консультативном наблюдении, при положительной динамике и отсутствии рецидивов заболевания в течение 12 месяцев, снимаются с консультативного наблюдения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z313" w:id="228"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z313" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При консультативном наблюдении врач психиатрического профиля кабинета психического здоровья или первичного центра психического здоровья осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z314" w:id="229"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z314" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) диагностические мероприятия в соответствии с клиническими протоколами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z315" w:id="230"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z315" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначение лечения в соответствии с клиническими протоколами (в случае необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z316" w:id="231"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z316" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) решения вопроса о консультативном наблюдении, а также прекращении консультативного наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z317" w:id="232"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z317" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) внесение информации о лице с ППР в ЭИС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z318" w:id="233"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z318" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление консультативного наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z319" w:id="234"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z319" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) направление лиц с ППР на обследование и (или) лечение, медико-социальную реабилитацию в территориальный центр психического здоровья или в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский научно-практический центр психического здоровья" (по показаниям).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z320" w:id="235"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z320" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При консультативном наблюдении психолог проводит психопрофилактические мероприятия, психологическое консультирование, экспериментально-психологическое обследование и психокоррекцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22820,141 +23728,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>поведенческими расстройствами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заболеваниями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z322" w:id="236"/>
+    <w:bookmarkStart w:name="z322" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Группы консультативного наблюдения лиц с психическими, поведенческими расстройствами (заболеваниями), критерии взятия, перевода, прекращения консультативного наблюдения, а также частоты наблюдения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z323" w:id="237"/>
+          <w:bookmarkStart w:name="z323" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="235"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23078,80 +23986,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z329" w:id="238"/>
+          <w:bookmarkStart w:name="z329" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="236"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23275,80 +24183,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z335" w:id="239"/>
+          <w:bookmarkStart w:name="z335" w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="239"/>
+          <w:bookmarkEnd w:id="237"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23474,80 +24382,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z341" w:id="240"/>
+          <w:bookmarkStart w:name="z341" w:id="238"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="240"/>
+          <w:bookmarkEnd w:id="238"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23761,282 +24669,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 ноября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-203/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="241"/>
+    <w:bookmarkStart w:name="z271" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z272" w:id="242"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z272" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 13 июля 2017 года № 504 "Об утверждении Правил проведения медицинского освидетельствования для установления факта употребления психоактивного вещества и состояния опьянения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 15519, 29 августа 2017 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z273" w:id="243"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z273" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 31 марта 2015 года № 187 "Об утверждении Правил медицинского освидетельствования и проведения смены пола для лиц с расстройствами половой идентификации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 10843, опубликован 13 мая 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z274" w:id="244"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z274" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 2 декабря 2009 года № 814 "Об утверждении Правил учета, наблюдения и лечения лиц, признанных больными алкоголизмом, наркоманией и токсикоманией" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 5954, опубликован в Бюллетене нормативных правовых актов центральных исполнительных и иных государственных органов Республики Казахстан, 2010 г., № 1, ст. 366; в Собрании актов центральных исполнительных и иных центральных государственных органов Республики Казахстан № 7, 2010 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z275" w:id="245"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z275" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан от 31 декабря 2015 года № 1083 "О внесении изменений в приказ исполняющего обязанности Министра здравоохранения Республики Казахстан от 2 декабря 2009 года № 814 "Об утверждении Правил учета, наблюдения и лечения лиц, признанных больными алкоголизмом, наркоманией и токсикоманией" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 13030, опубликован 28 июня 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>